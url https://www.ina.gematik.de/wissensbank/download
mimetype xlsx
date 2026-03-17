--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="RSM\Rsmgematiksolr\Utility\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="840">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="851" uniqueCount="851">
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>Beschreibung</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>1. Arbeitssitzung des Interop Councils 03/2023</t>
   </si>
   <si>
     <t>1. Arbeitssitzung des Interop Councils 03/2024</t>
   </si>
   <si>
     <t>1. Arbeitssitzung des Interop Councils 04/2025</t>
   </si>
   <si>
     <t>1. IOP-Summit des KIG 06/2024</t>
   </si>
   <si>
     <t>1. Ordentliche Sitzung 02/2022</t>
   </si>
   <si>
@@ -120,59 +120,53 @@
   <si>
     <t>Anke Diehl - Bewerbung für Expertenpool</t>
   </si>
   <si>
     <t>Anmelden</t>
   </si>
   <si>
     <t>Antragstellung Projekte und Anwendungen</t>
   </si>
   <si>
     <t>Antragstellung Standards</t>
   </si>
   <si>
     <t>Anwendung beantragen</t>
   </si>
   <si>
     <t>Arbeitskreise</t>
   </si>
   <si>
     <t>Archiv Interop Roadmap 2023-2024</t>
   </si>
   <si>
     <t>Archiv- und Wechselschnittstelle - angenommen</t>
   </si>
   <si>
-    <t>Aufgaben</t>
-[...1 lines deleted...]
-  <si>
     <t>Barrierefreiheitserklärung</t>
   </si>
   <si>
-    <t>Beschlüsse</t>
-[...1 lines deleted...]
-  <si>
     <t>Beschwerdestelle des Kompetenzzentrums</t>
   </si>
   <si>
     <t>Bewerbung als Expert:in</t>
   </si>
   <si>
     <t>Bietenbeck, Andreas</t>
   </si>
   <si>
     <t>Blobel, Bernd</t>
   </si>
   <si>
     <t>C5-Testate</t>
   </si>
   <si>
     <t>CareSocial GmbH</t>
   </si>
   <si>
     <t>Community Formate</t>
   </si>
   <si>
     <t>Cornelius, Felix</t>
   </si>
   <si>
     <t>DIN</t>
@@ -499,53 +493,50 @@
     <t>Ristok, Helmut</t>
   </si>
   <si>
     <t>Rolle von Patientenportalen im Zusammenspiel mit Primärsystemen und ePA</t>
   </si>
   <si>
     <t>Scholz, Jakob</t>
   </si>
   <si>
     <t>Schumacher, Martin</t>
   </si>
   <si>
     <t>Schwendicke, Falk</t>
   </si>
   <si>
     <t>Selbstverständnis</t>
   </si>
   <si>
     <t>Siegfried Jedamzik - Bewerbung für Expertenpool</t>
   </si>
   <si>
     <t>Simone Heckmann</t>
   </si>
   <si>
     <t>Simone Heckmann - Bewerbung für Expertenpool</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sitzungen</t>
   </si>
   <si>
     <t>Sitzungsprotokolle</t>
   </si>
   <si>
     <t>Sitzungsprotokolle AK Herzinsuffizienz</t>
   </si>
   <si>
     <t>Standard beantragen</t>
   </si>
   <si>
     <t>Standardisierung</t>
   </si>
   <si>
     <t>Standards im Überblick</t>
   </si>
   <si>
     <t>Stellvertretung</t>
   </si>
   <si>
     <t>Stundzig, Steffen</t>
   </si>
   <si>
     <t>Suche</t>
   </si>
@@ -734,50 +725,56 @@
   <si>
     <t>Integrierte Versorgung von chronisch Erkranken mit anschliessender Abrechnung</t>
   </si>
   <si>
     <t>Axel Biernat</t>
   </si>
   <si>
     <t>KIS, HL7 Standards wie FHIR, HL7 Version 2 oder CDA.</t>
   </si>
   <si>
     <t>Benjamin Kühn</t>
   </si>
   <si>
     <t>Arzneimitteltherapiesicherheit, Arzneimittelinformation, Einsatz von eHealth im Kontext der stationären und ambulanten Versorgung</t>
   </si>
   <si>
     <t>Bernadette Hosters</t>
   </si>
   <si>
     <t>Bernhard Wiegel</t>
   </si>
   <si>
     <t>Langjährige Arbeit mit Standards wie LOINC, SnomedCT, und Übertragungsstandards wie HL7 und LDT</t>
   </si>
   <si>
+    <t>Bhanuratha Nagalingam</t>
+  </si>
+  <si>
+    <t>Plattformen, Patientenportal, Telemedizin, Patientenanwendungen sowie KH Prozesse</t>
+  </si>
+  <si>
     <t>Björn Andersen</t>
   </si>
   <si>
     <t>Björn Diem</t>
   </si>
   <si>
     <t>Björn Schreiweis</t>
   </si>
   <si>
     <t>Integrating the Healthcare Enterprise, Kerndatensatz der Medizininformatik-Initiative, Krankenhausinformationssystem, regionale Patientenakten</t>
   </si>
   <si>
     <t>Björn Schuster</t>
   </si>
   <si>
     <t>blank_0</t>
   </si>
   <si>
     <t>blank_1 - Bewerbung für Expertenpool</t>
   </si>
   <si>
     <t>blank_10 - Bewerbung für Expertenpool</t>
   </si>
   <si>
     <t>blank_11 - Bewerbung für Expertenpool</t>
@@ -837,50 +834,53 @@
     <t>3.0.2</t>
   </si>
   <si>
     <t>3.0.3</t>
   </si>
   <si>
     <t>3.0.4</t>
   </si>
   <si>
     <t>Burkhard Fischer</t>
   </si>
   <si>
     <t>Burkhardt Müller</t>
   </si>
   <si>
     <t>Laborarzt, spezifische Expertise für Laborprozesse und deren Umsetzung in Laborinformationssystemen</t>
   </si>
   <si>
     <t>Christian Krüger</t>
   </si>
   <si>
     <t>Apothekenverwaltungssysteme, Apothekenprozesse, Rezeptabrechnung, Interoperabilität, Apotheken-IT, Supply Chain und elektronisches Rezept</t>
   </si>
   <si>
     <t>Christian Müller</t>
+  </si>
+  <si>
+    <t>Christian Rachow</t>
   </si>
   <si>
     <t>Christian Reich</t>
   </si>
   <si>
     <t>Standardisierung von medizinischen Daten, Analyse von medizinischen Daten im Großmaßstab, medizinische Ontologien, pro- und retrospektive klinische Studien</t>
   </si>
   <si>
     <t>Christian Richter</t>
   </si>
   <si>
     <t>Christian Ruff</t>
   </si>
   <si>
     <t>Christian Weigand</t>
   </si>
   <si>
     <t>Christina Starfinger</t>
   </si>
   <si>
     <t>Christof Schelian</t>
   </si>
   <si>
     <t>Christof von Kalle</t>
   </si>
@@ -897,50 +897,53 @@
     <t>Claudia Sievers</t>
   </si>
   <si>
     <t>Companion für die Patient Journey bei Parodontitis</t>
   </si>
   <si>
     <t>Computer-based Health Evaluation System</t>
   </si>
   <si>
     <t>conneCT CF – Coaching und Kommunikation für Patienten mit Cystischer Fibrose</t>
   </si>
   <si>
     <t>Cora Schulze</t>
   </si>
   <si>
     <t>ambulante Versorgungsformen, Anbindung an die TI</t>
   </si>
   <si>
     <t>Cäcilia Engels</t>
   </si>
   <si>
     <t> 	Biobanking Datensätze/Datenmodelle 	Standards SPREC, MIABIS 	Collaboration FHIR-Profil MII KDS 
 </t>
   </si>
   <si>
+    <t>Daniel Davin</t>
+  </si>
+  <si>
     <t>Daniel Fallscheer</t>
   </si>
   <si>
     <t>Laborinformationssysteme, Labor Middleware, FHIR, LOINC, SNOMED, Standards und Interoperabilität im Laborumfeld</t>
   </si>
   <si>
     <t>Daniel Pfeil</t>
   </si>
   <si>
     <t>semantische Standards, HL7 v2, FHIR, OpenEHR</t>
   </si>
   <si>
     <t>Daniel Schmidt</t>
   </si>
   <si>
     <t>Daniela Aufermann</t>
   </si>
   <si>
     <t>Digitalstrategie, Telematikinfrastruktur, Telemedizin, KIS, RIS, PACS, HL7v2, DICOM, Projekt- und Changemanagement</t>
   </si>
   <si>
     <t>Danny Ammon</t>
   </si>
   <si>
     <t>de Graauw, Marc</t>
@@ -975,135 +978,153 @@
   <si>
     <t>Digital assistierte Informationserfassung vor der Sprechstunde</t>
   </si>
   <si>
     <t>Digital Integrierte Versorgung von Diabetes mellitus Typ-2 und Parodontitis</t>
   </si>
   <si>
     <t>Digitaler Patienten Manager</t>
   </si>
   <si>
     <t>Dimitri Flieger</t>
   </si>
   <si>
     <t>Digitalisierung in der Personalisierung der molekularen Onkologie und Immuntherapie</t>
   </si>
   <si>
     <t>Dirk Hoffmann</t>
   </si>
   <si>
     <t>Dirk Hunstein</t>
   </si>
   <si>
     <t>Digitalisierung in der Pflege, Pflegeterminologien, Klassifikationssysteme, semantische &amp; syntaktische Interoperabilität, FHIR, SNOMED CT</t>
   </si>
   <si>
+    <t>Dirk Leisenberg</t>
+  </si>
+  <si>
+    <t>Vorstandsmitglied der LZKH, zuständig für Röntgenstelle, Digitalisierung Kammer, Digitalisierung Kommunikation, Digitale ZHK, Zukunft der ZHK</t>
+  </si>
+  <si>
+    <t>Digitalisierung Zahnheilkunde</t>
+  </si>
+  <si>
     <t>Docs in Clouds TeleDoc</t>
   </si>
   <si>
     <t>Dokumenten-Management - Elektronisches Dokumenten-Dateiformat für die Langzeitarchivierung - Teil 2: Anwendung der ISO 32000-1 (PDF/A-2)</t>
   </si>
   <si>
     <t>keine Angabe</t>
   </si>
   <si>
     <t>Dokumentenmanagement - Elektronisches Dokumentendateiformat für Langzeitarchivierung - Teil 1: Verwendung von PDF 1.4 (PDF/A-1)</t>
   </si>
   <si>
     <t>Dora Walter</t>
   </si>
   <si>
     <t>Digitalisierung der Personalisierte Medizin in der Onkologie, Labor, NGS, Befundübermittlung, Nutzung von Behandlungs- und Forschungsdaten.</t>
   </si>
   <si>
     <t>Dr. Christian Führling</t>
   </si>
   <si>
     <t>Doppelqualifikation als Arzt und Apotheker, daher hohe Expertise für die Analyse von Medikationsprozessen sowie allen zugehörigen Themen.</t>
   </si>
   <si>
+    <t>Dr. Nicole Richardt</t>
+  </si>
+  <si>
+    <t>Public Health, Interoperabilität, Schnittstellen</t>
+  </si>
+  <si>
     <t>Druck- und Reproduktionstechnik - Drucke und Druckfarben - Bestimmung der Lichtechtheit mit gefiltertem Xenon-Bogenlicht (ISO 12040:1997)</t>
   </si>
   <si>
     <t>Dustin Stremmel</t>
   </si>
   <si>
     <t>CDSS (Klinische Entscheidungsunterstützungssysteme) mit Fokus auf ABS-Programme sowie Infektionsprävention und AMTS</t>
   </si>
   <si>
     <t>eHeader-Konzept für  Disease Management Programm (eDMP)</t>
   </si>
   <si>
     <t>Einfluss unterschiedlich (kosten-)intensiver Feedback-Funktionen einer pädiatrischen Schmerz-App auf die Versorgungsqualität</t>
   </si>
   <si>
     <t>Berichtigung zu DIN EN 61709:2012-01</t>
   </si>
   <si>
     <t>Elisa Henke</t>
   </si>
   <si>
     <t>Semantische und syntaktische Interoperabilität, Sekundärnutzung von Versorgungsdaten, Harmonisierung von Daten, intersektorale Interoperabilität</t>
   </si>
   <si>
     <t>Elisabeth Pantazoglou</t>
   </si>
   <si>
     <t>semantische Standards, Labor, med. Doku</t>
   </si>
   <si>
+    <t>Emily Frühwald</t>
+  </si>
+  <si>
+    <t>Patientenportale, Interoperabilität, Prozessstandardisierung im Krankenhaus, Projekt- &amp; Change-Management</t>
+  </si>
+  <si>
     <t>ENP (European Nursing care Pathways) Europäische Pflegeklassifikation</t>
   </si>
   <si>
     <t>Entwicklung eines intelligenten Systems zur telemedizinischen Mitbetreuung von großen Kollektiven kardiologischer Risikopatienten</t>
   </si>
   <si>
     <t>Ergonomie der Mensch-System-Interaktion - Teil 171: Leitlinien für die Zugänglichkeit von Software (ISO 9241-171:2008); Deutsche Fassung EN ISO 9241-171:2008</t>
   </si>
   <si>
     <t>Erkennung einer frühen Herzinsuffizienz mittels telemedizinischer Verfahren - HerzCheck</t>
   </si>
   <si>
     <t>eSano Online-Trainings</t>
   </si>
   <si>
     <t>Eva Wagner-Meloth</t>
   </si>
   <si>
     <t>KIS (eAU, KIM, eArztbrief, eRechnungen, MIO Labor, Laborexpertise, LDT3,</t>
   </si>
   <si>
     <t>Evaluation eines strukturierten und leitlinienbasierten multimodalen Versorgungskonzepts für Menschen mit Akne inversa</t>
   </si>
   <si>
     <t>Eveline Prochaska</t>
   </si>
   <si>
-    <t>Digitale Innovation im Gesundheitswesen
-[...2 lines deleted...]
-Interoperabilität im Gesundheitswesen</t>
+    <t>Digitale Innovation im GesundheitswesenDigital HealthMedizinische InformatikInteroperabilität im Gesundheitswesen</t>
   </si>
   <si>
     <t>Falko C. Schulte</t>
   </si>
   <si>
     <t>Family eNav - Entwicklung und Evaluation eines familienzentrierten, digitalen Navigators zur überprofessionellen Bedarfskoordiniation von Familien</t>
   </si>
   <si>
     <t>Felix Erdfelder</t>
   </si>
   <si>
     <t>Felix Hoffmann</t>
   </si>
   <si>
     <t>Prozessmanagement im Krankenhaus, Digitalisierung von Prozessen</t>
   </si>
   <si>
     <t>Festlegung der PVS-Archivierungs- und Wechsel-Schnittstelle gemäß §291d Absatz 1 SGB V</t>
   </si>
   <si>
     <t>V1.10</t>
   </si>
   <si>
     <t>Festlegung der PVS-Archivierungs- und Wechsel-Schnittstelle gemäß §371 Absatz 1 SGB V</t>
   </si>
@@ -1194,50 +1215,56 @@
   <si>
     <t>Florian Schramm</t>
   </si>
   <si>
     <t>semantische Standards, HL7 v2, CDA, FHIR, DICOM; OpenEHR, IHE (insb. "Radiology-" und "Pharmacy"-Framework)</t>
   </si>
   <si>
     <t>Frank Heidner</t>
   </si>
   <si>
     <t> 	MVZ- und Praxisverwaltungssysteme 	Schnittstellen: HL7 V2, HL7 fhir, KV-XDT 	semantische Interoperabilität 	technisches Projektmanagement </t>
   </si>
   <si>
     <t>Frank Kramer</t>
   </si>
   <si>
     <t>Frank Oemig</t>
   </si>
   <si>
     <t>Franziska Bathelt</t>
   </si>
   <si>
     <t>Service-basierte Architekturen, semantische Standards, Sekundärnutzung von Versorgungsdaten, intersektorale Forschung</t>
   </si>
   <si>
+    <t>Franziska Kindt</t>
+  </si>
+  <si>
+    <t>KIS, semantische und syntaktische Interoperabilität, Cloud-Plattformen</t>
+  </si>
+  <si>
     <t>Franziska Ramm</t>
   </si>
   <si>
     <t>Entwicklung Medizinischer Informationsobjekte, semantische und syntaktischeInteroperabilität, Prozessanalyse, Nutzerzentrierung</t>
   </si>
   <si>
     <t>Frederike Booke</t>
   </si>
   <si>
     <t>Governance-Strukturen für Interoperabilität, semantische Standards, Sekundärdatennutzung</t>
   </si>
   <si>
     <t>Frühe, sektorenübergreifende, aufsuchende und familienzentrierte Adipositas Prävention</t>
   </si>
   <si>
     <t>Gabriele Loeben</t>
   </si>
   <si>
     <t>Genomik-Informatik - Omics Auszeichnungssprache (OML) (ISO 21393:2021); Englische Fassung EN ISO 21393:2021</t>
   </si>
   <si>
     <t>Genomik-Informatik - Strukturierter klinischer Genfusionsbericht in elektronischen Gesundheitsakten</t>
   </si>
   <si>
     <t>Genomik-Informatik - Zuverlässigkeitsbewertungskriterien für Hochdurchsatz-Genexpressionsdaten</t>
@@ -1290,50 +1317,56 @@
   <si>
     <t>Praxisverwaltungssysteme und XDT (KVDT, LDT, GDT)</t>
   </si>
   <si>
     <t>Gina Ludwig</t>
   </si>
   <si>
     <t>Gordan Sistig</t>
   </si>
   <si>
     <t>Gregor Lichtner</t>
   </si>
   <si>
     <t>Maschinen-lesbare klinische Leitlinien (FHIR-basiert); klinische Entscheidungsunterstützungssysteme;syntaktische Standards (HL7 FHIR)</t>
   </si>
   <si>
     <t>Gudrun Liß</t>
   </si>
   <si>
     <t>HL7, DICOM, Klinikprozesse, Patient Journey, Datenanalyse und Aufbereitung, Terminbuchungssysteme, Telematikinfrastruktur, Patientenportal</t>
   </si>
   <si>
     <t>Gunter Haroske</t>
   </si>
   <si>
+    <t>Hannes Schlieter</t>
+  </si>
+  <si>
+    <t>Patientenpfade, Patientenportale, DTx, Daten- und Prozessmodellierung, Software- und Systementwicklung, Interoperabilität</t>
+  </si>
+  <si>
     <t>Heike Diebler</t>
   </si>
   <si>
     <t>Heike Hilgarth</t>
   </si>
   <si>
     <t>Erfahrungen als Apothekerin im stationären Umfeld imMedikationsmanagement insbesondere auch mit komplexenDosierungen im Bereich der Intensivmedizin</t>
   </si>
   <si>
     <t>Heike Moser</t>
   </si>
   <si>
     <t>Heiko Böhme</t>
   </si>
   <si>
     <t>Heiko Mania</t>
   </si>
   <si>
     <t>Experte für Pflege- und Gesundheitsinformatik</t>
   </si>
   <si>
     <t>Hendrik Jablonski</t>
   </si>
   <si>
     <t>HL7 FHIR; Telematikinfrastruktur; Healthcare Confidential Computing; Patientenakte, E-Rezept</t>
@@ -1635,50 +1668,53 @@
   <si>
     <t>syntaktische Standards (HL7 FHIR), semantische Standards (SNOMED, LOINC)</t>
   </si>
   <si>
     <t>Julian Schwarz</t>
   </si>
   <si>
     <t>Julius Libramm</t>
   </si>
   <si>
     <t>HL7 v2, HL7 FHIR, Integration von KIS, Integration von Subsystemen, Schnittstellenarchitekturen</t>
   </si>
   <si>
     <t>Jörg Römhild</t>
   </si>
   <si>
     <t>Jürgen Rissland</t>
   </si>
   <si>
     <t>Kai Abesser</t>
   </si>
   <si>
     <t>Spezialist für Befundübermittlung zwischen Laborarztpraxis, Ärzte und Krankenhaus nach Standards LDT2/3, HL7, FHIR</t>
   </si>
   <si>
+    <t>Kai Arczynski</t>
+  </si>
+  <si>
     <t>Kai U. Heitmann</t>
   </si>
   <si>
     <t>Karten und Sicherheitsgeräte zur persönlichen Identifikation - Kontaktlose "Proximity"-Objekte - Teil 4: Übertragungsprotokoll</t>
   </si>
   <si>
     <t>Katja Clees</t>
   </si>
   <si>
     <t>KBV-Basis-Profile</t>
   </si>
   <si>
     <t>1.X.X</t>
   </si>
   <si>
     <t>Kerndatensatz Modul Diagnose</t>
   </si>
   <si>
     <t>1.0.4</t>
   </si>
   <si>
     <t>Kerndatensatz Modul Fall</t>
   </si>
   <si>
     <t>Kerndatensatz Modul Laborbefund</t>
@@ -1758,108 +1794,126 @@
   <si>
     <t>Augenheilkunde, ophthalmologische Datenmodellierung, insb. in FHIR, klinische Terminologie, Software-Usability</t>
   </si>
   <si>
     <t>Lars Schmidt</t>
   </si>
   <si>
     <t>Klinisches ProjektmanagementKlinisches ProzessmanagementChangemanagement DigitalisierungDigitalstrategie </t>
   </si>
   <si>
     <t>Lars Treinat</t>
   </si>
   <si>
     <t>Leitfaden zum Austausch von XML-Daten in der vertragsärztlichen Versorgung</t>
   </si>
   <si>
     <t>Leitfaden zur Auditierung von Managementsystemen (ISO 19011:2018); Deutsche und Englische Fassung EN ISO 19011:2018</t>
   </si>
   <si>
     <t>Leon Sarodnik</t>
   </si>
   <si>
     <t>Leonie Meroth</t>
   </si>
   <si>
+    <t>Leonor  Heinz</t>
+  </si>
+  <si>
+    <t>Allgemeinmedizin, Primärversorgung, Forschungsinfrastruktur</t>
+  </si>
+  <si>
     <t>Leonor Heinz</t>
   </si>
   <si>
     <t>Lisa Fritzsche</t>
   </si>
   <si>
     <t>Digitalisierung im Gesundheitswesen - insbesondere TI-Anwendungen</t>
   </si>
   <si>
     <t>Liudmila Lysyakova</t>
   </si>
   <si>
     <t>Forschung zu Krebs-, Gen- und regenerativen Therapien; Zertifizierte Digital Transformation Managerin und HL7 FHIR R4 Proficient</t>
   </si>
   <si>
     <t>Lucas da Silva</t>
   </si>
   <si>
     <t>Lucas Gasenzer</t>
   </si>
   <si>
     <t>Patientenrechte, seltene Erkrankungen, Patientensouveränität, häusliche Pflege, Datenschutzgrundverordnung</t>
   </si>
   <si>
     <t>Lukas Schmidt-Russnak</t>
   </si>
   <si>
-    <t>Telematikinfrastruktur, elektronische Patientenakte (ePA), Krankenhäuser</t>
+    <t>Telematikinfrastruktur (TI), elektronische Patientenakte (ePA), Krankenhäuser</t>
   </si>
   <si>
     <t>MacuFix, eine Software zur Kategorisierung eines monokular verzerrten Seheindrucks</t>
   </si>
   <si>
     <t>Maik Flock</t>
   </si>
   <si>
     <t>Malek Bajbouj</t>
   </si>
   <si>
     <t>Mandy Kettlitz</t>
   </si>
   <si>
     <t>Manfred Criegee-Rieck</t>
   </si>
   <si>
+    <t>Marcel Susky</t>
+  </si>
+  <si>
     <t>Marco Halber</t>
   </si>
   <si>
     <t>Marcus Goerke</t>
   </si>
   <si>
+    <t>Marcus Preuß-Hengst</t>
+  </si>
+  <si>
     <t>Mareike Przysucha</t>
   </si>
   <si>
     <t>HL7 FHIR, Pflegeinformatik, Standardisierung, Semantische Standards (z.B. SNOMED CT)</t>
   </si>
   <si>
     <t>Maria Angeles Pardo Lopez</t>
+  </si>
+  <si>
+    <t>Marius Koch</t>
+  </si>
+  <si>
+    <t>Aufbau und Architektur des Zentralen Terminologieservers für Deutschland, medizinische Terminologien, HL7 FHIR</t>
   </si>
   <si>
     <t>Markus Ritthaler</t>
   </si>
   <si>
     <t>Interoperabilität und Standardisierung, Identitymanagement, EHealth</t>
   </si>
   <si>
     <t>Martha Büttner</t>
   </si>
   <si>
     <t>ZahnmedizinKünstliche IntelligenzPVS-SystemeInteroperabilitätsinitiativen Zahnmedizin</t>
   </si>
   <si>
     <t>Martin Bialke</t>
   </si>
   <si>
     <t>Forschungsdatenmanagement und Datenschutz in der med. Forschung (insbesondere in den Bereichen Record Linkage, Pseudonymisierung und Einwilligungsmanagement)</t>
   </si>
   <si>
     <t>Martin Staemmler</t>
   </si>
   <si>
     <t>Martin Weigel</t>
   </si>
@@ -2364,51 +2418,51 @@
     <t>Patrick Werner</t>
   </si>
   <si>
     <t>Paul Hellwig</t>
   </si>
   <si>
     <t>Paul Künzle</t>
   </si>
   <si>
     <t>ZahnmedizinDatenauswertung
 </t>
   </si>
   <si>
     <t>Pavlo Dyban</t>
   </si>
   <si>
     <t>SaaS-Produktentwicklung, Interoperabilität, HL7 FHIR, HL7 v2, radiologische Bildverarbeitung und künstliche Intelligenz, technisches Projektmanagement</t>
   </si>
   <si>
     <t>Personalisierter, interdisziplinärer Patient:innenpfad zur sektorenübergreifenden Versorgung multimorbider Patient:innen</t>
   </si>
   <si>
     <t>Peter Gocke</t>
   </si>
   <si>
-    <t>Digitalisierung Healthcare, Transformation, Change Management, klinische Prozesse, TI, EHDS</t>
+    <t>Digitalisierungstrategien, Transformation, IT-Governance, Change Management, klinische Prozesse, KIS, Portale, Telemedizin, TI, EHDS </t>
   </si>
   <si>
     <t>Philipp Kachel</t>
   </si>
   <si>
     <t>Onkologische Daten, Tumordokumentationssysteme, Krebsregister, Registersysteme und -datenbanken, Qualitätsmanagement, onkologischer Basisdatensatz (oBDS)</t>
   </si>
   <si>
     <t>PIA</t>
   </si>
   <si>
     <t>Pierre-Michael Meier, CHCDO, CHCIO</t>
   </si>
   <si>
     <t>Pilotierung einer Roboter-basierten Motivationsfoerderung zur adhaerenten Nutzung digitaler Nachsorge nach stationaerer Depressionstherapie</t>
   </si>
   <si>
     <t>Projektmanagement - Projektmanagementsysteme - Teil 5: Begriffe</t>
   </si>
   <si>
     <t>Die Norm legt Begriffe für das Sachgebiet Projektmanagement fest.</t>
   </si>
   <si>
     <t>PräVaNet – strukturiertes, intersektoral verNetztes, multiprofessionelles, digitalisiertes Programm  zur Optimierung der kardioVaskulären Prävention</t>
   </si>
@@ -2515,74 +2569,50 @@
     <t>Schnittstelle für eDMP Asthma</t>
   </si>
   <si>
     <t>Schnittstelle für eDMP Brustkrebs</t>
   </si>
   <si>
     <t>Schnittstelle für eDMP Chronic Obstructive Pulmonary Disease (COPD)</t>
   </si>
   <si>
     <t>Schnittstelle für eDMP Diabetes mellitus Typ 1</t>
   </si>
   <si>
     <t>Schnittstelle für eDMP Diabetes mellitus Typ 2</t>
   </si>
   <si>
     <t>Schnittstelle für eDMP Koronare Herzkrankheit</t>
   </si>
   <si>
     <t>Schnittstelle für Hautkrebs-Screening (eHKS)</t>
   </si>
   <si>
     <t>Schnittstelle für QS Holmium-Laser-Therapie</t>
   </si>
   <si>
     <t>Schnittstelle für QS Hörgeräteversorgung</t>
-  </si>
-[...22 lines deleted...]
-    <t>Die Schnittstellenbeschreibung SDAV ist ein Standard zum Austausch der Betriebsstättennummern mit den jeweiligen Arztnummern zu einem Stichtag.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <u/>
@@ -3041,13523 +3071,13588 @@
       <c r="C55"/>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>35</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>35</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>36</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>37</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>40</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>41</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>42</v>
       </c>
       <c r="B66"/>
       <c r="C66"/>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B67"/>
       <c r="C67"/>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>43</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>44</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>47</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>48</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>49</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>49</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>50</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>51</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>54</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>55</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>56</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>59</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>60</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>61</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>61</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>62</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>63</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>65</v>
       </c>
       <c r="B96"/>
       <c r="C96"/>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>66</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>67</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B101"/>
       <c r="C101"/>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>70</v>
       </c>
       <c r="B102"/>
       <c r="C102"/>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>71</v>
       </c>
       <c r="B103"/>
       <c r="C103"/>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B104"/>
       <c r="C104"/>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>72</v>
       </c>
       <c r="B105"/>
       <c r="C105"/>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>73</v>
       </c>
       <c r="B106"/>
       <c r="C106"/>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B107"/>
       <c r="C107"/>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B108"/>
       <c r="C108"/>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B109"/>
       <c r="C109"/>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B110"/>
       <c r="C110"/>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B111"/>
       <c r="C111"/>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B112"/>
       <c r="C112"/>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B113"/>
       <c r="C113"/>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B114"/>
       <c r="C114"/>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B115"/>
       <c r="C115"/>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B116"/>
       <c r="C116"/>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B117"/>
       <c r="C117"/>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B118"/>
       <c r="C118"/>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B119"/>
       <c r="C119"/>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B120"/>
       <c r="C120"/>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B121"/>
       <c r="C121"/>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B122"/>
       <c r="C122"/>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B123"/>
       <c r="C123"/>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B124"/>
       <c r="C124"/>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B125"/>
       <c r="C125"/>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B126"/>
       <c r="C126"/>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>93</v>
       </c>
       <c r="B127"/>
       <c r="C127"/>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>94</v>
       </c>
       <c r="B128"/>
       <c r="C128"/>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>95</v>
       </c>
       <c r="B129"/>
       <c r="C129"/>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B130"/>
       <c r="C130"/>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B131"/>
       <c r="C131"/>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>97</v>
       </c>
       <c r="B132"/>
       <c r="C132"/>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>98</v>
       </c>
       <c r="B133"/>
       <c r="C133"/>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B134"/>
       <c r="C134"/>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>99</v>
       </c>
       <c r="B135"/>
       <c r="C135"/>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B136"/>
       <c r="C136"/>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>100</v>
       </c>
       <c r="B137"/>
       <c r="C137"/>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B138"/>
       <c r="C138"/>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>101</v>
       </c>
       <c r="B139"/>
       <c r="C139"/>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>102</v>
       </c>
       <c r="B140"/>
       <c r="C140"/>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B141"/>
       <c r="C141"/>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B142"/>
       <c r="C142"/>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B143"/>
       <c r="C143"/>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B144"/>
       <c r="C144"/>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B145"/>
       <c r="C145"/>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B146"/>
       <c r="C146"/>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B147"/>
       <c r="C147"/>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B148"/>
       <c r="C148"/>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>110</v>
       </c>
       <c r="B149"/>
       <c r="C149"/>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>111</v>
       </c>
       <c r="B150"/>
       <c r="C150"/>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>111</v>
       </c>
       <c r="B151"/>
       <c r="C151"/>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B152"/>
       <c r="C152"/>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>112</v>
       </c>
       <c r="B153"/>
       <c r="C153"/>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>113</v>
       </c>
       <c r="B154"/>
       <c r="C154"/>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B155"/>
       <c r="C155"/>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B156"/>
       <c r="C156"/>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B157"/>
       <c r="C157"/>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B158"/>
       <c r="C158"/>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B159"/>
       <c r="C159"/>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B160"/>
       <c r="C160"/>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B161"/>
       <c r="C161"/>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>119</v>
       </c>
       <c r="B162"/>
       <c r="C162"/>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>120</v>
       </c>
       <c r="B163"/>
       <c r="C163"/>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B164"/>
       <c r="C164"/>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B165"/>
       <c r="C165"/>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B166"/>
       <c r="C166"/>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B167"/>
       <c r="C167"/>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B168"/>
       <c r="C168"/>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B169"/>
       <c r="C169"/>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B170"/>
       <c r="C170"/>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B171"/>
       <c r="C171"/>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B172"/>
       <c r="C172"/>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B173"/>
       <c r="C173"/>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B174"/>
       <c r="C174"/>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B175"/>
       <c r="C175"/>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B176"/>
       <c r="C176"/>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B177"/>
       <c r="C177"/>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B178"/>
       <c r="C178"/>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B179"/>
       <c r="C179"/>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B180"/>
       <c r="C180"/>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B181"/>
       <c r="C181"/>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B182"/>
       <c r="C182"/>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B183"/>
       <c r="C183"/>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>138</v>
       </c>
       <c r="B184"/>
       <c r="C184"/>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B185"/>
       <c r="C185"/>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B186"/>
       <c r="C186"/>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B187"/>
       <c r="C187"/>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B188"/>
       <c r="C188"/>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B189"/>
       <c r="C189"/>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B190"/>
       <c r="C190"/>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B191"/>
       <c r="C191"/>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>144</v>
       </c>
       <c r="B192"/>
       <c r="C192"/>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B193"/>
       <c r="C193"/>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>145</v>
       </c>
       <c r="B194"/>
       <c r="C194"/>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>146</v>
       </c>
       <c r="B195"/>
       <c r="C195"/>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>146</v>
       </c>
       <c r="B196"/>
       <c r="C196"/>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>147</v>
       </c>
       <c r="B197"/>
       <c r="C197"/>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B198"/>
       <c r="C198"/>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B199"/>
       <c r="C199"/>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B200"/>
       <c r="C200"/>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B201"/>
       <c r="C201"/>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B202"/>
       <c r="C202"/>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B203"/>
       <c r="C203"/>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B204"/>
       <c r="C204"/>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B205"/>
       <c r="C205"/>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B206"/>
       <c r="C206"/>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B207"/>
       <c r="C207"/>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B208"/>
       <c r="C208"/>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B209"/>
       <c r="C209"/>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B210"/>
       <c r="C210"/>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B211"/>
       <c r="C211"/>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B212"/>
       <c r="C212"/>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B213"/>
       <c r="C213"/>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>161</v>
       </c>
       <c r="B214"/>
       <c r="C214"/>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>161</v>
       </c>
       <c r="B215"/>
       <c r="C215"/>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B216"/>
       <c r="C216"/>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B217"/>
       <c r="C217"/>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B218"/>
       <c r="C218"/>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B219"/>
       <c r="C219"/>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B220"/>
       <c r="C220"/>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B221"/>
       <c r="C221"/>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B222"/>
       <c r="C222"/>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B223"/>
       <c r="C223"/>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B224"/>
       <c r="C224"/>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B225"/>
       <c r="C225"/>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B226"/>
       <c r="C226"/>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>164</v>
       </c>
       <c r="B227"/>
       <c r="C227"/>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B228"/>
       <c r="C228"/>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B229"/>
       <c r="C229"/>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B230"/>
       <c r="C230"/>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B231"/>
       <c r="C231"/>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B232"/>
       <c r="C232"/>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B233"/>
       <c r="C233"/>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B234"/>
       <c r="C234"/>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B235"/>
       <c r="C235"/>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B236"/>
       <c r="C236"/>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B237"/>
       <c r="C237"/>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B238"/>
       <c r="C238"/>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B239"/>
       <c r="C239"/>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B240"/>
       <c r="C240"/>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B241"/>
       <c r="C241"/>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B242"/>
       <c r="C242"/>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B243"/>
       <c r="C243"/>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B244"/>
       <c r="C244"/>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>179</v>
       </c>
       <c r="B245"/>
       <c r="C245"/>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>180</v>
       </c>
       <c r="B246"/>
       <c r="C246"/>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>181</v>
       </c>
       <c r="B247"/>
       <c r="C247"/>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B248"/>
       <c r="C248"/>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B249"/>
       <c r="C249"/>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B250"/>
       <c r="C250"/>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B251"/>
       <c r="C251"/>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B252"/>
       <c r="C252"/>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B253"/>
       <c r="C253"/>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B254"/>
       <c r="C254"/>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B255"/>
       <c r="C255"/>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-      <c r="C256"/>
+        <v>190</v>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Abishaa Vengadeswaran studierte Medizininformatik an der Technischen Hochschule in Mittelhessen in Gießen. Seit 2018 ist sie am Institut für Medizinformatik in Frankfurt (ehem. Medical Informatics Group) tätig und seit 2021 AG-Leiterin des Teams Data Exploitation &amp;amp; Integration. Im Rahmen ihrer Tätigkeiten am Institut leitet sie die Entwicklung des Metadatenrepository - Data Element Hub (DEHub) - und beschäftigt sich in diesem Zuge auch mit syntaktische und semantischer Interoperabilität, sowie mit Standards wie ISO 11179-3, ISO/TS 21526 oder FHIR.</t>
+        </is>
+      </c>
+      <c r="C256" t="s">
+        <v>191</v>
+      </c>
+      <c r="D256">
+        <v>0</v>
+      </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="B257"/>
+        <v>192</v>
+      </c>
+      <c r="B257" t="s">
+        <v>193</v>
+      </c>
       <c r="C257"/>
+      <c r="D257">
+        <v>0</v>
+      </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="B258"/>
+        <v>194</v>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Das atopische Ekzem (atopische Dermatitis, AD) ist mit einer Prävalenz von bis zu 14,5% bei Kindern und Jugendlichen, sowie 7% im Erwachsenenalter die häufigste chronische Hauterkrankung. Durch ihren schubweisen Verlauf und den ausgeprägten Juckreiz stellt die chronisch-entzündliche Erkrankung sehr hohe Anforderungen an die Betroffenen, deren Familien und das behandelnde Personal.   Um die Gesundheitskompetenz betroffener PatientInnen und derer Bezugspersonen zu stärken entwickelten die Arbeitsgemeinschaften Neurodermitisschulung für Kinder (AGNES) und Erwachsene (ARNE) umfassende, altersgerechte und sektoren-übergreifende Schulungskonzepte für Kleingruppen, deren klinische Wirksamkeit wissenschaftlich bewiesen ist. Aufgrund des fortschreitenden Mangels an Fachpersonal, insbesondere im ländlichen Raum, kann das Schulungsprogramm jedoch leider nicht flächendeckend angeboten werden.
+Das Projekt ADCompanion hat eine ganzheitliche und flächendeckende Versorgung von PatientInnen mit AD, unabhängig von der lokalen Versorgungsdichte zum Ziel. Konkret wird dies durch die folgenden Komponenten der neuen Versorgungsform erreicht:  - ortsunabhängiger Zugang zu digitalisiertem Schulungsmaterial nach dem interdisziplinärem AGNES- und ARNE-Curriculum - elektronisches Tagebuch zur intuitiven Symptomerfassung mittels validiertem, patientenorientiertem SCORAD (Scoring Atopic Dermatitis) Score   - individuelle Video-Ernährungsberatung durch qualifizierte Ernährungsfachkräfte - individuelle Video-Pflegeberatung durch zertifizierte NeurodermitistrainerInnen  - individuelle Beratung via Video zu psychosozialen Themen (z.B. Umgang mit starkem Juckreiz, Schlafstörungen,Bewältigungsstrategien, Hilfsangebote etc) durch speziell geschulte PsychologInnen und PädagogInnen </t>
+        </is>
+      </c>
       <c r="C258"/>
+      <c r="D258">
+        <v>0</v>
+      </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="C259"/>
+        <v>195</v>
+      </c>
+      <c r="B259" t="s">
+        <v>196</v>
+      </c>
+      <c r="C259" t="s">
+        <v>197</v>
+      </c>
+      <c r="D259">
+        <v>0</v>
+      </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="C260"/>
+        <v>198</v>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>In seiner Rolle bei den Siemens Healthineers verantwortet Alexander Ihls den Portfoliobereich "Patient Management" in der Region "Central Western Europe (CWE)" und vertritt das Unternehmen in deutschen und europäischen Gremien der Healthcare IT. Seit vielen Jahren ist Alexander Ihls in verschiedenen nationalen und internationalen Gremien der Standardisierung von Healthcare IT eingebunden und war unter anderem Gründungsvorsitzender der Initiative "Integrating the Healthcare Enterprise" (IHE) in Deutschland (2004-2006), für deren Industriemitglieder er von 2014 bis Oktober 2018 erneut den Vorsitz übernommen hatte. Von 2018 bis 2021 wurde er in das internationale Board der IHE Initiative gewählt. Außerdem war Herr Ihls, von 2017 bis 2021, der stv. Vorsitzende des Spitzenverbandes IT-Standards im Gesundheitswesen (SITiG) in Deutschland. Er gehört dem Vorstand des AK E-Health des bitkom an und ist ein langjähriges Mitglied bei HL7 Deutschland e.V. und der Gesellschaft für Informatik (GI).</t>
+        </is>
+      </c>
+      <c r="C260" t="s">
+        <v>199</v>
+      </c>
+      <c r="D260">
+        <v>0</v>
+      </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="B261" t="inlineStr">
-        <is>
-[...71 lines deleted...]
-      <c r="B266" t="inlineStr">
         <is>
           <t>Als Psychologe, EMT-Paramedic und Ex-Founder eines der ersten "Behavioral Neuroscience StartUps" habe ich bereits in verschiedenen Ländern, besonders aber während meiner Post-Graduate-Zeit an der Harvard Medical School, Erfahrungen mit den Möglichkeiten der Digitalisierung und digital getriebenen Change-Management-Prozessen im amerikanischen Gesundheitswesen und in der Medizin allgemein sammeln können.
 Getrieben von diesen Erfahrungen ist es mir ein wichtiges Anliegen, die Digitale Transformation im deutschen Gesundheitswesen mit pragmatischen, greifbaren, Innovativen Lösungen zu bereichern und dabei Kollegen/-innen bei den individuellen Change-Prozessen zu unterstützen.
 Mit der neuen, dem digitalen Zeitalter angepassten, Profession der "Digitalen hausärztlichen Versorgungsassistenten" (DIHVA) arbeiten wir außerdem daran, eine vollständig neuen Versorgungsform zu etablieren und in Form eines bisher einzigartigen digitalen Facharztzentrums weiter zu erproben.</t>
         </is>
       </c>
-      <c r="C266" t="inlineStr">
+      <c r="C261" t="inlineStr">
         <is>
           <t>Psychologie, Notfallmedizin, Versorgungsforschung, Behavioral Neuroscience, allgem. Digitalisierung und Digitale Transformation, innovative digitale Diagnostik, KI in der Medizin, Hochschuldozent f. Digital Health Management</t>
         </is>
       </c>
-      <c r="D266">
-[...7 lines deleted...]
-      <c r="B267" t="inlineStr">
+      <c r="D261">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>201</v>
+      </c>
+      <c r="B262" t="inlineStr">
         <is>
           <t>Ich bin überzeugt, dass es in Zukunft eine Zahnmedizin geben wird, die interoperable Standards implementieren und umsetzen kann und massiv von der Nutzung von Daten profitieren wird. Die dafür benötigten Komponenten sind entweder schon vorhanden, oder nur wenige Innovationsschritte entfernt. Dennoch hat das Thema Interoperabilität nur wenige Fürsprecher und ist in der "normalen" Zahnärzteschaft gänzlich unbekannt.
 Eine besondere Chance bietet TIM 2.0, nicht nur in der Kommunikation mit dem Patienten, sondern auch im Aufbrechen der Silos, in denen sich die Zahnmedizin befindet. Neue Anwendungen für Telezahnmedizin, minimalinvasive Zahnmedizin und medizinisch-zahnärztlich integrierte Zahnmedizin werden pilotiert, benötigen allerdings strukturierte und interoperable Daten. Die Einrichtung einer Koordinierungsstelle Zahnmedizin ist ein sehr wichtiger Schritt.
 Bei der BFS Health Finance beschäftige ich mich neben Konzepten zur digitalen und telezahnmedizinischen Versorgung mit Ansätzen von Value-based healthcare in der Zahnmedizin.</t>
         </is>
       </c>
-      <c r="C267" t="s">
+      <c r="C262" t="s">
+        <v>202</v>
+      </c>
+      <c r="D262">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>203</v>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Dass der Politikwissenschaftler und Betriebswirt im Bereich Medizin tätig ist, war eher Zufall. Oder auch glückliche Fügung! Denn Alexander Wahl denkt sich mit Leidenschaft in neue Themenfelder ein. Er liebt es, Menschen zusammenzubringen, über Prozesse nachzudenken und nach Lösungen zu suchen, die für die verschiedenen Beteiligten eines Systems bestmöglich funktionieren. Seit 2016 engagiert sich Alexander Wahl im Bereich Patient Care der Thieme Gruppe.</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Arzt-Patientenkommunikation, Patientenaufklärung, Anamnese, FHIR, sem. &amp; syntaktische Standards, Integration von Subsystemen in Primärsystem, Healthcare IT, Prozessdesign in der Patientenversorgung</t>
+        </is>
+      </c>
+      <c r="D263">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>204</v>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Ich freue mich sehr über die Aufnahme in den IOP-Expertenkreis. Aufgrund der Mitarbeit in HL7 Deutschland und einer begleitenden freiberuflichen Tätigkeit für die Gefyra GmbH und Firely B.V. durfte ich in den letzten Jahren diverse nationale FHIR-Spezifikationen mitbegleiten. Hierzu zählt der Kerndatensatz der Medizininformatik Initiative, das Bestätigungsverfahren ISiK der gematik GmbH, als auch der Datensatz des Nationalen Netzwerks Genomische Medizin. Als CTO von HL7 Deutschland vertrete ich die Interessen von HL7 Deutschland in den Working Groups von HL7 International.</t>
+        </is>
+      </c>
+      <c r="C264" t="s">
         <v>205</v>
       </c>
+      <c r="D264">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>206</v>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Dr. Alexandros Paraforos ist Facharzt für Herzchirurgie mit umfangreicher Erfahrung in der chirurgischen und interventionellen Behandlung von Herz-Kreislauf-Erkrankungen. Als Gründer und Geschäftsführer der Docs4D GmbH leitet er die Entwicklung der hybriden Docs4D Healthcare Plattform (HCP), die Telemedizin, Remote Patient Monitoring (RPM) und KI-gestützte Therapieentscheidungen integriert.Zuvor war Dr. Paraforos als stellvertretender Chefarzt und leitender Oberarzt für Herzchirurgie tätig, mit Spezialisierung auf TAVI-Operationen, minimalinvasive Mitralklappenrekonstruktionen und Aortenklappeninterventionen. Er verfügt über tiefgehende Expertise in der mechanischen Kreislaufunterstützung (LVAD, ECMO) sowie in der Intensivmedizin.Neben seiner klinischen Tätigkeit hat er an zahlreichen internationalen Forschungsprojekten und multizentrischen klinischen Studien mitgewirkt. Er ist Mitautor mehrerer wissenschaftlicher Publikationen in renommierten Fachzeitschriften und hat wegweisende Arbeiten zur chirurgischen Behandlung der ischämischen Herzinsuffizienz veröffentlicht.</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>Herzchirurgie, kardiovaskuläre Medizin, minimalinvasive Klappenrekonstruktion, mechanische Kreislaufunterstützung, Telemedizin, digitale Medizin, KI-gestützte Entscheidungsfindung in der Kardiologie</t>
+        </is>
+      </c>
+      <c r="D265">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>207</v>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Dr. Alexey Tschudnowsky ist Experte in Bereichen Software Architektur, agile Führung und agile Entwicklungsprozesse. Er promovierte im Bereich Web Engineering und hat jahrelange Erfahrung in Entwurf und Dokumentation von Software Architekturen, Entwicklung von medizinischer Software nach IEC 62304 und Leitung von agilen Entwicklungsteams. Als Leiter des Bereichs Software Entwicklung in der gematik GmbH hat Dr. Alexey Tschudnowsky die bereichsweiten Methoden, Standards und Richtlinien verantwortet. Aktuell arbeitet er als Software Architekt an der Konzeption und Umsetzung vom Produkt TI-Referenzvalidator.</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Web Standards und Protokolle (REST/HTTP, SOAP, XML, JSON, RDF, TLS, ISO/OSI); HL7 FHIR; Telematikinfrastruktur; Medizinproduktentwicklung nach IEC 62304; Sichere Entwicklungsprozesse (SDLC)</t>
+        </is>
+      </c>
+      <c r="D266">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>208</v>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Flächendeckende Implementierung von (digitalen) Bewegungskursen für ältere Menschen im ländlichen Raum. Dadurch sollen die motorische Funktionalität verbessert, die körperliche Aktivität erhöht und Stürze vermieden werden.</t>
+        </is>
+      </c>
+      <c r="C267"/>
       <c r="D267">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Dass der Politikwissenschaftler und Betriebswirt im Bereich Medizin tätig ist, war eher Zufall. Oder auch glückliche Fügung! Denn Alexander Wahl denkt sich mit Leidenschaft in neue Themenfelder ein. Er liebt es, Menschen zusammenzubringen, über Prozesse nachzudenken und nach Lösungen zu suchen, die für die verschiedenen Beteiligten eines Systems bestmöglich funktionieren. Seit 2016 engagiert sich Alexander Wahl im Bereich Patient Care der Thieme Gruppe.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Dr. med. Amin-Farid Aly, betreut seit 2017 als ärztlicher Referent des Dezernats Digitalisierung in der Gesundheitsversorgung der Bundesärztekammer die Themen telemedizinische Patientenversorgung, Medikationsplan, Gesundheits-Apps, Digitalisierung in der Fortbildung und social Media. Nach seiner klinischen Zeit in der Kinderheilkunde war Dr. Aly als Jungwissenschaftler am Deutschen Zentrum für Luft und Raumfahrt im Bereich Telemonitoring und elektronische Patientenakte tätig. In seiner Zeit bei der Arzneimittelkommission der deutschen Ärzteschaft (AkdÄ) war er am Aufbau des Bundesmedikationsplans beteiligt.</t>
+        </is>
+      </c>
+      <c r="C268" t="s">
+        <v>210</v>
       </c>
       <c r="D268">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Ich freue mich sehr über die Aufnahme in den IOP-Expertenkreis. Aufgrund der Mitarbeit in HL7 Deutschland und einer begleitenden freiberuflichen Tätigkeit für die Gefyra GmbH und Firely B.V. durfte ich in den letzten Jahren diverse nationale FHIR-Spezifikationen mitbegleiten. Hierzu zählt der Kerndatensatz der Medizininformatik Initiative, das Bestätigungsverfahren ISiK der gematik GmbH, als auch der Datensatz des Nationalen Netzwerks Genomische Medizin. Als CTO von HL7 Deutschland vertrete ich die Interessen von HL7 Deutschland in den Working Groups von HL7 International.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Das primäre Ziel von AMP.clinic ist es ExpertInnen in der ganzen Republik untereinander digital zu vernetzen und PatientInnendaten ohne Medienbrüche zu übertragen. Datensicherheit spielt eine große Rolle, denn wichtige Gesundheitsinformationen und Bilder der PatientInnen werden verschlüsselt und können direkt an die SpezialistInnen im Maximalversorgerklinikum übermittelt werden. Die entwickelte Anwendung kann mobil auf den zur Verfügung gestellten iPads in den jeweiligen Krankenhäusern verwendet werden.Durch die Videotelefonie können die Informationen in Echtzeit durch visuelle Eindrücke ergänzt und validiert werden. Telekonsile haben auch weitere Vorteile, wie die Vermeidung von zusätzlichen Kosten durch unnötige und kostenintensive Transporte und Verlegungen von kritisch erkrankten PatientInnen, sollte ein Expertisenwechsel notwendig sein. Außerdem erhalten ÄrztInnen einen direkten "Sparringspartner" und erweiterten Zugang zu Fachwissen. Entwickelt wurde die App AMP.clinic um vulnerable PatientInnen, welche auf Intensivstationen liegen, schonend und datenschutzkonform behandeln zu können und Fachexpertise von ÄrztInnen aus Maximalversorgern in kleinere Krankenhäuser zu übermitteln.Die Daten werden in einem zentralen Server auf verschlüsselten Datenträgern abgelegt. Zugriff erlangt man ausschließlich als authentifizierter Benutzer über ein zertifikatbasiertes VPN, welches auf den Geräten konfiguriert ist. Es wird sichergestellt, dass die Geräte nur benötigte Software erhalten und mögliche Sicherheitsrisiken minimiert werden.</t>
+        </is>
+      </c>
+      <c r="C269"/>
       <c r="D269">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B270" t="inlineStr">
-        <is>
-[...78 lines deleted...]
-      <c r="B275" t="inlineStr">
         <is>
           <t>Andreas Hempel absolvierte sein Studium der Medizinischen Informatik an der Fachhochschule Heilbronn und der Universität Heidelberg. Seit seiner Studienzeit beschäftigte er sich mit medizinischen Terminologien, Standardisierung im Gesundheitswesen und verteilten Systemen in der Medizin.
 Er ist derzeit als Solution Architect eHealth bei der Asklepios Service IT GmbH angestellt. In dieser Funktion verantwortet er den Aufbau einer Interoperabilitätsplattform mit angeschlossenem Patientenportal.
 Bevor er 2023 in dieser Funktion zu Asklepios kam, arbeitete er fast 20 Jahre lang in der Gesundheitstechnologiebranche im Bereich der elektronischen Patientenakten in verschiedenen Positionen, die von der Implementierung bis hin zum Softwaredesign und Produktmanagement reichten.</t>
         </is>
       </c>
-      <c r="C275" t="inlineStr">
+      <c r="C270" t="inlineStr">
         <is>
           <t> 	 	semantische Standards 	 	 	Krankenhausinformationssysteme 	 	 	Kommunikationsstandards (IHE, HL7, FHIR, usw.) 	 	 	Patientenportale 	 	 	Online-Terminbuchung 	 	 	Telematikinfrastruktur (ePA und KIM) 	 </t>
         </is>
       </c>
-      <c r="D275">
-[...7 lines deleted...]
-      <c r="B276" t="inlineStr">
+      <c r="D270">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>213</v>
+      </c>
+      <c r="B271" t="inlineStr">
         <is>
           <t>Der gebürtige Dortmunder studierte Chemie Verfahrenstechnik und absolvierte einen Abschluss zum Wirtschaftsinformatiker und Datenverarbeitungskaufmann. Er ist verheiratet und stolzer Vater zweier Töchter und eines Sohns. Bereits während seines Studiums begann Andreas im Jahre 1987 als Abteilungsleiter im Bereich Softwareentwicklung bei der Systemhausgruppe Laufenberg in Bochum, die er 26 Jahre aufrecht hielt. In dieser Zeit wechselte das Unternehmen durch mehrere Übernahmen seinen Namen. Als Geschäftsbereichsleiter und Prokurist zeichnete er unter anderem für die Marktexpansion bis hin zur Marktführung sowie der Übernahme und Einbindung von Konkurrenzfirmen und deren Produkte hauptverantwortlich. Nachdem er von 2001 bis 2003 Geschäftsführer der TOREX plc und im Anschluss vier Jahre als COO der iSOFT plc tätig war, gründete er 2007 die Unternehmung vision4health, welche innerhalb weniger Jahre auf 200 Mitarbeiter mit Zweigstellen in sechs Ländern anwuchs und zu einem der führenden Unternehmen im internationalen Gesundheitsbereich zählte. Bis September 2016 fungierte er bei der Compugroup Medical, die 2013 die Geschäftsaktivitäten der vision4health übernahm, als CEO und Vice President Business Development &amp;amp; Strategy der CGM LAB International sowie als Geschäftsführer der CGM LAB Deutschland GmbH. Im Oktober 2016 übernahm er die Herausforderung für das in London ansässige Unternehmen Allocate Software plc, den Markteintritt in Kontinentaleuropa als Geschäftsführer zu realisieren. Seine Arbeit erstreckte sich dabei von der Neugründung der Allocate Software GmbH in Deutschland über die Einstellung erster lokaler Mitarbeiter, den Aufbau der Ablauforganisation, der Marktanalyse, der strategischen Produktanpassung sowie der Marketing- und Salesstruktur bis hin zum erfolgreichen Markteintritt. Seit September 2018 agiert er als Vorstand für die Bereiche Software und Vertrieb bei der März AG und entwickelte das Unternehmen zu einem der führenden Softwareentwicklungsunternehmen im Bereich der Interoperabilität und Digitalisierung. In dieser Tätigkeit liefert er in der Medizin Information Initiative im SMITH Konsortium als Industrievertreter entsprechende Softwarelösungen. Auch im Bereich IHE blickt er auf viele Berührungspunkte zurück. Schon im Jahr 2003, als das Thema IHE noch in den Kinderschuhen steckte, trat er im Beirat der IHE-Europe für die konzeptionelle Festlegung der einzelnen Workflows im Bereich von IHE für Deutschland und der IHE Suisse ein. Anschließend unterstützte er als Caretaker für den Bereich Labormedizin den Gesundheitsbereich Deutschland und wirkte aktiv an dem Österreichischen ELGA-Arge Projekt IHE mit. Bis heute engagiert er sich in zahlreichen IT-Gesundheitsverbänden wie dem bvitg, HL7 Deutschland sowie diversen FHIR Fachgremien.</t>
         </is>
       </c>
-      <c r="C276" t="inlineStr">
+      <c r="C271" t="inlineStr">
         <is>
           <t>Organisationsmanagement, Abbildung von medizinischen, logistischen und laufmännischen Prozessen (use-cases) durch Einsatz von Interoperabilität, IT- und Kommunikations-Standards im Gesundheitswesen, Mehrfachverwendbarkeit von granularen strukturellen Datenformate, semantische Standards, Terminologien, internationale Klinische und Labor Datenmodellierung, Medizininformatik, SNOMED, LOINC, FHIR, IHE, HL7, POCT, ASTM, LDT, XDT, GDT</t>
         </is>
       </c>
-      <c r="D276">
-[...7 lines deleted...]
-      <c r="B277" t="inlineStr">
+      <c r="D271">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>214</v>
+      </c>
+      <c r="B272" t="inlineStr">
         <is>
           <t>Als Geschäftsführer der Klinik IT Genossenschaft widme ich mich seit Jahren mit Leidenschaft der Verbesserung von Krankenhausstrukturen durch moderne Technologien, um so die Patientenversorgung zu optimieren.
 Im Jahr 2022 erlebte ich selbst als Patient die Realitäten unseres Gesundheitssystems und gewann wichtige Einblicke, die meinen Wunsch nach Veränderung weiter verstärkten. Hier sind meine Schwerpunkte:
 Mehr Patientenzentrierung ermöglichen: Jeden Patienten aktiv in das Zentrum seiner eigenen Behandlung stellen und durch Information, Mitwirkung und Eigenverantwortung stärken.Gemeinsam Ziele erreichen: Patienten suchen nicht nach dem besten Krankenhaus-IT-System, sondern nach der besten Versorgung. Lasst uns die beste Krankenhaus-IT schaffen und diese gemeinsam nutzen, damit sich unsere Kliniken auf ihre Kernaufgabe konzentrieren können – die Betreuung ihrer Patienten.Systemwandel in Kliniken: Unsere Krankenhäuser müssen flexibler und intelligenter werden, um sich auf die Bedürfnisse der Patienten zu konzentrieren. Ich sehe Digitalisierung als Schlüssel, um diese Herausforderung zu meistern.Nahtlose Gesundheitsversorgung: Es ist Zeit, weiter zu denken. Wie können Telemedizin und andere Technologien eine lückenlose Versorgung bieten, ohne ständig über Budgets zu diskutieren?</t>
         </is>
       </c>
-      <c r="C277" t="s">
-[...10 lines deleted...]
-      <c r="B278" t="inlineStr">
+      <c r="C272" t="s">
+        <v>215</v>
+      </c>
+      <c r="D272">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>216</v>
+      </c>
+      <c r="B273" t="inlineStr">
         <is>
           <t>Andreas Wulf beschäftigt sich seit 2008 in verschiedenen Themenbereichen der IT im Gesundheitswesen und gestaltet prozessorientierte Lösungen für den ambulanten sowie den stationären Sektor. Dabei gilt sein besonderes Interesse der Interoperabilität und medizinischen Terminologien sowie die praxisnahe Umsetzung von Lösungen für den klinischen Alltag, auch über Systemgrenzen hinweg.</t>
         </is>
       </c>
-      <c r="C278" t="inlineStr">
+      <c r="C273" t="inlineStr">
         <is>
           <t>Praxisverwaltungssysteme, Krankenhausinformationssysteme, Terminologie, ISIK, Interoperabilität, Telematikinfratruktur, Prozessdesign in klinischen Fachabteilungen, Frauenheilkunde, Abrechnungssysteme, IT-gestützte Medizinische Studien</t>
         </is>
       </c>
-      <c r="D278">
-[...7 lines deleted...]
-      <c r="B279" t="inlineStr">
+      <c r="D273">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>217</v>
+      </c>
+      <c r="B274" t="inlineStr">
         <is>
           <t>Prof. Dr. Andrius Patapovas verfügt über langjährige Erfahrungen in folgenden Themenfeldern:
  	Digitale Transformation von Leistungserbringern für patientenzentrierte Versorgung 	Anwendung der Datenanalyse zur Steuerung von klinischen und administrativen Prozessen 	Entwicklung und Einsatz von Entscheidungsunterstützungssystemen basierend auf Wissensmodellierung aus heterogenen Datenquellen 
 Derzeit liegt sein Fokus auf digitale Patientensicherheit und Prozessinteroperabilität in KIS und PVS. Ferner verantwortet er die Konzeption der IT-Intrastruktur im Rahmen von Aufbau eines Datenintegrationszentrums am Klinikum Nürnberg.</t>
         </is>
       </c>
-      <c r="C279" t="inlineStr">
+      <c r="C274" t="inlineStr">
         <is>
           <t>Architektur und Management von Informationssystemen bei Leistungserbringern, Entwicklung von Entscheidungsunterstützungssystemen, Prozessinteroperabilität, Digitale Patientensicherheit</t>
         </is>
       </c>
+      <c r="D274">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>218</v>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Dr. André Sander promovierte an der Charité im Bereich Medizinwissenschaften und beschäftigt sich seit mehr als 25 Jahren mit medizinischen Terminologien und Ontologien. Bei ID Information und Dokumentation ist er als CTO verantwortlich für moderne Softwarearchitekturen, die qualitativ höchsten Standards entsprechen. Seit 2017 ist er zudem Prokurist und Mitglied der Geschäftsführung. Der inhaltliche Schwerpunkt in der wissenschaftlichen und wirtschaftlichen Auseinandersetzung Herrn Sanders liegen in den Bereichen: medizinische Terminologien und Ontologien, semantische Analysen medizinischer Freitexte, Natural Language Processing, Arzneimittel- und Therapiesicherheit, internationale Standards im Gesundheitswesen und skalierbare Terminologieserver.</t>
+        </is>
+      </c>
+      <c r="C275" t="s">
+        <v>219</v>
+      </c>
+      <c r="D275">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>220</v>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Anja Burmann leitet Entwicklungsprojekte im Bereich derGesundheitsdatenplattformen und -ökosysteme,Health Data Spaces, Datensouveränität, Gesundheitsanwendungenund Datenverarbeitung. Weiterhinverantwortet Anja Burmann die Forschungsaktivitäten unddas Projektportfolio der Medizininformatik-Forschungsabteilung des Fraunhofer-Institut für Software undSystemtechnik ISST. In ihrer Promotion beschäftigte sich Anja Burmannmit der digitalen Transformation von Leistungserbringer-Organisationen und den gegenseitigen Auswirkungen aufden Faktor Mensch, Berufsgruppen, Prozesse und Expertenorganisationen. </t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>Digitale Transformation von Prozessen undOrganisationen, Datensouveränität, Daten- und Informationsaustausch zwischen Systemen undOrganisationen, Interoperabilität, Datenökosysteme, föderierte Systeme, Gesundheitsanwendungen,Datenanalyse und Informationsextraktion</t>
+        </is>
+      </c>
+      <c r="D276">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>221</v>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Selbst Pflegefachkraft, setzte ich mich dafür ein, dass die Arbeitsabläufe und Prozesse in der ambulanten und stationären Pflege bei der Konzeption von Anwendungen der Telematikinfrastruktur Berücksichtigung finden. Nur wenn die größte Berufsgruppe im Gesundheitswesen bei der Entwicklung der Telematikinfrastruktur von Anfang an mitgedacht wird, kann die Digitalisierung der Abläufe auch der angrenzenden Berufsgruppen gelingen und auch pflegebedürftige Personen können von den Mehrwerten eines digitalen Gesundheitswesens profitieren.</t>
+        </is>
+      </c>
+      <c r="C277" t="s">
+        <v>222</v>
+      </c>
+      <c r="D277">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>223</v>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Aus den Projekten PRIMA (Primärsystem-Integration des Medikationsplans mit Akzeptanzuntersuchung) und ARMIN (Arzneimittelinitiative Sachsen-Thüringen) bringe ich Erfahrungen zur Implementierung eines technisch unterstützten, interdisziplinären Medikationsmanagements zwischen Apotheken und niedergelassenen Ärzten mit, unter Verwendung des Bundeseinheitlichen Medikationsplans (BMP). Seit 2019 bin ich als Mitglied der Arbeitsgruppe BMP an der Fortschreibung der Spezifikation des BMP nach § 31a SGB V beteiligt. Bei der ABDA bin ich Ansprechpartnerin für die technische Begleitung von Apothekenprozessen und bilde damit eine Schnittstelle zwischen Apotheke und IT.</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>Technische Unterstützung von Apothekenprozessen, Apothekenpraxis, Interdisziplinäres Medikationsmanagement, Bundeseinheitlicher Medikationsplan BMP nach SGB V § 31a, Pharmazeutische Dienstleistungen nach §129 Abs. 5e SGB V, Arzneimitteltherapiesicherheit</t>
+        </is>
+      </c>
+      <c r="D278">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>224</v>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Annett Müller – Master of Health Information Management sowie Certified Healthcare Chief Information Officer (CHCIO) – ist seit mehr als 25 Jahren im medizinischen Informationsmanagement tätig. Die Themen elektronische Patientenakte, Datenbereitstellung, interoperabler Datenaustausch sowie elektronische Archivierung ziehen sich durch alle beruflichen Stationen.Operative Erfahrungen im medizinischen Informationsmanagement sammelte sie bis 2003 als Consultant und Produktmanagerin des Dokumentenmanagementsystems der Fa. Optimal Systems. Im Bundeswehrkrankenhaus Leipzig führte sie das G-DRG-System ein und gründete 2005 die MeDoc Consulting Müller. Als Freelancerin war sie bis 2013 im Medizincontrolling, der Tumordokumentation in Deutschland und der Schweiz, im ambulanten Qualitätsmanagement sowie der Aus- und Weiterbildung Medizinischer Dokumentar*innen tätig. Seit 2013 liegt der berufliche Schwerpunkt wieder in der elektronischen Archivierung medizinischer Dokumentation sowie strategischen Geschäfts- und Produktentwicklung bei der DMI GmbH &amp; Co. KG.Im DVMD e.V. ist sie seit 2006 Mitglied und engagiert sich seit 2014 ehrenamtlich im Vorstand. Sie leitet dort u. a. die KDL-Anwendergruppe sowie die AG Weiterentwicklung KDL.</t>
+        </is>
+      </c>
+      <c r="C279" t="s">
+        <v>225</v>
+      </c>
       <c r="D279">
         <v>0</v>
       </c>
     </row>
     <row r="280">
-      <c r="A280" t="s">
-        <v>221</v>
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>Anwendung des Risikomanagements für IT-Netzwerke, die Medizinprodukte beinhalten - Teil 1: Aufgaben, Verantwortlichkeiten und Aktivitäten (IEC 80001-1:2010); Deutsche Fassung EN 80001-1:2011</t>
+        </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Dr. André Sander promovierte an der Charité im Bereich Medizinwissenschaften und beschäftigt sich seit mehr als 25 Jahren mit medizinischen Terminologien und Ontologien. Bei ID Information und Dokumentation ist er als CTO verantwortlich für moderne Softwarearchitekturen, die qualitativ höchsten Standards entsprechen. Seit 2017 ist er zudem Prokurist und Mitglied der Geschäftsführung. Der inhaltliche Schwerpunkt in der wissenschaftlichen und wirtschaftlichen Auseinandersetzung Herrn Sanders liegen in den Bereichen: medizinische Terminologien und Ontologien, semantische Analysen medizinischer Freitexte, Natural Language Processing, Arzneimittel- und Therapiesicherheit, internationale Standards im Gesundheitswesen und skalierbare Terminologieserver.</t>
-[...3 lines deleted...]
-        <v>222</v>
+          <t>Diese Norm definiert Aufgaben, Verantwortlichkeiten und Aktivitäten, damit das Risikomanagement der IT-Netzwerke mit Medizinprodukten die Sicherheit, Effektivität, sowie Daten- und Systemsicherheit einhält. Diese Norm gilt nach dem erste In-Verkehr-Bringen, wenn ein oder mehrere Medizinprodukt(e) von der verantwortlichen Organisation erworben wurde und in ein IT-Netzwerk eingefügt werden soll(en). Diese Norm gilt, wenn es keinen Medizinprodukte-Hersteller gibt, der die Gesamtverantwortung für die Einhaltung der Schutzziele des IT Netzwerks, das ein Medizinprodukt übernimmt. Diese Norm behandelt keine regulatorischen oder gesetzlichen Anforderungen.</t>
+        </is>
+      </c>
+      <c r="C280" s="3">
+        <v>40847</v>
       </c>
       <c r="D280">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Anja Burmann leitet Entwicklungsprojekte im Bereich derGesundheitsdatenplattformen und -ökosysteme,Health Data Spaces, Datensouveränität, Gesundheitsanwendungenund Datenverarbeitung. Weiterhinverantwortet Anja Burmann die Forschungsaktivitäten unddas Projektportfolio der Medizininformatik-Forschungsabteilung des Fraunhofer-Institut für Software undSystemtechnik ISST. In ihrer Promotion beschäftigte sich Anja Burmannmit der digitalen Transformation von Leistungserbringer-Organisationen und den gegenseitigen Auswirkungen aufden Faktor Mensch, Berufsgruppen, Prozesse und Expertenorganisationen. </t>
-[...5 lines deleted...]
-        </is>
+          <t>Ich habe vor mehr als 10 Jahren als IT-Leiter im Krankenhaus angefangen. Zwei Jahre später haben wir die IT eines zweiten Hauses mit übernommen und bei uns integriert. Im weiteren Verlauf bin ich in die Konzernzentrale gewechselt und habe die Digitalisierung des Konzerns verantwortet, bevor ich mich in die Selbständigkeit begeben habe. Jetzt betreuen wir große und kleine Kunden, Krankenhäuser sowie Arztpraxen.</t>
+        </is>
+      </c>
+      <c r="C281" t="s">
+        <v>227</v>
       </c>
       <c r="D281">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>224</v>
-[...8 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="B282" t="s">
+        <v>229</v>
+      </c>
+      <c r="C282"/>
       <c r="D282">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Aus den Projekten PRIMA (Primärsystem-Integration des Medikationsplans mit Akzeptanzuntersuchung) und ARMIN (Arzneimittelinitiative Sachsen-Thüringen) bringe ich Erfahrungen zur Implementierung eines technisch unterstützten, interdisziplinären Medikationsmanagements zwischen Apotheken und niedergelassenen Ärzten mit, unter Verwendung des Bundeseinheitlichen Medikationsplans (BMP). Seit 2019 bin ich als Mitglied der Arbeitsgruppe BMP an der Fortschreibung der Spezifikation des BMP nach § 31a SGB V beteiligt. Bei der ABDA bin ich Ansprechpartnerin für die technische Begleitung von Apothekenprozessen und bilde damit eine Schnittstelle zwischen Apotheke und IT.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Während des Studiums an der TU Ilemnau Schwerpunkt auf Wirtschaftsinformatik im Bereich Dienstleistung und Verwaltung. Hierbei Vertiefung auf Prozesse im Krankenhaus mit Diplomarbeit auf der Nutzung von Mobile Computing im Krankenhaus. Seit 2001 tätig bei einen der führenden KIS-Hersteller in Deutschland. Verschiedene Positionen bei R&amp;D und Delivery in untereschiedlichen Regionen der Lösung, u.a. Produktentwicklung, Consulting und Produktmanagement u.a. in den Märkten Deutschland, Österreich, Niederlande, China, Hong Kong sowie über das Partnermanagement in weiteren in Asien und Lateinamerika.Heute verantworlich als Produktmanager für Interoperabilität der KIS-Plattform i.s.h.med.Bei Cerner Mitglied im HL7 Committee zur Kooperation mit HL7 International und Affiliates zur Weiterentwicklung der HL7 Standards wie FHIR, HL7 Version 2 oder CDA. Mitglied bei HL7 Deutschland und seit Oktober 2020 Beisitzer im Vorstand.Vertreter von Cerner bei IHE Deutschland.Mitarbeit an der Weiterentwicklung von nationalen Standards (ISiK, HL7 Basisprofile, Implantateregister) sowie internationaler Standards im Rahmen von HL7 Ballots und Work Group Meetings.Stellvertretender Vorsitzender der AG Interoperability des bvitgVertreter des bvitg im KKG des Bfarm Arbeitsgruppe LOINCMitglied des Technischen Kommittees Terminologien bei HL7 Deutschland</t>
+        </is>
+      </c>
+      <c r="C283" t="s">
+        <v>231</v>
       </c>
       <c r="D283">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Annett Müller – Master of Health Information Management sowie Certified Healthcare Chief Information Officer (CHCIO) – ist seit mehr als 25 Jahren im medizinischen Informationsmanagement tätig. Die Themen elektronische Patientenakte, Datenbereitstellung, interoperabler Datenaustausch sowie elektronische Archivierung ziehen sich durch alle beruflichen Stationen.Operative Erfahrungen im medizinischen Informationsmanagement sammelte sie bis 2003 als Consultant und Produktmanagerin des Dokumentenmanagementsystems der Fa. Optimal Systems. Im Bundeswehrkrankenhaus Leipzig führte sie das G-DRG-System ein und gründete 2005 die MeDoc Consulting Müller. Als Freelancerin war sie bis 2013 im Medizincontrolling, der Tumordokumentation in Deutschland und der Schweiz, im ambulanten Qualitätsmanagement sowie der Aus- und Weiterbildung Medizinischer Dokumentar*innen tätig. Seit 2013 liegt der berufliche Schwerpunkt wieder in der elektronischen Archivierung medizinischer Dokumentation sowie strategischen Geschäfts- und Produktentwicklung bei der DMI GmbH &amp; Co. KG.Im DVMD e.V. ist sie seit 2006 Mitglied und engagiert sich seit 2014 ehrenamtlich im Vorstand. Sie leitet dort u. a. die KDL-Anwendergruppe sowie die AG Weiterentwicklung KDL.</t>
+          <t>Benjamin Kühn studierte Pharmazie an der Universität des Saarlandes und erhielt seine Approbation 2011. Nach seinem Berufseinstieg in der öffentlichen Apotheke, wechselte er 2014 in den Bereich HealthCare-Software mit Schwerpunkt Arzneimitteltherapiesicherheit (AMTS). Seit 2022 ist er bei der Firma Vidal MMI Germany als Produktmanager für Arzneimitteltherapiesicherheit tätig. Im Rahmen dessen ist er Mitglied der Arbeitsgruppe für Arzneimittelverordnungstherapiesicherheit (AVTS) des Bundesverbands Gesundheits-IT – bvitg e.V.</t>
         </is>
       </c>
       <c r="C284" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D284">
         <v>0</v>
       </c>
     </row>
     <row r="285">
-      <c r="A285" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A285" t="s">
+        <v>234</v>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Diese Norm definiert Aufgaben, Verantwortlichkeiten und Aktivitäten, damit das Risikomanagement der IT-Netzwerke mit Medizinprodukten die Sicherheit, Effektivität, sowie Daten- und Systemsicherheit einhält. Diese Norm gilt nach dem erste In-Verkehr-Bringen, wenn ein oder mehrere Medizinprodukt(e) von der verantwortlichen Organisation erworben wurde und in ein IT-Netzwerk eingefügt werden soll(en). Diese Norm gilt, wenn es keinen Medizinprodukte-Hersteller gibt, der die Gesamtverantwortung für die Einhaltung der Schutzziele des IT Netzwerks, das ein Medizinprodukt übernimmt. Diese Norm behandelt keine regulatorischen oder gesetzlichen Anforderungen.</t>
-[...3 lines deleted...]
-        <v>40847</v>
+          <t>Bernadette Hosters studierte Gesundheits- und Pflegewissenschaften in Hamburg, Lahti und Halle/Wittenberg (B.A., M.Sc.). Zudem verfügt sie über eine Ausbildung als Gesundheits- und Krankenpflegerin sowie klinische Erfahrungen in der kardiologischen Pflege. Seit Ende 2017 ist sie als Pflegewissenschaftlerin in der Stabsstelle Entwicklung und Forschung Pflege am Universitätsklinikum Essen tätig, die sie seit März 2019 leitet. Im Rahmen ihrer aktuellen Tätigkeit ist Hosters maßgeblich mit den pflegerischen Projekten der Initiative "Smart Hospital" des Universitätsklinikum Essen betraut und verantwortet in diesem Bereich verschiedene Drittmittelprojekte. Überdies vertritt sie das Universitätsklinikum Essen im Netzwerk Pflegeforschung des VPUs und ist als Dozentin an Hochschulen und Bildungseinrichtungen im Gesundheitswesen tätig.</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Pflegefachlich und pflegewissenschaftliche Expertise im klinischen Setting, Terminologien in der Pflege, Elektronische Pflegedokumentation und Digitalisierung in der Pflege, Versorgungsforschung</t>
+        </is>
       </c>
       <c r="D285">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Ich habe vor mehr als 10 Jahren als IT-Leiter im Krankenhaus angefangen. Zwei Jahre später haben wir die IT eines zweiten Hauses mit übernommen und bei uns integriert. Im weiteren Verlauf bin ich in die Konzernzentrale gewechselt und habe die Digitalisierung des Konzerns verantwortet, bevor ich mich in die Selbständigkeit begeben habe. Jetzt betreuen wir große und kleine Kunden, Krankenhäuser sowie Arztpraxen.</t>
+          <t>Ich bin Laborarzt und Arzt für Mikrobiologie und Infektionsepidemiologie und seit 1986 von Beginn des Bonner Modells bis zum heutigen Tag mit der Umsetzung von Schnittstellen zwischen Labor‐Zuweiser und Labor befasst mit den besonderen Schwerpunkten der Verwechslungssicherheit von Patientendaten und damit des gelebten Patientenschutzes. Hinzu kommt das permanente Interesse den Laborbefund innerhalb einer medizinisch sinnvollen Nutzzeit dem Einsender/Zuweiser bzw. Patienten auf allen dem Arztrecht konformen Übertragungswegen zukommen zu lassen. In jüngster Zeit kommt Zuarbeit für div. MIOs hinzu – dies unter Nutzung von LOINC und SnomedCT. Besonderes Augenmerk liegt in der Usability übertragener Laborbefund bis hin zur verwechslungssicheren Archivierung.</t>
         </is>
       </c>
       <c r="C286" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="D286">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-      <c r="C287"/>
+        <v>237</v>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Bhanuratha Nagalingam ist als Produktmanagerin tätig und verantwortet die strategische Weiterentwicklung digitaler Gesundheitslösungen. In ihrer Rolle legt sie besonderen Fokus auf nutzerzentrierte Produktentwicklung, strukturierte Anforderungsanalyse und die enge Zusammenarbeit mit technischen und fachlichen Stakeholdern.Zuvor war sie Produktmanagerin bei Cerner Health Services Deutschland GmbH bzw. CompuGroup Medical Clinical Europe GmbH und war dort für den Bereich Financial und Legal des KIS medico verantwortlich. In dieser Funktion koordinierte sie komplexe regulatorische und abrechnungsrelevante Themen und stellte sicher, dass gesetzliche Anforderungen, wirtschaftliche Prozesse und klinische Abläufe optimal im System abgebildet werden.Dank ihrer ausgeprägten analytischen Fähigkeiten und ihres starken Qualitätsbewusstseins begleitet sie Produkte über den gesamten Lebenszyklus hinweg – von der ersten Konzeption bis zur erfolgreichen Markteinführung. Dabei nutzt sie ihre Erfahrung, um komplexe Anforderungen verständlich aufzubereiten und nachhaltige, technisch robuste Lösungen zu gestalten.Mit ihrem Engagement trägt sie wesentlich dazu bei, innovative digitale Services voranzutreiben und einen Mehrwert für Anwenderinnen und Anwender im Gesundheitswesen zu schaffen.</t>
+        </is>
+      </c>
+      <c r="C287" t="s">
+        <v>238</v>
+      </c>
       <c r="D287">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Während des Studiums an der TU Ilemnau Schwerpunkt auf Wirtschaftsinformatik im Bereich Dienstleistung und Verwaltung. Hierbei Vertiefung auf Prozesse im Krankenhaus mit Diplomarbeit auf der Nutzung von Mobile Computing im Krankenhaus. Seit 2001 tätig bei einen der führenden KIS-Hersteller in Deutschland. Verschiedene Positionen bei R&amp;D und Delivery in untereschiedlichen Regionen der Lösung, u.a. Produktentwicklung, Consulting und Produktmanagement u.a. in den Märkten Deutschland, Österreich, Niederlande, China, Hong Kong sowie über das Partnermanagement in weiteren in Asien und Lateinamerika.Heute verantworlich als Produktmanager für Interoperabilität der KIS-Plattform i.s.h.med.Bei Cerner Mitglied im HL7 Committee zur Kooperation mit HL7 International und Affiliates zur Weiterentwicklung der HL7 Standards wie FHIR, HL7 Version 2 oder CDA. Mitglied bei HL7 Deutschland und seit Oktober 2020 Beisitzer im Vorstand.Vertreter von Cerner bei IHE Deutschland.Mitarbeit an der Weiterentwicklung von nationalen Standards (ISiK, HL7 Basisprofile, Implantateregister) sowie internationaler Standards im Rahmen von HL7 Ballots und Work Group Meetings.Stellvertretender Vorsitzender der AG Interoperability des bvitgVertreter des bvitg im KKG des Bfarm Arbeitsgruppe LOINCMitglied des Technischen Kommittees Terminologien bei HL7 Deutschland</t>
-[...3 lines deleted...]
-        <v>234</v>
+          <t>Björn Andersen ist Systemarchitekt für vernetzte Medizingeräte. Im interdisziplinären Umfeld arbeitet er an dem verlässlichen Interaktionsverhalten von Medizingeräten, damit diese als Teilnehmer vernetzter Systeme einander verstehen und vertrauen, auch wenn sie von verschiedenen Herstellern kommen. Damit werden die Voraussetzungen geschaffen für die Sicherheit und Zulassungsfähigkeit von klinischen Funktionen in verteilen Systemen.Björn Andersen ist Co-Autor der ISO/IEEE 11073 Service-oriented Device Connectivity (SDC) Interoperabilitätsstandards und Experte in verschiedenen Arbeitsgruppen von ISO, CEN, DIN, IEEE SA und HL7. Außerdem ist er Vorstandsmitglied im Interessenverband OR.NET e.V. und Anwender präklinischer Medizingeräte.</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>Systeme vernetzter Medizingeräte, Informationsmodelle und Datenstrukturen, klinische Terminologien, Interoperabilitätsstandards im Gesundheitswesen, internationale Normung, Requirements Engineering, Architektur verteilter Systeme, Informationsverarbeitung in der Notfallmedizin</t>
+        </is>
       </c>
       <c r="D288">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Benjamin Kühn studierte Pharmazie an der Universität des Saarlandes und erhielt seine Approbation 2011. Nach seinem Berufseinstieg in der öffentlichen Apotheke, wechselte er 2014 in den Bereich HealthCare-Software mit Schwerpunkt Arzneimitteltherapiesicherheit (AMTS). Seit 2022 ist er bei der Firma Vidal MMI Germany als Produktmanager für Arzneimitteltherapiesicherheit tätig. Im Rahmen dessen ist er Mitglied der Arbeitsgruppe für Arzneimittelverordnungstherapiesicherheit (AVTS) des Bundesverbands Gesundheits-IT – bvitg e.V.</t>
-[...3 lines deleted...]
-        <v>236</v>
+          <t>Dr. Björn Diem ist Facharzt für Innere Medizin und Kardiologie und hat einen Masterabschluss in Medizininformatik. Nach acht Jahren klinischer Tätigkeit an den Universitätskliniken in Erlangen und Aachen arbeitet er seit 2003 im Bereich der Telemedizinplattform "Home Monitoring" von BIOTRONIK SE &amp;amp; Co. KG. Seit 2007 verantwortete er dort sowohl die medizinische als auch die technische Konzeption und Umsetzung der Telemedizinplattform. Dies beinhaltet auch die Konnektivität zu Krankenhaus- und Praxisinformationssystemen und deren Standardisierung weltweit. Seit 2024 leitet er die Angewandte Forschung und Entwicklung für den Einsatz von Künstlicher Intelligenz in der Telemedizin kardialer Implantate und ist im Bereich des Innovationsmanagements von BIOTRONIK tätig. Er ist Mitglied des Fachbereichs Daten beim Bundesverband Medizintechnologie e.V. (BVMed) und des Digital Health Committee bei MedTech Europe.</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>Aktive kardiale Implantate (CIED), Telemedizin, Kardiologie, Elektrophysiologie, Konnektivität zu Krankenhaus- und Praxisinformationssystemen, Künstliche Intelligenz im Bereich Telemedizin (CIED)</t>
+        </is>
       </c>
       <c r="D289">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Bernadette Hosters studierte Gesundheits- und Pflegewissenschaften in Hamburg, Lahti und Halle/Wittenberg (B.A., M.Sc.). Zudem verfügt sie über eine Ausbildung als Gesundheits- und Krankenpflegerin sowie klinische Erfahrungen in der kardiologischen Pflege. Seit Ende 2017 ist sie als Pflegewissenschaftlerin in der Stabsstelle Entwicklung und Forschung Pflege am Universitätsklinikum Essen tätig, die sie seit März 2019 leitet. Im Rahmen ihrer aktuellen Tätigkeit ist Hosters maßgeblich mit den pflegerischen Projekten der Initiative "Smart Hospital" des Universitätsklinikum Essen betraut und verantwortet in diesem Bereich verschiedene Drittmittelprojekte. Überdies vertritt sie das Universitätsklinikum Essen im Netzwerk Pflegeforschung des VPUs und ist als Dozentin an Hochschulen und Bildungseinrichtungen im Gesundheitswesen tätig.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Prof. Dr. Björn Schreiweis studierte und promovierte in Medizinischer Informatik (2016) an der Universität Heidelberg. Er war von 2013-2018 im Technical und Planing Comitee der IHE Domäne Quality, Research and Public Health involviert. Seit 2017 ist Prof. Schreiweis Mitglied der Arbeitsgruppe Interoperabilität der Medizininformatik-Initiative und dort zusätzlich in der Taskforce Consent Umsetzung aktiv. Ebenfalls seit 2017 ist er stellvertretender Leiter der Arbeitsgruppe Consumer Health Informatics der Deutschen Gesellschaft für Medizinische Informatik, Biometrie und Epidemiologie (GMDS) e.V. Prof. Schreiweis wurde 2021 in Kiel auf die Professur für Medizininformatik berufen und ist in diversen Forschungsprojekten involviert. Hierbei legt er immer Wert auf die Verwendung von internationalen Interoperabilitätsstandards, sowohl von technischer Seite als auch mit Blick auf die Semantik.</t>
+        </is>
+      </c>
+      <c r="C290" t="s">
+        <v>242</v>
       </c>
       <c r="D290">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Ich bin Laborarzt und Arzt für Mikrobiologie und Infektionsepidemiologie und seit 1986 von Beginn des Bonner Modells bis zum heutigen Tag mit der Umsetzung von Schnittstellen zwischen Labor‐Zuweiser und Labor befasst mit den besonderen Schwerpunkten der Verwechslungssicherheit von Patientendaten und damit des gelebten Patientenschutzes. Hinzu kommt das permanente Interesse den Laborbefund innerhalb einer medizinisch sinnvollen Nutzzeit dem Einsender/Zuweiser bzw. Patienten auf allen dem Arztrecht konformen Übertragungswegen zukommen zu lassen. In jüngster Zeit kommt Zuarbeit für div. MIOs hinzu – dies unter Nutzung von LOINC und SnomedCT. Besonderes Augenmerk liegt in der Usability übertragener Laborbefund bis hin zur verwechslungssicheren Archivierung.</t>
-[...3 lines deleted...]
-        <v>239</v>
+          <t>Seit 2009 konnte ich im Bereich Patientendatenmanagementsysteme (PDMS) viele Erfahrungen beim Auf- und Ausbau bzgl. Schnittstellen, Standardisierung, Usability, Interoperability sammeln. Besonders wichtig ist, dass die digitalen Systeme auch im klinischen Alltag funktionieren und adäquat eingesetzt werden können. Schließlich sollten effiziente Möglichkeiten zur Datenauswertung auch eine Optimierung des klinischen Alltags ermöglichen. Gerne möchte ich zur Digitalisierung des Gesundheitswesen beitragen und im gemeinsamen Austausch die Digitalisierung effizienter in die alltägliche Praxis integrieren.</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>Expertise besonders im Bereich PDMS und dessen Anbindung im klinischen Alltag (Schnittstellen, Betreuung im klinischen Alltag, Prozesse zur Digitalisierung, digitale Integration von SOPs, uvm.)</t>
+        </is>
       </c>
       <c r="D291">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>240</v>
-[...13 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="B292"/>
+      <c r="C292"/>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>241</v>
-[...13 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="B293"/>
+      <c r="C293"/>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>242</v>
-[...11 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="B294"/>
+      <c r="C294"/>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>244</v>
-[...13 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="B295"/>
+      <c r="C295"/>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B296"/>
       <c r="C296"/>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B297"/>
       <c r="C297"/>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B298"/>
       <c r="C298"/>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B299"/>
       <c r="C299"/>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B300"/>
       <c r="C300"/>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B301"/>
       <c r="C301"/>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B302"/>
       <c r="C302"/>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B303"/>
       <c r="C303"/>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B304"/>
       <c r="C304"/>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B305"/>
       <c r="C305"/>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B306"/>
       <c r="C306"/>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B307"/>
       <c r="C307"/>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B308"/>
       <c r="C308"/>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="B309"/>
+        <v>261</v>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>Im Mittelpunkt des Versorgungskonzeptes steht die gemeinsame Diagnostik und Behandlung von Pflegeheimbewohnern mit kardiologischen Erkrankungen durch Pflegekräfte sowie Haus- bzw. Fachärzte (Kardiologen) einschl. telemedizinischer Fernbehandlung. Für die am Projekt teilnehmenden Pflegeheimbewohner kommt die Facharztpraxis virtuell ins Pflegeheim, um neben der hausärztlichen Versorgung auch eine fachärztliche kardiologische Versorgung sicherzustellen. Ziel der Versorgung ist die Vermeidung von Krankenhausbehandlungen, Notfall- und Rettungsdiensteinsätzen sowie Arzneimittelwechselwirkungen. So sollen im Rahmen des kontinuierlichen Monitorings (regelmäßige Erhebung von Vitalparameter in der Einrichtung durch eine Pflegekraft und ärztliche telemedizinische Visiten einschl. der automatische Dokumentation in einer durch alle Beteiligten genutzten elektronischen Fallakte) Veränderungen des Gesundheitszustandes der Pflegeheimbewohner rechtzeitig erkannt und eine Krankheitsprogression vermieden werden.</t>
+        </is>
+      </c>
       <c r="C309"/>
+      <c r="D309">
+        <v>0</v>
+      </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-      <c r="C310"/>
+        <v>262</v>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Diese Norm legt Anforderungen und Maßangaben an Blindenschriftdokumente und Aufschriften in Blindenschrift, sowie Trägermaterialien fest, damit blinde Menschen diese Schrift flüssig erkennen, lesen und interpretieren können. Die Norm beschreibt keine technischen Verfahren zur Erzeugung der Blindenschrift. Diese Norm wendet sich an Hersteller von Brailleschrift aller Art, sowie an Hersteller von Geräten und Werkzeugen zur Produktion von Blindenschrift (im Buchdruck, per Drucker, als Beschilderung usw.) und Hersteller von Braille-Displays.</t>
+        </is>
+      </c>
+      <c r="C310" s="3">
+        <v>39294</v>
+      </c>
+      <c r="D310">
+        <v>0</v>
+      </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-      <c r="C311"/>
+        <v>263</v>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>Der einheitliche onkologische Basisdatensatz (oBDS) ist ein standardisierter Kern von Merkmalen, der für die Krebsregistrierung nach § 65c SGB V verpflichtend ist. Mit diesem Instrument wurdedie Grundlage für eine einheitliche onkologische Dokumentation geschaffen, um eine vergleichbare Erfassung und Auswertung der Krebsregisterdaten in den Bundesländern zu ermöglichen. Der Basisdatensatz wurde initial im März 2008 verabschiedet. Aktualisierte Versionen wurden in den Jahren 2014 (BAnz AT 28.04.2014 B2) und 2021 (BAnz AT 12.07.2021 B4) im Bundesanzeiger veröffentlicht.
+Um den Dokumentationsaufwand für die Melderinnen und Melder zu verringern und einen schnellen Weg der Datenübermittlung zu realisieren, ist eine bundesweit einheitliche XML-Schnittstelleentwickeltund Anfang 2014 erstmalig veröffentlicht und anschließend kontinuierlich weiterentwickelt worden. Damit ist es möglich, Informationen zu onkologischen Diagnosen, Behandlungen und Verläufen aus dem Dokumentationssystem der Leistungserbringenden an das jeweilige Krebsregister zu übermitteln.
+Zusätzlich zum XML-Schema wird ein Umsetzungsleitfaden online bereitgestellt, in dem detaillierte Hinweise zur Implementierung gegeben werden.</t>
+        </is>
+      </c>
+      <c r="C311" t="s" s="4">
+        <v>264</v>
+      </c>
+      <c r="D311">
+        <v>1</v>
+      </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-      <c r="C312"/>
+        <v>263</v>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>Der einheitliche onkologische Basisdatensatz (oBDS) ist ein standardisierter Kern von Merkmalen, der für die Krebsregistrierung nach § 65c SGB V verpflichtend ist. Mit diesem Instrument wurde die Grundlage für eine einheitliche onkologische Dokumentation geschaffen, um eine vergleichbare Erfassung und Auswertung der Krebsregisterdaten in den Bundesländern zu ermöglichen. Der Basisdatensatz wurde initial im März 2008 verabschiedet. Aktualisierte Versionen wurden in den Jahren 2014 (BAnz AT 28.04.2014 B2) und 2021 (BAnz AT 12.07.2021 B4) im Bundesanzeiger veröffentlicht.
+Um den Dokumentationsaufwand für die Melderinnen und Melder zu verringern und einen schnellen Weg der Datenübermittlung zu realisieren, ist eine bundesweit einheitliche XML-Schnittstelle entwickelt und Anfang 2014 erstmalig veröffentlicht und anschließend kontinuierlich weiterentwickelt worden. Damit ist es möglich, Informationen zu onkologischen Diagnosen, Behandlungen und Verläufen aus dem Dokumentationssystem der Leistungserbringenden an das jeweilige Krebsregister zu übermitteln. 
+Zusätzlich zum XML-Schema wird ein Umsetzungsleitfaden online bereitgestellt, in dem detaillierte Hinweise zur Implementierung gegeben werden. Der Umsetzungsleitfaden wird laufend aktualisiert.</t>
+        </is>
+      </c>
+      <c r="C312" t="s" s="4">
+        <v>265</v>
+      </c>
+      <c r="D312">
+        <v>2</v>
+      </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Im Mittelpunkt des Versorgungskonzeptes steht die gemeinsame Diagnostik und Behandlung von Pflegeheimbewohnern mit kardiologischen Erkrankungen durch Pflegekräfte sowie Haus- bzw. Fachärzte (Kardiologen) einschl. telemedizinischer Fernbehandlung. Für die am Projekt teilnehmenden Pflegeheimbewohner kommt die Facharztpraxis virtuell ins Pflegeheim, um neben der hausärztlichen Versorgung auch eine fachärztliche kardiologische Versorgung sicherzustellen. Ziel der Versorgung ist die Vermeidung von Krankenhausbehandlungen, Notfall- und Rettungsdiensteinsätzen sowie Arzneimittelwechselwirkungen. So sollen im Rahmen des kontinuierlichen Monitorings (regelmäßige Erhebung von Vitalparameter in der Einrichtung durch eine Pflegekraft und ärztliche telemedizinische Visiten einschl. der automatische Dokumentation in einer durch alle Beteiligten genutzten elektronischen Fallakte) Veränderungen des Gesundheitszustandes der Pflegeheimbewohner rechtzeitig erkannt und eine Krankheitsprogression vermieden werden.</t>
-[...2 lines deleted...]
-      <c r="C313"/>
+          <t>Auf der Grundlage des einheitlichen onkologischen Basisdatensatzes treffen die Krebsregister nach § 65c Absatz 1a SGB V die notwendigen Festlegungen zur technischen, semantischen, syntaktischen und organisatorischen Interoperabilität für die elektronische Übermittlung.</t>
+        </is>
+      </c>
+      <c r="C313" t="s" s="4">
+        <v>266</v>
+      </c>
       <c r="D313">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>263</v>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Diese Norm legt Anforderungen und Maßangaben an Blindenschriftdokumente und Aufschriften in Blindenschrift, sowie Trägermaterialien fest, damit blinde Menschen diese Schrift flüssig erkennen, lesen und interpretieren können. Die Norm beschreibt keine technischen Verfahren zur Erzeugung der Blindenschrift. Diese Norm wendet sich an Hersteller von Brailleschrift aller Art, sowie an Hersteller von Geräten und Werkzeugen zur Produktion von Blindenschrift (im Buchdruck, per Drucker, als Beschilderung usw.) und Hersteller von Braille-Displays.</t>
-[...3 lines deleted...]
-        <v>39294</v>
+          <t>Der einheitliche onkologische Basisdatensatz (oBDS) ist ein standardisierter Kern von Merkmalen, der für die Krebsregistrierung nach § 65c SGB V verpflichtend ist. Mit diesem Instrument wurde die Grundlage für eine einheitliche onkologische Dokumentation geschaffen, um eine vergleichbare Erfassung und Auswertung der Krebsregisterdaten in den Bundesländern zu ermöglichen. Der Basisdatensatz wurde initial im März 2008 verabschiedet. Aktualisierte Versionen wurden in den Jahren 2014 (BAnz AT 28.04.2014 B2) und 2021 (BAnz AT 12.07.2021 B4) im Bundesanzeiger veröffentlicht. Um den Dokumentationsaufwand für die Melderinnen und Melder zu verringern und einen schnellen Weg der Datenübermittlung zu realisieren, ist eine bundesweit einheitliche XML-Schnittstelle entwickelt und Anfang 2014 erstmalig veröffentlicht und anschließend kontinuierlich weiterentwickelt worden. Damit ist es möglich, Informationen zu onkologischen Diagnosen, Behandlungen und Verläufen aus dem Dokumentationssystem der Leistungserbringenden an das jeweilige Krebsregister zu übermitteln. Zusätzlich zum XML-Schema wird ein Umsetzungsleitfaden online bereitgestellt, in dem detaillierte Hinweise zur Implementierung gegeben werden. Der Umsetzungsleitfaden wird laufend aktualisiert.</t>
+        </is>
+      </c>
+      <c r="C314" t="s" s="4">
+        <v>267</v>
       </c>
       <c r="D314">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B315" t="inlineStr">
-        <is>
-[...66 lines deleted...]
-      <c r="B319" t="inlineStr">
         <is>
           <t>Mitarbeit in Expertengremien:
 2004 bis 2010 Mitglied des Kuratoriums für Fragen der Klassifikation im Gesundheitswesen beim BMG, in dieser Zeit Mitglied in den Arbeitsgruppen ICD-10, OPS und ICF des DIMDI.
 Seit 2010 Mitglied im Fachforum Telematik des ZTG, 2010 bis 2016 Mitglied im Fachbeirat des Epidemiologischen Krebsregisters NRW.
 Seit 2010 Experte für den Ärztlichen Beirat zur Begleitung des Aufbaus einer Telematik-Infrastruktur in NRW. Mitarbeit in wissenschaftlichen Fachgesellschaften:
 Seit 1990 Mitglied der GMDS (Deutsche Gesellschaft für Medizinische Informatik, Biometrie und Epidemiologie), dort seit 2000 stv. Leiter der Arbeitsgruppe Qualitätsmanagement in der Medizin, jetzt Medizinmanagement (Medizin-Controlling, Qualitätsmanagement, Risikomanagement und Prozessmanagement). Mitautor des GMDS-GQMG-Glossars "Begriffe und Konzepte des Qualitätsmanagements". Mitautor des "Praxishandbuchs Integrierte Behandlungspfade – Intersektorale und sektorale Prozesse professionell gestalten" und des "Praxismanuals Integrierte Behandlungspfade".
 Seit 1996 Mitglied der Gesellschaft für Qualitätsmanagement in der Gesundheitsversorgung, dort 2011 bis 2015 Sprecher der Arbeitsgruppe Kennzahlen und externer Qualitätsvergleich, Beisitzer im Vorstand, 2015-2021 Geschäftsführer.
 Mitglied in der Internationalen Biometrischen Gesellschaft und der Gesellschaft für Informatik.
 Gutachter für wissenschaftliche Fachzeitschriften: Seit 2017 im Editorial Board der GMS Medizinische Informatik, Biometrie und Epidemiologie (MIBE), Gutachter für die Zeitschrift für Evidenz, Fortbildung und Qualität im Gesundheitswesen (ZEFQ). Gutachter für die Zeitschrift Methods of Information in Medicine (METHODS).</t>
         </is>
       </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>Medizinische Ordnungssysteme (Klassifikationen und Nomenklaturen); Medizinische Dokumentationssysteme; Gesundheitsberichtserstattung und Modellierung; IHE (insbesondere XDS, PDX/PDQ, HPD)</t>
+        </is>
+      </c>
+      <c r="D315">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>269</v>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>Mein Credo: Medizin funktioniert nur als Netzwerk. Diese Realität muss auch auf technischer Ebene abgebildet werden. Unverzichtbare Basis funktionierender Interoperabilität sind effiziente und abgestimmte Prozesse. Technik kann zwar neue Prozesse möglich machen und diese unterstützen – darf aber niemals losgelöst von diesen betrachtet oder gar eingesetzt werden.Um dies zu erreichen sind wir verpflichtet regelhaft auch über den Tellerrand der eigenen Kernaufgaben zu blicken. Als "Hybrid" zwischen Medizin und IT fordere ich für jede technische Lösung: Einfachheit, Transparenz, langfristige Wartbarkeit – und last not least: sie muss für alle Beteiligten einen angemessenen Nutzen generieren.</t>
+        </is>
+      </c>
+      <c r="C316" t="s">
+        <v>270</v>
+      </c>
+      <c r="D316">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>271</v>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>Warum ich mitwirken möchte? Ganz einfach - Digitalisierung ist kein Selbstzweck, sie muss Nutzen bringen - für alle Beteiligten - nur dann kann sie auch dauerhaft erfolgreich sein. Hier kann ich mit meiner Erfahrung und Expertise helfen, sei es, um Synergien zu erschließen oder Showstopper zu identifizieren und praxisorientierte Lösungen im Markt zu etablieren.</t>
+        </is>
+      </c>
+      <c r="C317" t="s">
+        <v>272</v>
+      </c>
+      <c r="D317">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>273</v>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>Dr. Christian Müller ist Fachapotheker für Arzneimittelinformation. Er hält ein Diplom in Pharmazeutischer Technologie derUniversität Leipzig und wurde an der Charité Universitätsmedizin Berlin promoviert. Nach mehrjähriger Tätigkeit in öffentlichen Apotheken wechselte er als Medical Advisor zur Riemser Arzneimittel AG. Er sammelte umfangreiche Erfahrungen in den Bereichen Medical Information, Medical Marketing, Clinical Operations und als Informationsbeauftragter.Von 2012 bis 2014 hat er die deutsche Geschäftseinheit von LA-SER Analytica aufgebaut, einem französischen CRO, das auf das Management pharmakoepidemiologischer Studien spezialisiert ist.2014 übernahm er die Leitung des Non-Interventional Studies Teams und 2018 die Verantwortung des Data Generation Teams der BAYER Vital GmbH in Leverkusen. In dieser Position treibt er Digitalisierung und Innovation in Beobachtungsstudien und der Forschungsdatennutzung bei BAYER voran.</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>Real-life Evidenz Generierungelectronic data capturingPrimärdatenerhebungSekundärdatenauswertungautomatischer DatentransferSet-up von Forschungsökosystemen mit multiplen Datenquellen (wearables, Medical Devices, PROMS, etc.)</t>
+        </is>
+      </c>
+      <c r="D318">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>274</v>
+      </c>
+      <c r="B319" t="inlineStr">
+        <is>
+          <t>Vom Krankenpfleger zum DTO – mein roter Faden verbindet Praxis, Management und Digitalstrategie für praxistaugliche Interoperabilität.
+Besonderheiten:
+- Sektorenbrücke: Stationär (Akutklinik), Ambulanz (Rotes Kreuz), IT-Anbieter (PVS/Entlassmanagement).
+- Praxisnähe: Pflegealltag → Entgeldverhandlungen → Telematik-Projekte.
+- Gematik-Fokus: Einbringen von Versorgungsrealität in IOP-Standards, patientenzentriert und skalierbar.
+Ich gestalte mit, wie TI die Versorgung vereinfacht.</t>
+        </is>
+      </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Medizinische Ordnungssysteme (Klassifikationen und Nomenklaturen); Medizinische Dokumentationssysteme; Gesundheitsberichtserstattung und Modellierung; IHE (insbesondere XDS, PDX/PDQ, HPD)</t>
+          <t>Digital Transformation Officer am Universitätsklinikum Jena. Kern: Interoperabilität in Telematikinfrastruktur und sektorenübergreifenden Prozessen.
+- Konzeption/Umsetzung: KTR, ePA, digitale Entlassung/Aufnahme (TI-konform).
+- Datenmodellierung: Semantische Standards (FHIR, CDA), CDR/Clinical Data Fabric.
+- Anforderungsmanagement: Fachlich-funktionale Spezifikationen, agile Entwicklung als PO.
+- Validierung: Praxistests mit Pflege/Ärzten, rechtssichere Governance.
+- Sektorenübergreifend: Stationär-Ambulant-IT-Schnittstellen.
+Nutzerzentrierte IOP-Umsetzung aus Klinikperspektive.</t>
         </is>
       </c>
       <c r="D319">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Mein Credo: Medizin funktioniert nur als Netzwerk. Diese Realität muss auch auf technischer Ebene abgebildet werden. Unverzichtbare Basis funktionierender Interoperabilität sind effiziente und abgestimmte Prozesse. Technik kann zwar neue Prozesse möglich machen und diese unterstützen – darf aber niemals losgelöst von diesen betrachtet oder gar eingesetzt werden.Um dies zu erreichen sind wir verpflichtet regelhaft auch über den Tellerrand der eigenen Kernaufgaben zu blicken. Als "Hybrid" zwischen Medizin und IT fordere ich für jede technische Lösung: Einfachheit, Transparenz, langfristige Wartbarkeit – und last not least: sie muss für alle Beteiligten einen angemessenen Nutzen generieren.</t>
+          <t>Christian Reich ist Vice President Real World Solutions für IQVIA und leitet eine Gruppe von Data Scientists, Softwareentwicklern und Informatikern, die standardisierte Analysen in einem globalen Forschungsnetzwerk durchführen. Er ist Principal Investigator bei der Observational Health Data Science and Informatics (OHDSI) Initiative und davor der OMOP-Initiative, die Standards für die Methodik der Erforschung von Krankheitsverläufen, Patientenversorgung und die Wirkung von Therapien setzt und diese Forschung auch im Großmaßstab durchführt. Christian hat mehr als 20 Jahre Berufserfahrung in der Biotechnologie- und Pharmabranche und war Arzt in Berlin and Ulm.</t>
         </is>
       </c>
       <c r="C320" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D320">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Warum ich mitwirken möchte? Ganz einfach - Digitalisierung ist kein Selbstzweck, sie muss Nutzen bringen - für alle Beteiligten - nur dann kann sie auch dauerhaft erfolgreich sein. Hier kann ich mit meiner Erfahrung und Expertise helfen, sei es, um Synergien zu erschließen oder Showstopper zu identifizieren und praxisorientierte Lösungen im Markt zu etablieren.</t>
-[...3 lines deleted...]
-        <v>273</v>
+          <t>"Interoperabilität im Gesundheitswesen ist die Basis für die digitale Transformation des Gesundheitswesens."Dr. Christian Richter ist seit 2015 selbstständig in seiner Augenarztpraxis "Dr. Richter &amp; Dr. Richter Fachärzte für Augenheilkunde Partnerschaft" tätig. Zuvor absolvierte er von 2009 bis 2014 seine Facharztausbildung für Augenheilkunde in Düsseldorf und Freiburg. Er besitzt einen Master of Arts in Digitale Transformation von der IU Internationale Hochschule, den er 2024 abschloss, sowie ein Hochschulzertifikat als Datenschutzexperte 120h). Sein Medizinstudium absolvierte er von 2002 bis 2008 in Göttingen und Dresden.Dr. Richter ist aktiv in verschiedenen beruflichen und ehrenamtlichen Gremien. Er ist Mitglied zweier DIN-Arbeitskreise. Des Weiteren ist er Mitglied des Ausschusses für Patientensicherheit und Qualitätssicherung der Landesärztekammer Baden-Württemberg (LÄK BaWü). Zudem engagiert er sich in der Vertreterversammlung der Bezirksärztekammer Südbaden, im Ausschuss Junge Kammer sowie im Ausschuss Patientensicherheit und Qualitätsmanagement der Landesärztekammer Baden-Württemberg.Darüber hinaus leitet er das Ressort Struktur, Technik, Qualitätsmanagement und Praxisführung im Berufsverband der Augenärzte Deutschlands e.V. (BVA), wo er auch als Bezirksvorsitzender und Delegierter tätig ist.</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>Datenschutz; Datensicherheit; Digitale Transformation; Digitalisierung im Gesundheitswesen; klinische Terminologien; Augenheilkunde, Change Management, Reifegradmodell</t>
+        </is>
       </c>
       <c r="D321">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Dr. Christian Müller ist Fachapotheker für Arzneimittelinformation. Er hält ein Diplom in Pharmazeutischer Technologie derUniversität Leipzig und wurde an der Charité Universitätsmedizin Berlin promoviert. Nach mehrjähriger Tätigkeit in öffentlichen Apotheken wechselte er als Medical Advisor zur Riemser Arzneimittel AG. Er sammelte umfangreiche Erfahrungen in den Bereichen Medical Information, Medical Marketing, Clinical Operations und als Informationsbeauftragter.Von 2012 bis 2014 hat er die deutsche Geschäftseinheit von LA-SER Analytica aufgebaut, einem französischen CRO, das auf das Management pharmakoepidemiologischer Studien spezialisiert ist.2014 übernahm er die Leitung des Non-Interventional Studies Teams und 2018 die Verantwortung des Data Generation Teams der BAYER Vital GmbH in Leverkusen. In dieser Position treibt er Digitalisierung und Innovation in Beobachtungsstudien und der Forschungsdatennutzung bei BAYER voran.</t>
+          <t>Christian Ruff studierte Medizin- und Automatisierungstechnik. Bereits während des Studiums sammelte er relevante Berufserfahrung im Bereich Softwareentwicklung. Nach seiner Zeit in der Technik wechselte er ins Produktmanagement für Medizinprodukte. Hier begleitete er die Entwicklung verschiedener IOT-und Plattform-Anwendungen und führe die Produkte u.a. in Asien, USA und Europa ein. Nach weiteren Erfahrungen im Bereich Medikationsmanagement gründete er QraGo. QraGo ist die führende Plattform zur Vermittlung und Monitoring von Patienten- und Materialfahrten.</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Real-life Evidenz Generierungelectronic data capturingPrimärdatenerhebungSekundärdatenauswertungautomatischer DatentransferSet-up von Forschungsökosystemen mit multiplen Datenquellen (wearables, Medical Devices, PROMS, etc.)</t>
+          <t>10 Jahre Berufserfahrung im Gesundheitswesen; Anwendungsentwicklung Operationssaal-Management; Produktmanagement von IOT Produkten im Medizintechnik; Umfeld und Gesundheitswesen: Produktmanagement im Bereich Medikationsmanagement; Expertenwissen im Bereich Heil-und Hilfsmittel speziell Krankenbeförderung; Gründung eigener Firma, bundesweites Management von Krankenfahrten; Austausch von Daten mit Leistungserbringern, Krankenkassen</t>
         </is>
       </c>
       <c r="D322">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Christian Reich ist Vice President Real World Solutions für IQVIA und leitet eine Gruppe von Data Scientists, Softwareentwicklern und Informatikern, die standardisierte Analysen in einem globalen Forschungsnetzwerk durchführen. Er ist Principal Investigator bei der Observational Health Data Science and Informatics (OHDSI) Initiative und davor der OMOP-Initiative, die Standards für die Methodik der Erforschung von Krankheitsverläufen, Patientenversorgung und die Wirkung von Therapien setzt und diese Forschung auch im Großmaßstab durchführt. Christian hat mehr als 20 Jahre Berufserfahrung in der Biotechnologie- und Pharmabranche und war Arzt in Berlin and Ulm.</t>
-[...3 lines deleted...]
-        <v>276</v>
+          <t>Christian Weigand studierte Diplom Informatik an der Friedrich Alexaner Universität in Erlangen und arbeitet seit ca. 25 Jahren im Bereich der Telemedizin am Fraunhofer IIS und anderen Wirtschaftsunternehmen.In zahlreichen Forschungs und Industrie-Projekten hat er dabei die Implementierung medizinischer Kommunikationsstandards (wie POCT-1A, HL7, FHIR, ISO 11073) vorangetrieben und Interoperabilität gelebt. Die hier gesammelte Erfahrung setzt er am Fraunhofer IIS als Leiter des Mobile Health Lab und vormals in der dmac GmbH als CTO bei der Beratung zum Thema DiGA und DiPA Interoperabilität sowie Datenschutz &amp; Datensicherheit ein. In diesen Projekten arbeitet er eng mit DiGA-Herstellern, Pflege- und Arztpraxisverwaltungsherstellern sowie Vertretern der Medizininformatik Initiative in Bezug auf Interoperabilität zusammen. Als Projektpartner im gaia-x Projekt TEAM-X bringt er ebenso seine Erfahrung ein und gestaltet so den Healthbereich von gaia-x und zukünftige Dataspaces, wie den EHDS, mit. </t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>Kommunikationsstandards (wie POCT-1A, HL7, FHIR, ISO 11073), DiGA und DiPA, Medical Information Objects (MIO) speziell für DiGA, semantische Interoperabilität SnomedCT, Loinc</t>
+        </is>
       </c>
       <c r="D323">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>"Interoperabilität im Gesundheitswesen ist die Basis für die digitale Transformation des Gesundheitswesens."Dr. Christian Richter ist seit 2015 selbstständig in seiner Augenarztpraxis "Dr. Richter &amp; Dr. Richter Fachärzte für Augenheilkunde Partnerschaft" tätig. Zuvor absolvierte er von 2009 bis 2014 seine Facharztausbildung für Augenheilkunde in Düsseldorf und Freiburg. Er besitzt einen Master of Arts in Digitale Transformation von der IU Internationale Hochschule, den er 2024 abschloss, sowie ein Hochschulzertifikat als Datenschutzexperte 120h). Sein Medizinstudium absolvierte er von 2002 bis 2008 in Göttingen und Dresden.Dr. Richter ist aktiv in verschiedenen beruflichen und ehrenamtlichen Gremien. Er ist Mitglied zweier DIN-Arbeitskreise. Des Weiteren ist er Mitglied des Ausschusses für Patientensicherheit und Qualitätssicherung der Landesärztekammer Baden-Württemberg (LÄK BaWü). Zudem engagiert er sich in der Vertreterversammlung der Bezirksärztekammer Südbaden, im Ausschuss Junge Kammer sowie im Ausschuss Patientensicherheit und Qualitätsmanagement der Landesärztekammer Baden-Württemberg.Darüber hinaus leitet er das Ressort Struktur, Technik, Qualitätsmanagement und Praxisführung im Berufsverband der Augenärzte Deutschlands e.V. (BVA), wo er auch als Bezirksvorsitzender und Delegierter tätig ist.</t>
+          <t>Christina Starfinger studierte Medizinische Informatik an der Universität Heidelberg/ Fachhochschule Heilbronn und besitzt einen PhD in Biomedical Engineering der University of Canterbury in Christchurch, Neuseeland.Frau Starfinger verfügt über langjährige Erfahrung in der IT-Betreuung von klinischen Anwendungen, insbesondere im Krankenhausinformationssystem-Bereich. Hier war Sie für eine große Klinikkette erst als Anwendungsbetreuerin, später als Teamleitung der Anwendungsentwicklung und auch übergreifend für das Produktmanagement des eingesetzten KIS zuständig.Ihr Fachwissen wird ergänzt durch tiefgehende Erfahrung im Bereich der Subsystem-Schnittstellenanbindung (HL7v2), sowie der Fachanwendungen für die Telematikinfrastruktur, bei denen Frau Starfinger für ePA, NFDM, eMP und KIM eine konzeptionelle Rolle innehatte, um die Prozesse und Abläufe im Krankenhaus bestmöglich zu unterstützen.Seit August 2025 ist Frau Starfinger bei der Dedalus Healthcare GmbH als Produktmanagerin Patientenportal tätig und verbindet in dieser Rolle ihre Erfahrungen aus dem Klinikalltag mit der Leidenschaft für digitale Lösungen, die einen echten Mehrwert schaffen - für Patienten, für Mitarbeitende und für das Gesundheitssystem insgesamt.</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Datenschutz; Datensicherheit; Digitale Transformation; Digitalisierung im Gesundheitswesen; klinische Terminologien; Augenheilkunde, Change Management, Reifegradmodell</t>
+          <t>Prozessmanagement im Krankenhaus, Digitalisierung von Prozessen, Krankenhausinformationssystem (KIS), Fachanwendungen der TI (ePA, NFDM, eMP, KIM), Schnittstellen (HL7v2), Integration von Anwendungen in Krankenhausprozesse</t>
         </is>
       </c>
       <c r="D324">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Christian Ruff studierte Medizin- und Automatisierungstechnik. Bereits während des Studiums sammelte er relevante Berufserfahrung im Bereich Softwareentwicklung. Nach seiner Zeit in der Technik wechselte er ins Produktmanagement für Medizinprodukte. Hier begleitete er die Entwicklung verschiedener IOT-und Plattform-Anwendungen und führe die Produkte u.a. in Asien, USA und Europa ein. Nach weiteren Erfahrungen im Bereich Medikationsmanagement gründete er QraGo. QraGo ist die führende Plattform zur Vermittlung und Monitoring von Patienten- und Materialfahrten.</t>
+          <t>Christof Schelian hat mehr als 20 Jahre Erfahrung in der Softwareentwicklung im medizinischen Bereich (AMTS Sektor). Er ist verantwortlich für den kompletten Application Life Cycle bei der RpDoc Solutions GmbH. Qualitätsmanagement und Risikomanagement liegt in seiner DNA und durch die jahrelange Erfahrung vom Softwareentwickler, Konzeptioner, Architekt, Projektmanager bis hin zum CTO/CDO arbeitet er in verschiedenen Arbeits-/Projektgruppen mit:Mitglied in folgenden bvitg Arbeitsgruppen: Arzneimittelverordnungstherapiesicherheit (AVTS), Datenschutz und IT-Sicherheit, Interoperabilität und Standardisierung, KIS/klinische IT, IT in der ambulanten Versorgung, Politik.Mitglied in folgenden bvitg Projektarbeitsgruppen: ePA für Alle, TI 2.0.Mitglied in der gematik Arbeitsgruppe ISiKKooperatives Mitglied in HL7 Deutschland</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>10 Jahre Berufserfahrung im Gesundheitswesen; Anwendungsentwicklung Operationssaal-Management; Produktmanagement von IOT Produkten im Medizintechnik; Umfeld und Gesundheitswesen: Produktmanagement im Bereich Medikationsmanagement; Expertenwissen im Bereich Heil-und Hilfsmittel speziell Krankenbeförderung; Gründung eigener Firma, bundesweites Management von Krankenfahrten; Austausch von Daten mit Leistungserbringern, Krankenkassen</t>
+          <t>Technische Standards (HL7, FHIR, Webtechnologien); Technische Realisierung neue Versorgungsformen gerade im intersektoralen Bereich zur Förderung der Interoperabilität; Softwareentwicklung im Bereich AMTS; Erfahrung im KIS,- PVS Umfeld; gematik Spezifikationen; Datenschutz und Datensicherheit in der IT; Medizinprodukten im Softwarebereich</t>
         </is>
       </c>
       <c r="D325">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Christian Weigand studierte Diplom Informatik an der Friedrich Alexaner Universität in Erlangen und arbeitet seit ca. 25 Jahren im Bereich der Telemedizin am Fraunhofer IIS und anderen Wirtschaftsunternehmen.In zahlreichen Forschungs und Industrie-Projekten hat er dabei die Implementierung medizinischer Kommunikationsstandards (wie POCT-1A, HL7, FHIR, ISO 11073) vorangetrieben und Interoperabilität gelebt. Die hier gesammelte Erfahrung setzt er am Fraunhofer IIS als Leiter des Mobile Health Lab und vormals in der dmac GmbH als CTO bei der Beratung zum Thema DiGA und DiPA Interoperabilität sowie Datenschutz &amp; Datensicherheit ein. In diesen Projekten arbeitet er eng mit DiGA-Herstellern, Pflege- und Arztpraxisverwaltungsherstellern sowie Vertretern der Medizininformatik Initiative in Bezug auf Interoperabilität zusammen. Als Projektpartner im gaia-x Projekt TEAM-X bringt er ebenso seine Erfahrung ein und gestaltet so den Healthbereich von gaia-x und zukünftige Dataspaces, wie den EHDS, mit. </t>
+          <t>Prof. Dr. Christof von Kalle, Professor für Klinisch-Translationale Wissenschaften am Berlin Institute of Health (BIH) und der Charité – Universitätsmedizin Berlin, ist Gründungsdirektor und BIH Chair des gemeinsamen Klinischen Studienzentrums von BIH und Charité. Neben seiner Expertise im Bereich der Hämatologie und Onkologie (Forschungsschwerpunkt Stammzellforschung, Mutationsanalyse, molekulare Tumortherapie und Gentherapie), verfügt er über umfangreiche Erfahrungen in der Translation, d.h. in der Übertragung von Ergebnissen aus der Forschung in die klinische Anwendung, sowie in der digitalen Vernetzung von Forschung und Gesundheitsversorgung. Von Februar 2019 bis Februar 2023 war Prof. von Kalle Mitglied des Sachverständigenrates zur Begutachtung der Entwicklung im Gesundheitswesen.</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Kommunikationsstandards (wie POCT-1A, HL7, FHIR, ISO 11073), DiGA und DiPA, Medical Information Objects (MIO) speziell für DiGA, semantische Interoperabilität SnomedCT, Loinc</t>
+          <t>Hämatologie und Onkologie (Forschungsschwerpunkt Stammzellforschung, Mutationsanalyse, molekulare Tumortherapie und Gentherapie), Klinisch-Translationale Forschung, Digitalisierung im Gesundheitswesen  </t>
         </is>
       </c>
       <c r="D326">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B327" t="inlineStr">
-        <is>
-[...52 lines deleted...]
-      <c r="B330" t="inlineStr">
         <is>
           <t>Ab 2005, Studium der Informatik mit Schwerpunkt "Software &amp;amp; Information Engineering" an der Technischen Universität Wien. Im Masterstudium ab 2009 dann Spezialisierung auf Medizinische Informatik. Abschlussarbeit zum Thema "Animal Health Record".
 Nach dem Studium erfolgte Mitarbeit bei dem Forschungsprojekt "Animal Health Record" (Semantische Interoperabilität in der Veterinärmedizin-IT im Zusammenhang mit Veterinärmedizinern, Kliniken, Tierbesitzer und Nutztierhalter).
 Seit 2015 Unterstützung in der Lehre und Forschung an der Technischen Universität Wien. Vorträge und Publikationen zu diversen eHealth Themen (u.a. HL7 FHIR, openEHR, Terminologien, Serious Gaming/Behaviour Change Techniques, mHealth Solutions).
 Seit 2017 tätig in der Softwareentwicklung im eHealth Bereich bei RISE (Konnektor, ePA). Derzeit tätig als Product Owner für den RISE Konnektor.
 Seit 2019 Mitwirkung/Teilnahme beim Verein HL7 Austria.
 Mitglied bei ACM und IEEE.</t>
         </is>
       </c>
-      <c r="C330" t="s">
+      <c r="C327" t="s">
         <v>284</v>
       </c>
+      <c r="D327">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>285</v>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>Seit 1998 bin ich verantwortlich für die Entwicklung von Tumordokumentations- und Therapieplanungssoftware in der Onkologie und habe maßgeblich das System "megaMANAGER™" (megapharm GmbH von 1998 - 2010) entwickelt, dass in ca. 70 onkologischen Praxen (Therapieplanung) und ca. 130 Kliniken (Dokumentation für die Zertifizierung nach OnkoZert) zum Einsatz kam. Seit 2010 verantworte ich als Bereichsleiter "Medizinische IT und Softwarelösungen" der alanta health service GmbH u.a. die Entwicklung des Systems "oncotrace". Diese Software deckt die Funktionsbereiche Planung systemischer Therapien, elektronische Kommunikation mit herstellenden Apotheken patientenindividueller Infusionslösungen, Dokumentation hämatologischer und onkologischer Erkrankungen und Meldung an die klinischen Krebsregister ab und ist in ca. 100 MVZs und Onkologischen Schwerpunktpraxen, ca. 30 Apotheken, 2 Zentren der Versorgungs- und medizinischen Forschung in Betrieb. Durch Kooperationen mit dem Deutschen Onkologie Centrum und einer Arbeitgruppe am Alfried Krupp Krankenhaus in Essen war ich maßgeblich an der Entwicklung des Basisdatensatzes für die Darmkrebszentren beteiligt. Von 2008 bis 2012 arbeitete ich in der Arbeitsgruppe "Einheitlicher Onkologischer Basisdatensatz" der Deutschen Krebsgesellschaft mit, der das Ziel hatte einen onkologischen Standarddatensatz unter Nutzung internationaler Standards (HL7 CDA) umzusetzen ( https://wiki.hl7.de/index.php?title=Onkologische_Versorgung_(Projekt) ).</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Langjährige Entwicklungserfahrung in den Bereichen: Planung systemsicher Therapien, Tumordokumentation insb. Krebsregistermeldungen, Sektorübergreifende, Kommunikation, Schnittstellen zu Arzt-Informations-Systemen; Mitarbeit an der Definition von Datensätzen in der Onkologie z.B. für die Darmkrebszentren</t>
+        </is>
+      </c>
+      <c r="D328">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="s">
+        <v>286</v>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>Seit 2021 begleite ich die Einführung und Weiterentwicklung von des Deutschen Elektronischen Melde- und Informationssystems für den Infektionsschutz (DEMIS). Wir haben erfolgreich die Meldung von Infektionserregern und Infektionskrankheiten während der Covid-19 Pandemie eingeführt, ebenso wie weitere Surveillance-Systeme, wie die Meldung Meldung der Krankenhausbettenbelegung und Upload von Genomsequenzdaten im Rahmen der Integrierten Genomischen Surveillance</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>Surveillance von übertragbaren Krankheiten und Infektionen sowie Kommunikation mit dem ÖGDFachliche Begleitung und FHIR Profilierung von Laborbefunden (DEMIS-Labormeldung nach §7 IfSG)Semantische Standards (LOINC und SNOMED CT)
+</t>
+        </is>
+      </c>
+      <c r="D329">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="s">
+        <v>287</v>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Paro-ComPas untersucht Defizite in der Parodontitis-Versorgung aus der Patientenperspektive, transferiert die gewonnenen Erkenntnisse in eine digitale Companion-Anwendung für Patienten und testet diese prototypische Anwendung in einer klinischen Studie.</t>
+        </is>
+      </c>
+      <c r="C330"/>
       <c r="D330">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Seit 1998 bin ich verantwortlich für die Entwicklung von Tumordokumentations- und Therapieplanungssoftware in der Onkologie und habe maßgeblich das System "megaMANAGER™" (megapharm GmbH von 1998 - 2010) entwickelt, dass in ca. 70 onkologischen Praxen (Therapieplanung) und ca. 130 Kliniken (Dokumentation für die Zertifizierung nach OnkoZert) zum Einsatz kam. Seit 2010 verantworte ich als Bereichsleiter "Medizinische IT und Softwarelösungen" der alanta health service GmbH u.a. die Entwicklung des Systems "oncotrace". Diese Software deckt die Funktionsbereiche Planung systemischer Therapien, elektronische Kommunikation mit herstellenden Apotheken patientenindividueller Infusionslösungen, Dokumentation hämatologischer und onkologischer Erkrankungen und Meldung an die klinischen Krebsregister ab und ist in ca. 100 MVZs und Onkologischen Schwerpunktpraxen, ca. 30 Apotheken, 2 Zentren der Versorgungs- und medizinischen Forschung in Betrieb. Durch Kooperationen mit dem Deutschen Onkologie Centrum und einer Arbeitgruppe am Alfried Krupp Krankenhaus in Essen war ich maßgeblich an der Entwicklung des Basisdatensatzes für die Darmkrebszentren beteiligt. Von 2008 bis 2012 arbeitete ich in der Arbeitsgruppe "Einheitlicher Onkologischer Basisdatensatz" der Deutschen Krebsgesellschaft mit, der das Ziel hatte einen onkologischen Standarddatensatz unter Nutzung internationaler Standards (HL7 CDA) umzusetzen ( https://wiki.hl7.de/index.php?title=Onkologische_Versorgung_(Projekt) ).</t>
-[...6 lines deleted...]
-      </c>
+          <t>Patient-reported Outcomes (PROs) capturing e.g., quality of life, fatigue, depression, medicationside-effects or disease symptoms, have become important outcome parameters in medical research and dailyclinical practice. Electronic PRO data capture (ePRO) with software packages to administer questionnaires, storingdata, and presenting results has facilitated PRO assessment in hospital settings. Compared to conventionalpaper-pencil versions of PRO instruments, ePRO is more economical with regard to staff resources and time, and allows immediate presentation of results to the medical staff. The objective of our project was to develop software (CHES – Computer-based Health Evaluation System) for ePROin hospital settings and at home with a special focus on the presentation of individual patient’s results. Holzner et al. BMC Medical Informatics and Decision Making 2012, 12:126http://www.biomedcentral.com/1472-6947/12/126</t>
+        </is>
+      </c>
+      <c r="C331"/>
       <c r="D331">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Seit 2021 begleite ich die Einführung und Weiterentwicklung von des Deutschen Elektronischen Melde- und Informationssystems für den Infektionsschutz (DEMIS). Wir haben erfolgreich die Meldung von Infektionserregern und Infektionskrankheiten während der Covid-19 Pandemie eingeführt, ebenso wie weitere Surveillance-Systeme, wie die Meldung Meldung der Krankenhausbettenbelegung und Upload von Genomsequenzdaten im Rahmen der Integrierten Genomischen Surveillance</t>
-[...7 lines deleted...]
-      </c>
+          <t>ConnectCF ist eine App, mit der Patientin, die an der unheilbaren Lungenerkrankung Mukoviszidose, auch Cystische Fibrose (CF) genannt, leiden, mit dem interdisziplinären Behandlungsteam während der CFTR-Modulartherapie, kommunizieren können. Die Kommunikation kann auch über einen Webzugang erfolgen. conneCT CF soll den Betroffenen ermöglichen, den vereinbarten Behandlungsplan selbstständig umzusetzen und somit Exazerbationen zu verringern, welche ansonsten zu weiteren Therapien und Krankenhausaufenthalten führen würden. Die Therapie beinhaltet ein persönliches Coaching, und über die APP finden Videosprechstunden mit dem behandelnden Arzt statt, wodurch eine verbesserte Therapieadhärenz als auch eine frühzeitige ärztliche Intervention ermöglicht werden. Diese neue Therapieform ermöglicht es dem Patienten, die komplexe Behandlung in einem häuslichen Umfeld fachgerecht umzusetzen. Damit soll eine Entlastung sowohl der Patienten als auch ihrer Angehörigen bewirkt und eine Verbesserung der Lebensqualität erreicht werden.</t>
+        </is>
+      </c>
+      <c r="C332"/>
       <c r="D332">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Paro-ComPas untersucht Defizite in der Parodontitis-Versorgung aus der Patientenperspektive, transferiert die gewonnenen Erkenntnisse in eine digitale Companion-Anwendung für Patienten und testet diese prototypische Anwendung in einer klinischen Studie.</t>
-[...2 lines deleted...]
-      <c r="C333"/>
+          <t>Mein Name ist Cora Schulze. Ich arbeite seit 1992 in ambulanten Einrichtungen des Gesundheitswesens. Aufgrund meiner beruflichen Entwicklung habe ich sowohl Erfahrung in der direkten Patientenversorgung als auch im Leitungsbereich. Zu meinen Tätigkeiten gehörte immer die Weiterentwicklung der Einrichtungen in allen Ebenen. Dies schloss sowohl die Implementierung und den Ausbau der EDV als auch zuletzt die Anbindung einer Einrichtung an die Telematikinfrastruktur (TI) mit ein. Ich interessiere mich für die Aufnahme in den IOP-Expertenkreis der gematik, da ich ein Verbesserungspotential in Bezug auf die Kommunikation, Vernetzung und die Patientenversorgung sehe. Um dies zu erreichen, möchte ich meine langjährige Erfahrung im ambulanten Bereich mit einbringen.</t>
+        </is>
+      </c>
+      <c r="C333" t="s">
+        <v>291</v>
+      </c>
       <c r="D333">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Patient-reported Outcomes (PROs) capturing e.g., quality of life, fatigue, depression, medicationside-effects or disease symptoms, have become important outcome parameters in medical research and dailyclinical practice. Electronic PRO data capture (ePRO) with software packages to administer questionnaires, storingdata, and presenting results has facilitated PRO assessment in hospital settings. Compared to conventionalpaper-pencil versions of PRO instruments, ePRO is more economical with regard to staff resources and time, and allows immediate presentation of results to the medical staff. The objective of our project was to develop software (CHES – Computer-based Health Evaluation System) for ePROin hospital settings and at home with a special focus on the presentation of individual patient’s results. Holzner et al. BMC Medical Informatics and Decision Making 2012, 12:126http://www.biomedcentral.com/1472-6947/12/126</t>
-[...2 lines deleted...]
-      <c r="C334"/>
+          <t>Aktuelles Beschäftigungsfeld ist die Koordination der lokalen Biobanken des Deutschen Krebsforschungs Konsortiums (DKTK) innerhalb der Clinical Communication Platform (CCP-Bio) für das Deutsche Krebsfoschungs Zentrum (DKFZ). Die Arbeit steht an der Schnittstelle zwischen dem akademischen Biobanking und diversen IT-Netzwerken, an die die Biobanken angeschlossen werden sollen (Datensatzdefiniton, Standards, Workflows in der Probenanfrage). Die Ausrichtung auf das Biobanking begann als IT-Koordinatorin des German Biobank Node (GBN) mit den IT-Entwicklern und den lokalen IT-Administratoren der Biobankstandorte. Es ging hauptsächlich um die Kommunikation der Bedürfnisse der Stakeholder an die IT-Spezialisten und Prüfung der Implementierungen. Immer in enger Absprache mit den IT-Expertenzentren und den Biobank-Standorten innerhalb Deutschlands. Auf Europa hat sich der Fokus erweitert durch die Zusammenarbeit mit dem Common Service IT (CS IT) des BBMRI-ERIC sowohl in der Rolle als nationale Knotenpunkt-Kontaktperson, sowie als Mitglied in der Arbeitsgruppe zur Überarbeitung des MIABIS Standards.</t>
+        </is>
+      </c>
+      <c r="C334" t="s">
+        <v>293</v>
+      </c>
       <c r="D334">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>ConnectCF ist eine App, mit der Patientin, die an der unheilbaren Lungenerkrankung Mukoviszidose, auch Cystische Fibrose (CF) genannt, leiden, mit dem interdisziplinären Behandlungsteam während der CFTR-Modulartherapie, kommunizieren können. Die Kommunikation kann auch über einen Webzugang erfolgen. conneCT CF soll den Betroffenen ermöglichen, den vereinbarten Behandlungsplan selbstständig umzusetzen und somit Exazerbationen zu verringern, welche ansonsten zu weiteren Therapien und Krankenhausaufenthalten führen würden. Die Therapie beinhaltet ein persönliches Coaching, und über die APP finden Videosprechstunden mit dem behandelnden Arzt statt, wodurch eine verbesserte Therapieadhärenz als auch eine frühzeitige ärztliche Intervention ermöglicht werden. Diese neue Therapieform ermöglicht es dem Patienten, die komplexe Behandlung in einem häuslichen Umfeld fachgerecht umzusetzen. Damit soll eine Entlastung sowohl der Patienten als auch ihrer Angehörigen bewirkt und eine Verbesserung der Lebensqualität erreicht werden.</t>
-[...2 lines deleted...]
-      <c r="C335"/>
+          <t>Daniel Davin ist Referent für Digitalisierung und eHealth bei der Deutschen Krankenhausgesellschaft e. V. (DKG). Er befasst sich mit der fachlich und prozessual korrekten Ausgestaltung digitaler Anforderungen für Krankenhäuser – insbesondere im Kontext der ePA und der TI sowie bei der standardbasierten elektronischen Dokumentenbereitstellung und dem Datenaustausch, u. a. im MD-Verfahren (eVV). Im Mittelpunkt steht eine praxistaugliche, datensparsame und betrieblich tragfähige Integration in heterogene Systemlandschaften und Krankenhausabläufe, einschließlich regulatorischer Anforderungen – mit dem Ziel einer konsistenten, bundesweit umsetzbaren Lösung im Interesse aller Krankenhäuser.Aus früheren Tätigkeiten bringt er zudem praktische Erfahrungen in der Konzeption, technischen Ausgestaltung und Integration patientennaher Anwendungen und Plattformen (u. a. Terminmanagement, Interoperabilitätsplattformen sowie Portalumfelder) mit. Diese Perspektive aus Hersteller- und Implementierungsprojekten fließt in die aktuelle Arbeit bei der DKG ein, insbesondere zur Bewertung von Umsetzbarkeit, Anforderungen und Standardisierungsbedarfen in den Krankenhäusern. </t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>Patientenportale im Krankenhaus, Primärsysteme/KIS und Schnittstellen, ePA/Telematikinfrastruktur, Interoperabilität und Standardisierung (u. a. ISiK, HL7 v2, FHIR, IHE, KDL), Dokumentenmanagement (u.a. IO-Plattformen, eVV), Resilienz</t>
+        </is>
+      </c>
       <c r="D335">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Mein Name ist Cora Schulze. Ich arbeite seit 1992 in ambulanten Einrichtungen des Gesundheitswesens. Aufgrund meiner beruflichen Entwicklung habe ich sowohl Erfahrung in der direkten Patientenversorgung als auch im Leitungsbereich. Zu meinen Tätigkeiten gehörte immer die Weiterentwicklung der Einrichtungen in allen Ebenen. Dies schloss sowohl die Implementierung und den Ausbau der EDV als auch zuletzt die Anbindung einer Einrichtung an die Telematikinfrastruktur (TI) mit ein. Ich interessiere mich für die Aufnahme in den IOP-Expertenkreis der gematik, da ich ein Verbesserungspotential in Bezug auf die Kommunikation, Vernetzung und die Patientenversorgung sehe. Um dies zu erreichen, möchte ich meine langjährige Erfahrung im ambulanten Bereich mit einbringen.</t>
+          <t>Dr. Daniel Fallscheer besitzt langjährige Erfahrung in verschiedenen Positionen bei führenden Unternehmen im Bereich Medizintechnik, Medizinprodukte und Pharma. 2020 hat er DasLab gegründet, welches den digitalen Zugriff auf medizinische Labortests vereinfacht und Interoperabilität auf Basis von FHIR, LOINC und SNOMED sicherstellt.</t>
         </is>
       </c>
       <c r="C336" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D336">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Aktuelles Beschäftigungsfeld ist die Koordination der lokalen Biobanken des Deutschen Krebsforschungs Konsortiums (DKTK) innerhalb der Clinical Communication Platform (CCP-Bio) für das Deutsche Krebsfoschungs Zentrum (DKFZ). Die Arbeit steht an der Schnittstelle zwischen dem akademischen Biobanking und diversen IT-Netzwerken, an die die Biobanken angeschlossen werden sollen (Datensatzdefiniton, Standards, Workflows in der Probenanfrage). Die Ausrichtung auf das Biobanking begann als IT-Koordinatorin des German Biobank Node (GBN) mit den IT-Entwicklern und den lokalen IT-Administratoren der Biobankstandorte. Es ging hauptsächlich um die Kommunikation der Bedürfnisse der Stakeholder an die IT-Spezialisten und Prüfung der Implementierungen. Immer in enger Absprache mit den IT-Expertenzentren und den Biobank-Standorten innerhalb Deutschlands. Auf Europa hat sich der Fokus erweitert durch die Zusammenarbeit mit dem Common Service IT (CS IT) des BBMRI-ERIC sowohl in der Rolle als nationale Knotenpunkt-Kontaktperson, sowie als Mitglied in der Arbeitsgruppe zur Überarbeitung des MIABIS Standards.</t>
+          <t>Als Product Owner im Bereich der Systemintegration verantwortet Daniel Pfeil die Anbindung von Primär- und Drittsystemen an die Health Intelligence Platform der vitagroup AG. Der Einsatz offener Standards wie HL7 FHIR und OpenEHR an diesen Schnittstellen zur Datenübertragung sowie für die Datenspeicherung ermöglicht die Entwicklung zukunftssicherer Software. Im Rahmen der NUM Codex Forschungsdatenplattform war Daniel Pfeil für die Entwicklung des zugehörigen Benutzerportals verantwortlich.</t>
         </is>
       </c>
       <c r="C337" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D337">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Dr. Daniel Fallscheer besitzt langjährige Erfahrung in verschiedenen Positionen bei führenden Unternehmen im Bereich Medizintechnik, Medizinprodukte und Pharma. 2020 hat er DasLab gegründet, welches den digitalen Zugriff auf medizinische Labortests vereinfacht und Interoperabilität auf Basis von FHIR, LOINC und SNOMED sicherstellt.</t>
-[...3 lines deleted...]
-        <v>295</v>
+          <t>Dr. Daniel Schmidt ist seit 2012 beim Robert Koch-Institut als Infektionsepidemiologe in leitenden Positionen tätig.Forschungsschwerpunkte umfassen die Bereiche HIV-Epidemie und HIV-PrEP sowie die Versorgungsforschung und Analyse von Sekundärdaten, wie Apothekenabrechnungsdaten und Routinedaten von Krankenkassen.Er war Leiter der gesetzlichen Evaluation der HIV-PrEP als GKV-Leistung und baute im Anschluss eine PrEP-Surveillance auf. Im Rahmen der PrEP-Surveillance leitete er die Entwicklung eines MIO für die HIV-PrEP.Derzeit ist er in leitender Funktion in einem EU-Projekt zur Nutzbarmachung von Sekundärdaten, einschließlich Daten aus der ePA und dem EHDS für Surveillancezwecke, tätig.Dr. Schmidt hat zahlreiche Publikationen als Erst- sowie Letztautor verfasst. Siehe hierzu Veröffentlichungen auf https://www.rki.de/hiv-prepsurv und https://www.rki.de/eve-prep</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>Infektionsepidemiologie, HIV, HIV-Präexpositionsprophylaxe (PrEP)Entwicklung eines MIO für die HIV-PrEPNutzbarmachung von Sekundärdaten, einschließlich Daten aus der ePA und dem EHDS für SurveillancezweckeVersorgungsforschung, Analyse von Sekundärdaten, wie Apothekenabrechnungsdaten und Routinedaten von Krankenkassen</t>
+        </is>
       </c>
       <c r="D338">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B339" t="inlineStr">
-        <is>
-[...32 lines deleted...]
-      <c r="B341" t="inlineStr">
         <is>
           <t>Die studierte Medizininformatikerin Daniela Aufermann ist hauptberuflich als Chief Digital Officer (CDO) an der Vestischen Kinder- und Jugendklinik / Vestische Caritas-Kliniken GmbH in Datteln beschäftigt und verantwortet die Digitalisierungsstrategie der VCK GmbH sowie deren Umsetzung. Davor hat sie u.a. in der Position der Abteilungsleitung IT-Projektmanagement fünf Jahre lang große IT- und Organisationsprojekte (u.a. Telematikinfrastruktur, Medikation) am UKM geleitet. Begonnen hat sie ihre Karriere als Consultant für Radiologieinformationssysteme / Schnittstellenexpertin für die Anbindung RIS/PACS bei der iSOFT Health GmbH.
 Nebenberuflich ist sie als Lehrbeauftragte für Digital Health und Gesundheitstechnologie an der APOLLON Hochschule der Gesundheitswirtschaft in Bremen tätig.
 Sie engagiert sich zudem ehrenamtlich im Verein Purpose:Health.eV. mit dem Ziel, einen sinnorientierten und nachhaltigen Wandel des Gesundheitssystems mitzugestalten. Hier hat sie die AG "Digitalisierung und Prozessentwicklung im Krankenhaus", die KH-CDOs vernetzt, mit aufgebaut und leitet diese.</t>
         </is>
       </c>
-      <c r="C341" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C339" t="s">
+        <v>301</v>
+      </c>
+      <c r="D339">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="s">
+        <v>302</v>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Dr. Danny Ammon ist Medizininformatiker und leitet das Datenintegrationszentrum am Universitätsklinikum Jena, das für eine optimale Umsetzung von Data-Use-and-Access-Verfahren in Krankenversorgung und biomedizinischer Forschung dient. Er ist seit mehr als 10 Jahren in den Bereichen Verarbeitung, Übertragung und technischer Standardisierung der Dokumentation in Gesundheitseinrichtungen tätig. Vor diesem Hintergrund arbeitet er auch aktiv in den deutschen Landesvertretungen internationaler Standardisierungsorganisationen wie IHE und HL7 an Spezifikationen für die Interoperabilität im Gesundheitswesen mit. Seine Interessensschwerpunkte betreffen die digitale Transformation von Kernprozessen der Universitätsmedizin, im Bereich der Patientenbehandlung wie auch der Durchführung von Forschungsprojekten.</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>Einsatz von prozessualen, syntaktischen und semantischen Standards, Dokumentationssystemen und -prozessen in der UniversitätsmedizinManagement und Nutzung von Behandlungs- und Forschungsdaten </t>
+        </is>
+      </c>
+      <c r="D340">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="s">
+        <v>303</v>
+      </c>
+      <c r="B341"/>
+      <c r="C341"/>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Dr. Danny Ammon ist Medizininformatiker und leitet das Datenintegrationszentrum am Universitätsklinikum Jena, das für eine optimale Umsetzung von Data-Use-and-Access-Verfahren in Krankenversorgung und biomedizinischer Forschung dient. Er ist seit mehr als 10 Jahren in den Bereichen Verarbeitung, Übertragung und technischer Standardisierung der Dokumentation in Gesundheitseinrichtungen tätig. Vor diesem Hintergrund arbeitet er auch aktiv in den deutschen Landesvertretungen internationaler Standardisierungsorganisationen wie IHE und HL7 an Spezifikationen für die Interoperabilität im Gesundheitswesen mit. Seine Interessensschwerpunkte betreffen die digitale Transformation von Kernprozessen der Universitätsmedizin, im Bereich der Patientenbehandlung wie auch der Durchführung von Forschungsprojekten.</t>
+          <t>Denis Schehl hat eine über 12-Jährige Expertise in den Bereichen Medizintechnische Fachplanung und Medizintechnisches Risikomanagement. Am Universitätsklinikum Köln verantwortet er eigenverantwortlich große Projekte und begleitet u.a. intensiv eine flächendeckende Einführung eines Patientendatenmanagementsystems. Er beschäftigt sich dabei u.a. mit der Vernetzung von Medizingeräten und den regulatorischen Anforderungen an solche Kombinationen aus der Betreibersicht. Hierbei liegt sein Fokus u.a. auf der Umsetzung der DIN EN IEC 80001-1:2023. Neben seiner fachlichen Kompetenz legt er großen Wert auf pragmatische und wirtschaftliche Lösungen. </t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Einsatz von prozessualen, syntaktischen und semantischen Standards, Dokumentationssystemen und -prozessen in der UniversitätsmedizinManagement und Nutzung von Behandlungs- und Forschungsdaten </t>
+          <t>Vernetzte Medizintechnik, Integration Medizintechnik in Patientendatenmanagementsysteme, Regulatorische Betreibersicht für ordnungsgemäße Verwendung von Medizingeräten, Medizintechnisches Risikomanagement &amp; Investitionsplanung</t>
         </is>
       </c>
       <c r="D342">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-      <c r="C343"/>
+        <v>305</v>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Dennis Kadioglu ist stellvertretender Direktor des Instituts für Medizinische Informatik (IMI) und Operativer Leiter des Datenintegrationszentrums (DIZ) an der Universitätsmedizin Frankfurt. Seit seinem Studium der Medizinischen Informatik an der Fachhochschule Dortmund beschäftigt er sich mit Projekten hin zu einer metadatengestützten Datennutzung, insbesondere in kollaborativen Forschungsnetzwerken und beim Aufbau von Patientenregistern. Viele Aktivitäten stehen im Zusammenhang mit der Entwicklung eines ISO 11179-basierten Metadaten-Repository, dem Data Element Hub (DEHub). Zudem war er von 2017 bis 2024 einer der Sprecher der GMDS e.V. Arbeitsgruppe "Nutzung von elektronischen Patientenakten für die klinische Forschung". Im Jahr 2021 startete er außerdem gemeinsam mit Kollegen aus der medizinischen Informatik eine Initiative, um die Entwicklung eines Minimal Information Model for Data Dictionaries voranzutreiben.</t>
+        </is>
+      </c>
+      <c r="C343" t="s">
+        <v>306</v>
+      </c>
+      <c r="D343">
+        <v>0</v>
+      </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Denis Schehl hat eine über 12-Jährige Expertise in den Bereichen Medizintechnische Fachplanung und Medizintechnisches Risikomanagement. Am Universitätsklinikum Köln verantwortet er eigenverantwortlich große Projekte und begleitet u.a. intensiv eine flächendeckende Einführung eines Patientendatenmanagementsystems. Er beschäftigt sich dabei u.a. mit der Vernetzung von Medizingeräten und den regulatorischen Anforderungen an solche Kombinationen aus der Betreibersicht. Hierbei liegt sein Fokus u.a. auf der Umsetzung der DIN EN IEC 80001-1:2023. Neben seiner fachlichen Kompetenz legt er großen Wert auf pragmatische und wirtschaftliche Lösungen. </t>
-[...5 lines deleted...]
-        </is>
+          <t>Seit 2018 Geschäftsführer labdock GmbH
+Seit einiger Zeit aus verschiedenen Blickrichtungen an einer papierlosen und barrierefreien Kommunikation zwischen den verschiedenen Teilnehmern in der medizinischen Kommunikation interessiert. Sehr nah erreicht mit den technischen Möglichkeiten unseres intersektoral arbeitenden Laborinformationssystems smartLIS.</t>
+        </is>
+      </c>
+      <c r="C344" t="s">
+        <v>308</v>
       </c>
       <c r="D344">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Dennis Kadioglu ist stellvertretender Direktor des Instituts für Medizinische Informatik (IMI) und Operativer Leiter des Datenintegrationszentrums (DIZ) an der Universitätsmedizin Frankfurt. Seit seinem Studium der Medizinischen Informatik an der Fachhochschule Dortmund beschäftigt er sich mit Projekten hin zu einer metadatengestützten Datennutzung, insbesondere in kollaborativen Forschungsnetzwerken und beim Aufbau von Patientenregistern. Viele Aktivitäten stehen im Zusammenhang mit der Entwicklung eines ISO 11179-basierten Metadaten-Repository, dem Data Element Hub (DEHub). Zudem war er von 2017 bis 2024 einer der Sprecher der GMDS e.V. Arbeitsgruppe "Nutzung von elektronischen Patientenakten für die klinische Forschung". Im Jahr 2021 startete er außerdem gemeinsam mit Kollegen aus der medizinischen Informatik eine Initiative, um die Entwicklung eines Minimal Information Model for Data Dictionaries voranzutreiben.</t>
-[...3 lines deleted...]
-        <v>305</v>
+          <t>Grundlage der Basisprofile und der zukünftigen darauf aufbauenden Spezifikationen sind die DGUV Formtexte. Formtexte wie z. B. der Durchgangsarztbericht o. ä. sind mit den enthaltenen spezifischen Gesundheitsdaten für die Prüfung und Versorgung von Arbeitsunfällen und Berufskrankheiten unerlässlich. Eine standardisierte Erfassung und Übertragung von strukturierten Gesundheitsdaten durch Nutzung der DGUV-Basisprofile führt zukünftig zu einer höheren Effizienz und Genauigkeit bei der Prüfung und Versorgung von Arbeitsunfällen und Berufskrankheiten. KIS-/PVS-Hersteller werden durch den einheitlichen Standard bei der Implementierung entlastet. Die Fachsysteme der Unfallversicherungsträger wiederum werden in die Lage versetzt einheitliche und strukturierte Daten zu verarbeiten. Daten zu Arbeitsunfällen und Berufskrankheiten können zudem zukünftig strukturiert in der ePA abgelegt werden. Die Interoperabilität von Gesundheitsdaten mit Unfallversicherungsbezug wird dadurch umfassend gewährleistet.</t>
+        </is>
+      </c>
+      <c r="C345" t="s" s="4">
+        <v>310</v>
       </c>
       <c r="D345">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Seit 2018 Geschäftsführer labdock GmbH
-[...4 lines deleted...]
-        <v>307</v>
+          <t>Diana Schulze studierte Bioinformatik an der Martin-Luther-Universität Halle-Wittenberg und promovierte anschließend im Bereich Theoretische Chemie / Quantenmechanik.
+Sie verfügt über insgesamt mehr als 15 Jahre Erfahrung in der Konzeption und Umsetzung von Digitalisierungsvorhaben im Gesundheitswesen. Beginnend am Universitätsklinikum Jena erwarb sie umfassende Fachkenntnisse über klinische Prozesse, deren Standardisierung sowie die verwendeten Fachapplikationen und Schnittstellenstandards in nahezu allen Bereichen der universitätsmedizinischen Krankenversorgung.
+Im Rahmen der Etablierung konzernübergreifender digitaler Prozess- und Dokumentationsstandards für eine große Klinikkette vertiefte sie ihre Kenntnisse über die Integration der Fachanwendungen der Telematikinfrastruktur (ePA, NFDM, eMP) in die Prozesslandschaft.
+Derzeit ist Frau Dr. Schulze als Referentin Digitalisierung &amp;amp; eHealth bei der Deutschen Krankenhausgesellschaft e.V. tätig.</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>medizinisches Prozessmanagement (insb. Krankenhäuser, ÖGD)Prozessstandardisierung und -digitalisierungAnforderungsmanagementTelematikinfrastruktur (insb. ePA, NFDM, eMP / dgMP)
+Fachverfahren:
+KIS / KASPDMSLISFachverfahren für Notaufnahme und AnästhesieFachverfahren des ÖGD</t>
+        </is>
       </c>
       <c r="D346">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Grundlage der Basisprofile und der zukünftigen darauf aufbauenden Spezifikationen sind die DGUV Formtexte. Formtexte wie z. B. der Durchgangsarztbericht o. ä. sind mit den enthaltenen spezifischen Gesundheitsdaten für die Prüfung und Versorgung von Arbeitsunfällen und Berufskrankheiten unerlässlich. Eine standardisierte Erfassung und Übertragung von strukturierten Gesundheitsdaten durch Nutzung der DGUV-Basisprofile führt zukünftig zu einer höheren Effizienz und Genauigkeit bei der Prüfung und Versorgung von Arbeitsunfällen und Berufskrankheiten. KIS-/PVS-Hersteller werden durch den einheitlichen Standard bei der Implementierung entlastet. Die Fachsysteme der Unfallversicherungsträger wiederum werden in die Lage versetzt einheitliche und strukturierte Daten zu verarbeiten. Daten zu Arbeitsunfällen und Berufskrankheiten können zudem zukünftig strukturiert in der ePA abgelegt werden. Die Interoperabilität von Gesundheitsdaten mit Unfallversicherungsbezug wird dadurch umfassend gewährleistet.</t>
-[...3 lines deleted...]
-        <v>309</v>
+          <t>Professur der Wirtschaftsinformatik mit Schwerpunkt im Bereich Innovative Gesundheitsversorgung sowie Leiter der Forschungsgruppe innovative Gesundheitsversorgung in der Hochschule Hof, Gewinnung und Leitung diverser Förderprojektefür den Fachbverband FINSOZ e. V.Organisation und Durchführung verschiedenster Schulungen und Workshops zur TI in der Pflege (Anwenderschulungen, Industrieforen mit der gematik)Fachvorträge zur TI auf Messen und Kongressen (zuletzt z. B. Consozial 2022)Mitwirkung in Fachgruppen der gematik, des GKV-SV, der KBV, der mio42 zu ePA, MIO Überleitungsbogen, DiPA, ...Aufbau der Fachgruppe TI beim FINSOZMitorganisator des TI-Fachtags der Diakonie Baden-WürttembergKontakte zu allen relevanten Pflege-SoftwareherstellernLeitung der Fachgruppe zur Entwicklung eines XRechnung sozial StandardsGewinnung und Leiter diverser FörderprojekteKongressbeirat ConSozialBeirat eines sozialen Leistungserbringers</t>
+        </is>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>Primärsysteme der Pflege, Kernprozesse und Schnittstellen der Pflege, Digitalisierung in der Pflege inkl. Künstliche Intelligenz und assistive Systeme, Entwicklung von Interoperabilitätsstandards, Projektmanamgent, eLearning</t>
+        </is>
       </c>
       <c r="D347">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B348" t="inlineStr">
-        <is>
-[...34 lines deleted...]
-      <c r="B350" t="inlineStr">
         <is>
           <t>Im Projekt ‚dasi‘ entwickeln und erproben wir eine App, mit der Patient*innen vor der allgemeinärztlichen Konsultation zu ihren aktuellen Beschwerden und zu ihrer Krankengeschichte befragt werden können.
 Die App nutzt hierfür eine leicht verständliche Sprache und kann perspektivisch in vielen verschiedenen Sprachen verfügbar sein. Die Auswahl der App-Inhalte erfolgt dynamisch, d.h. bestimmte Antworten veranlassen nachfolgende Fragen. Die von den Patient*innen eingegebenen Informationen können als strukturierte (deutschsprachige) Synopse in das Informationssystem einer Praxis übertragen werden und stehen so Praxispersonal und Ärzt*innen zur Verfügung.
 Die App muss nicht heruntergeladen werden. Sie kann über einen Web-Browser an einem PC/Laptop, Tablet oder einem Smartphone genutzt werden.
 Nach der Entwicklung der App wird sie zunächst in einer Vorstudie getestet. Anschließend folgt der Einsatz der App im Rahmen einer Interventionsstudie in Bereitschaftsdienstpraxen.</t>
         </is>
       </c>
+      <c r="C348"/>
+      <c r="D348">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="s">
+        <v>314</v>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Verbesserung der integrierten Versorgung von Patient:innen mit Typ-2 Diabetes mellitus (T2DM) und Parodontitis, einerseits durch hausärztlich initiierte Parodontitis-Versorgung von T2DM-Patient:innen und andererseits durch zahnärztlich initiierte Diabetesversorgung von Parodontitis-Patient:innen</t>
+        </is>
+      </c>
+      <c r="C349"/>
+      <c r="D349">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="s">
+        <v>315</v>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Der Digitale Patienten Manager ist eine Management Sofrware, die es erlaubt Patienten Daten von Sensoren  at home, ePROMs und andere Daten über Patienten ambulant und stationär zu erheben und z.B. für Studienzwecke auszuwerrten. Dies erfolgt insbesondere in Projekten der Versorgungsfprschung.</t>
+        </is>
+      </c>
       <c r="C350"/>
       <c r="D350">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Verbesserung der integrierten Versorgung von Patient:innen mit Typ-2 Diabetes mellitus (T2DM) und Parodontitis, einerseits durch hausärztlich initiierte Parodontitis-Versorgung von T2DM-Patient:innen und andererseits durch zahnärztlich initiierte Diabetesversorgung von Parodontitis-Patient:innen</t>
-[...2 lines deleted...]
-      <c r="C351"/>
+          <t>Chefarzt I. Medizinische Klinik, GPR Klinikum RüsselsheimHämatologe-Onkologe, Gastroenterologe, Fachimmunologe DGfI1. Vorsitzender Rüsselsheimer Hospizhilfe 2. Vorsitzender im Ärztenetz Rhein-Main  </t>
+        </is>
+      </c>
+      <c r="C351" t="s">
+        <v>317</v>
+      </c>
       <c r="D351">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Der Digitale Patienten Manager ist eine Management Sofrware, die es erlaubt Patienten Daten von Sensoren  at home, ePROMs und andere Daten über Patienten ambulant und stationär zu erheben und z.B. für Studienzwecke auszuwerrten. Dies erfolgt insbesondere in Projekten der Versorgungsfprschung.</t>
-[...2 lines deleted...]
-      <c r="C352"/>
+          <t>Als studierter Wirtschaftsinformatiker befasse ich mich seit vielen Jahren mit dem Thema elektronische Rechnungsübermittlung im Bereich der Privatliquidation. Ich habe gemeinsam mit dieversen Abrechnungsdienstleistern die PADneXt entwickelt und bin als Experte im VDDS für die Weiterentwicklung der VDDS-RZ-Schnittstelle tätig. Ich arbeite in unterschiedlichen Projekten an der Gestalung der elektronischen Rechnungsübermittlung mit, um Standards zu setzen.</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>Datenlogistik in der Privatabrechnung von der Datenübermittlung vom Arzt zur Abrechnungsstelle über den Patienten bis zum Kostenträger. Schlagworte sind PAD, PADneXt und HL7, Telematikinfrastruktur, Projektmanagement, RZ-ID</t>
+        </is>
+      </c>
       <c r="D352">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Chefarzt I. Medizinische Klinik, GPR Klinikum RüsselsheimHämatologe-Onkologe, Gastroenterologe, Fachimmunologe DGfI1. Vorsitzender Rüsselsheimer Hospizhilfe 2. Vorsitzender im Ärztenetz Rhein-Main  </t>
+          <t>Seit über 25 Jahren verfolge ich das Ziel, den Nutzen von Pflege nachzuweisen. Als Gründer des Systems für die effiziente Pflegeanalyse (epaSYSTEM) ist es mir ein Anliegen, die berufliche Pflege mit Hilfe strukturierter Daten transparent und bewertbar zu machen. Damit die mit dem Datenmodell des epaSYSTEMS gewonnenen Informationen in allen Sektoren des Gesundheitswesens genutzt werden können, ist die Sicherstellung von Interoperabilität (sowohl semantisch als auch syntaktisch) zwingend erforderlich. So war es nur folgerichtig, dass unsere epa-Terminologie im Jahr 2022 als erste Pflegefachsprache in Deutschland auf SNOMED CT gemappt wurde.Als Leiter der Arbeitsgruppe "Digitalisierung in der Pflege" im bvitg und in meiner Funktion als Gutachter für das Bundesministerium für Gesundheit, das Bundesanstalt für Arbeitsschutz und Arbeitsmedizin, den Deutschen Pflegerat sowie meiner Mitarbeit in Gremien beim BfArM, MIO42 und dem Forum Interoperabilität in der Pflege begleiten mich die Themen rund um Datenaustausch und Datennutzung kontinuierlich.</t>
         </is>
       </c>
       <c r="C353" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D353">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>317</v>
-[...9 lines deleted...]
-        </is>
+        <v>321</v>
+      </c>
+      <c r="B354" t="s">
+        <v>322</v>
+      </c>
+      <c r="C354" t="s">
+        <v>323</v>
       </c>
       <c r="D354">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="B355" t="inlineStr">
-        <is>
-[...14 lines deleted...]
-      <c r="B356" t="inlineStr">
         <is>
           <t>Unsere Software ermöglicht die Durchführung von Telekonsultationen zwischen Pflegekräften im Alten- oder Pflegeheim, medizinischen Fachangestellten (z.B. nicht-ärztliche Praxisassistenz, VERAH, EVA, AGNES etc.), der ambulanten Pflege, der SAPV-Pflegekraft etc. und einem Haus- oder Facharzt. Von einer Telekonsultation oder auch Televisite sprechen wir, wenn eine nichtärztliche Fachkraft unter Beteiligung des Patienten selbst einen Arzt konsultiert, um medizinische Fragen zu klären. Dabei kommt nicht nur Videotelefonie zum Einsatz, sondern auch Medizingeräte, die vor Ort durch die Pflegekraft eingesetzt eine Ferndiagnose durch den Telearzt ermöglichen.
 Wir erwarten folgenden Nutzen
 ...für den Patienten:
  	Schnelle ärztliche Abklärung von Problemen möglich 	Gute hausärztliche Betreuung durch häufigere virtuelle Routine-Hausbesuche 	Weniger Krankenhauseinweisungen 
 ...für die Pflege:
  	Qualitätssteigerung der Betreuung 	Kompetenzaufwertung der Mitarbeiter 	Rechtssicherheit für Pflegende 
 ...für die Ärzte:
  	Gute Ergänzung zu regelmäßigen physischen Hausbesuch (intensivere Betreuung möglich) 	Fahrtzeit für außerplanmäßigen Hausbesuch fällt weg 	Verbesserte Kommunikation mit Pflegepersonal 
 Unsere Software wird als Komponente eines "mobilen Systems" ("medizinischer Rollständer" bzw. Visitenwagen), sowie eines "portablen Systems" ("Tasche" bzw. Rucksack) ausgeliefert.
 </t>
         </is>
       </c>
-      <c r="C356"/>
+      <c r="C355"/>
+      <c r="D355">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>325</v>
+      </c>
+      <c r="B356" t="s">
+        <v>326</v>
+      </c>
+      <c r="C356" s="3">
+        <v>40724</v>
+      </c>
       <c r="D356">
         <v>0</v>
       </c>
     </row>
     <row r="357">
-      <c r="A357" t="s">
-        <v>321</v>
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>Dokumenten Management - Elektronisches Dokumenten-Dateiformat für die Langzeitarchivierung - Teil 3: Anwendung der ISO 32000-1 mit Unterstützung für eingebettete Dateien (PDF/A-3)</t>
+        </is>
       </c>
       <c r="B357" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C357" s="3">
-        <v>40724</v>
+        <v>41182</v>
       </c>
       <c r="D357">
         <v>0</v>
       </c>
     </row>
     <row r="358">
-      <c r="A358" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A358" t="s">
+        <v>327</v>
       </c>
       <c r="B358" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C358" s="3">
-        <v>41182</v>
+        <v>38625</v>
       </c>
       <c r="D358">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B359" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C359" s="3">
-        <v>38625</v>
+        <v>39172</v>
       </c>
       <c r="D359">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B360" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C360" s="3">
-        <v>39172</v>
+        <v>40877</v>
       </c>
       <c r="D360">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>40877</v>
+        <v>328</v>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Dora Walter ist promovierte Biologin der Georg-August-Universität Göttingen mit fachlicher Ausrichtung im medizinischen und humangenetischen Bereich. Nach dem Arbeiten und Agieren im Labor und dessen Umfeld an der Universitätsmedizin Göttingen wurde die Anwendung digitaler Umgebungen zur Wissensbereitstellung und Wissensgenerierung in der Onkologie ab 2016 ihr neuer Fokus im MOLIT Institut Heilbronn. Der Aufbau eines molekularen Tumorboards der Region im Austausch mit Health Professionals war ausschlaggebend für die Mitarbeit auf internationaler Ebene bei der WG HL7 FHIR Clinical Genomics. Seit Ende 2020 ist sie Geschäftsführerin der MOLIT Service, um die Interoperabilität informationstechnischer Systeme im Gesundheitswesen voranzubringen, Konzepte und Strukturen zu schaffen und Organisationen des Gesundheitswesens und Anwender*innen eine Teilhabe an der der personalisierten Medizin zu ermöglichen.</t>
+        </is>
+      </c>
+      <c r="C361" t="s">
+        <v>329</v>
       </c>
       <c r="D361">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Dora Walter ist promovierte Biologin der Georg-August-Universität Göttingen mit fachlicher Ausrichtung im medizinischen und humangenetischen Bereich. Nach dem Arbeiten und Agieren im Labor und dessen Umfeld an der Universitätsmedizin Göttingen wurde die Anwendung digitaler Umgebungen zur Wissensbereitstellung und Wissensgenerierung in der Onkologie ab 2016 ihr neuer Fokus im MOLIT Institut Heilbronn. Der Aufbau eines molekularen Tumorboards der Region im Austausch mit Health Professionals war ausschlaggebend für die Mitarbeit auf internationaler Ebene bei der WG HL7 FHIR Clinical Genomics. Seit Ende 2020 ist sie Geschäftsführerin der MOLIT Service, um die Interoperabilität informationstechnischer Systeme im Gesundheitswesen voranzubringen, Konzepte und Strukturen zu schaffen und Organisationen des Gesundheitswesens und Anwender*innen eine Teilhabe an der der personalisierten Medizin zu ermöglichen.</t>
+          <t>Dr. Dr. Christian Führling, geb. 13.01.1975 in Nürnberg, verheiratet, 2 Kinder.Niedergelassener Apotheker in Nürnberg und wissenschaftlicher Mitarbeiter an der klinischen Pharmakologie der FAU Erlangen-Nürnberg.Mitglied des Expertenrats (Gesundheit) der EU Kommission, Athina Medikationsmanager, GMP Prüfarzt, onkologisch tätiger Pharmazeut.Seit 2004 beteiligt an diversen wissenschaftlichen Projekten.</t>
         </is>
       </c>
       <c r="C362" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="D362">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Dr. Dr. Christian Führling, geb. 13.01.1975 in Nürnberg, verheiratet, 2 Kinder.Niedergelassener Apotheker in Nürnberg und wissenschaftlicher Mitarbeiter an der klinischen Pharmakologie der FAU Erlangen-Nürnberg.Mitglied des Expertenrats (Gesundheit) der EU Kommission, Athina Medikationsmanager, GMP Prüfarzt, onkologisch tätiger Pharmazeut.Seit 2004 beteiligt an diversen wissenschaftlichen Projekten.</t>
+          <t>Dr. Nicole Richardt ist seit 2025 bei der HBSN GmbH, einer Tochtergesellschaft der ]init[ AG, tätig. Die deutsch-amerikanische Verwaltungs- und Politikwissenschaftlerin beschäftigt sich intensiv mit Digitalisierungsthemen im Gesundheitswesen. Sie engagiert sich für Interoperabilität in diversen Kontexten, sei es als Geschäftsstellenleiterin der Ein-Land-für-alle(ELFA) Maßnahme Interoperabilität "Interoperabiltätsanforderungen verschiedener Fachanwendungen und Plattformlösungen im Öffentlichen Gesundheitsdienst", in der Projektsicherung von Projekten von Ämtern für Gesundheit und Gefahrenabwehr oder als E-Health Beraterin bei MEDI:CUS. In der Beratung von Stakeholdern lässt sie ihren wissenschaftlichen Hintergrund als Professorin und praxisnahes Denken der Industrie einfließen und ist darauf bedacht, nachhaltige Lösungen gemeinsam zu erarbeiten. Die Moderation von Arbeitsgruppen und Panels ist ihr sehr wichtig, da ein Zusammenspiel vieler Akteur:innen der IOP-Community für Schnittstellenstandards, insbesondere im föderalen Kontext des öffentlichen Gesundheitsdiensts (ÖGD), essentiell ist. Darüber hinaus ist sie seit 2026 bei HL7 Deutschland e.V. engagiert.</t>
         </is>
       </c>
       <c r="C363" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D363">
         <v>0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Das Dokument legt eine Methode zur Bestimmung der Lichtechtheit von Drucken und Druckfarben fest, wobei die allgemeinen Prüfbedingungen für Drucke und die speziellen Prüfbedingungen für Druckfarben beschrieben werden. Diese Internationale Norm gilt für alle Bedruckstoffe wie Papier, Karton, Metalle (dünne Metallfolien und -platten) und Plastikfilm sowie für alle Druckprozesse.</t>
         </is>
       </c>
       <c r="C364" s="3">
         <v>35795</v>
       </c>
       <c r="D364">
         <v>0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Dedicated and communicative pharmacist with experience in clinical oncology and project management in the medical device sector with initial experience as a medical science liaison.Also high intrinsic motivation for interdisciplinary exchange to achieve the best result for all parties involved.//Engagierter und kommunikationsstarker Apotheker mit Erfahrung in der klinischen Onkologie sowie Projektbetreuung im Medizinproduktebereich mit beginnender Erfahrung als Medical Science Liaison.Die Grundlage des wissenschaftlichen Arbeitens konnte ich bereits in der Zeit meines B.Sc. In Biologie legen.</t>
         </is>
       </c>
       <c r="C365" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="D365">
         <v>0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>Das Konzept eHeader für eDMP/a-Datensatz beschreibt die Datenstruktur der Dokumentationen des Disease Management Programms (DMP) Voll- und a-Datensätze. Volldatensätze werden zum Datenaustausch (DMP-Daten) zwischen Arztpraxen und Datenannahmestellen verwendet, dagegen werden A-Datensätze zum Datenaustausch (DMP-Daten) zwischen Datenannahmestellen und gemeinsamen Einrichtungen eingesetzt. Diese Datenstruktur kommt in allen eDMP sowie bei der Früherkennunskoloskopie und dem Hautkrebs-Screening zum Einsatz.</t>
         </is>
       </c>
       <c r="C366">
         <v>2</v>
       </c>
       <c r="D366">
         <v>0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>Eine prospektive, multizentrische, offene Studie zur Implementierung und Analyse der Effekte eines innovativen perioperativen Behandlungsablaufs zur KOmplikations REduktion bei Patientinnen mit OVARialkarzinom</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Die Behandlung von Patientinnen mit Ovarial-, Tuben- oder Peritonealkarzinom (OC) besteht leitliniengerechtaus einer primären Operation, gefolgt von einer platin-haltigen Chemotherapie/+Erhaltungstherapie. Diemakroskopischen Komplettresektion ist der wichtigste beeinflussbare Prognosefaktor. Die Rate an schwerwiegenden postoperativen Komplikationen nach Debulkingoperation (CDC III° (Clavien- Dindo- Classification)) liegt etwa bei 29%. Eine derartige Komplikation ist mit einer Verlängerung der stationären Behandlung, Kostenintensivierung und Therapieänderungen in der Adjuvanzverbunden (Änderung/Verzögerung der Chemotherapie). DieReduktion von Komplikationen ist somit hochrelevant für die Lebensqualität und Gesamtprognose.
 "Enhanced Recovery after Surgery" (ERAS) Konzepte beschreiben mulitmodale Interventionen mit dem Ziel einer optimierten perioperativen Versorgung: Reduktion der Krankenhausverweildauer- ohne Erhöhung der Wiederaufnahmerate bei gleichbleibender oder sinkender Komplikationsrate.
 Für die gynäko-onkologische Versorgung folgen diese Konzepte den evidenzbasierten internationalen Leitlinien der ERAS- Society (publiziert 2016/2019) und der ESGO (Europäische Gesellschaft für Gynäkologische Onkologie) (publiziert 2021). Diese umfassen ebenfallsStandards zur Protokollimplementierung und eines Auditierungsprogramms zur Überwachung der Protokolladhärenz (Behandlungsteam undPatientin) (ERAS interactive Audit System (EIAS)).
 Trotz limitierter Datenlage werden Prähabilitationskonzepte inbeiden Leitlinien befürwortet. In der vorliegenden Studie wird erstmalig ein Prähabilitations- mit einem ERAS- Konzept fürPatientinnen mit einem primärem OC/1. platin-sensitivem Rezidiv und geplanter operativer Therapie mit dem Ziel des Erreichens einer Komplettresektion kombiniert und prospektiv evaluiert.
 Das Ziel der Studie ist die Bestimmung der Wirkung und Sicherheit dieser kombinierten Intervention. Primärer Endpunkt ist dieReduktion der schweren perioperativen Komplikationen (( CDC III°) nach 30 und 60 Tagen.
 Sekundäre Ziele sind der Nachweis einer Mortalitätsreduktion (30 + 60 + 90 Tage), Verkürzung der Rehabilitationszeit (Endpunkt: zeitgerechter Beginn der Chemotherapie innerhalb von 6 Wochen nach Operation), sowie Verbesserung der Lebensqualität. DieKrankenhausverweildauer wird evaluiert und dieVerringerung komplikationsbedingten Folgekosten soll gezeigt werden.</t>
         </is>
       </c>
       <c r="C367"/>
       <c r="D367">
         <v>0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>Chronische, zum Teil schwer beeinträchtigende Schmerzen stellen bei Kindern und Jugendlichen ein häufiges Gesundheitsproblem dar. Für sie ist eine intensive und kurze Schmerztherapie mit medizinischen und psychosozialen Behandlungselementen derzeit die Therapie der Wahl. Während des stationären Aufenthalts erlernen Betroffene Strategien im Umgang mit den Schmerzen. Eltern werden als wichtige Komponenten des sozialen Umfelds in die Schmerztherapie eingebunden. Nach der Entlassung müssen Kinder und Eltern das Erlernte eigenständig im Alltag anwenden, doch ist ein dauerhafter Behandlungserfolg aufgrund fehlender regelmäßiger Rückmeldungen oft gefährdet.
 Hier setzt das Projekt Feed-bApp an: Eine von den Forschenden entwickelte App unterstützt Kinder und ihre Eltern über verschieden intensive Feedback-Funktionen bei der Schmerzbewältigung im Alltag. Die App ist jederzeit und ortsunabhängig nutzbar und greift die digitale Affinität vor allem der jüngeren Zielgruppen auf. Die Forschenden führen eine multizentrische, randomisierte Wirksamkeitsstudie mit 400 Patientinnen und Patienten im Alter von 8 bis 18 Jahren sowie deren Eltern durch, um unterschiedliche Feedback-Intensitäten in Bezug auf die schmerzbezogene Beeinträchtigung und Therapiezufriedenheit analysieren zu können. Außerdem wird untersucht, wie sich die App auf das Verhältnis zwischen Versorgern, Patientinnen und Patienten und deren Eltern auswirkt und ob sie zu einer Kostenreduzierung beitragen kann. Feed-bApp wird für drei Jahre mit insgesamt ca. 2,4 Millionen Euro gefördert.
 Von der App erhoffen sich die Forschenden einen positiven Einfluss auf den Behandlungsverlauf sowie eine geringere Inanspruchnahme nicht-inzidierter Gesundheitsleistungen und geringere Kosten für das Gesundheitssystem. Zudem sollen generelle Empfehlungen zum Einsatz von Feedback-Funktionen in Gesundheits-Apps formuliert werden. Die Übertragung der Erkenntnisse auf andere Bereiche der Gesundheitsversorgung ist möglich.</t>
         </is>
       </c>
       <c r="C368"/>
       <c r="D368">
         <v>0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
           <t>Elektrische Bauelemente - Zuverlässigkeit - Referenzbedingungen für Ausfallraten und Beanspruchungsmodelle zur Umrechnung (IEC 61709:2011); Deutsche Fassung EN 61709:2011, Berichtigung zu DIN EN 61709:2012-01</t>
         </is>
       </c>
       <c r="B369" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="C369" s="3">
         <v>41090</v>
       </c>
       <c r="D369">
         <v>0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
           <t>Elektrische Bauelemente - Zuverlässigkeit - Referenzbedingungen für Ausfallraten und Beanspruchungsmodelle zur Umrechnung (IEC 61709:2011); Deutsche Fassung EN 61709:2011</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>Diese Internationale Norm gibt Anleitung, wie Ausfallratendaten für die Zuverlässigkeitsvorhersage von elektrischen Bauelementen in Geräten eingesetzt werden können. Die Referenzbedingungen sind numerische Werte von Beanspruchungen, die typischerweise für Bauelemente in der Mehrzahl der Anwendungen beobachtet werden. Referenzbedingungen sind nützlich, da sie die Grundlage für die Berechnung von Ausfallraten unter beliebigen Bedingungen ist unter Verwendung von Beanspruchungsmodellen, die die tatsächlichen Beanspruchungen berücksichtigen. Die bei Referenzbedingungen angegebenen Ausfallraten ermöglichen realistische Zuverlässigkeitsvorhersagen, die in der frühen Entwicklungsphase durchgeführt werden.</t>
         </is>
       </c>
       <c r="C370" s="3">
         <v>40908</v>
       </c>
       <c r="D370">
         <v>0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>Elisa Henke ist seit Oktober 2020 als wissenschaftliche Mitarbeiterin am Institut für Medizinische Informatik und Biometrie der Medizinischen Fakultät Carl Gustav Carus an der Technischen Universität Dresden tätig. Ihr wissenschaftlicher Schwerpunkt liegt in der Sicherstellung semantischer und syntaktischer Interoperabilität durch die Harmonisierung von Daten in Standards wie FHIR oder internationalen Datenmodellen wie OMOP CDM. Durch die Entwicklung wiederverwendbarer Datenharmonisierungs- und ETL-Prozesse garantiert sie deren standortübergreifende Übertragbarkeit und Skalierbarkeit.</t>
         </is>
       </c>
       <c r="C371" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="D371">
         <v>0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>- gelernte Med.-techn. Laborassistentin
 - anschließend Studium Health Care Management, Abschluss M.Sc.
 - Mitarbeit und Projektleitung in diversen Forschungsprojekten in der Hoschschule Niederrhein mit Fokus Interoperabilität
 - seit 2020 bei der CompuGroup Medical verantwortlich für die standardisierte Umsetzung von Medizinischen Dokumenten
 </t>
         </is>
       </c>
       <c r="C372" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="D372">
         <v>0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B373" t="inlineStr">
+        <is>
+          <t>Emily Frühwald ist hauptberuflich als IT-Projektleitung am Klinikum Stuttgart tätig und verantwortet dort das KHZG-Projekt Patientenportal, von der Konzeption über die Abstimmung mit Fachbereichen, IT und Datenschutz bis zur Steuerung externer Dienstleister und dem Rollout. Ein zentraler Fokus ihrer Arbeit liegt auf der Standardisierung klinikweiter Prozesse sowie auf der Umsetzung interoperabler Kommunikation. Parallel wirkt sie im Rahmen einer zusätzlichen Rolle bei der Klinik IT eG (KIG) in einem Verbundsprojekt an der Weiterentwicklung und Skalierung von Patientenportal- und Interoperabilitätsansätzen mit. Der Fokus liegt hier insbesondere auf der Übertragbarkeit in unterschiedliche Klinikstrukturen, der Harmonisierung von Anforderungen und Vorgehensmodellen sowie der koordinierten Zusammenarbeit über viele Beteiligte hinweg.</t>
+        </is>
+      </c>
+      <c r="C373" t="s">
+        <v>345</v>
+      </c>
+      <c r="D373">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="s">
+        <v>346</v>
+      </c>
+      <c r="B374" t="inlineStr">
         <is>
           <t>ENP (European Nursing care Pathways) ist ein Pflegeklassifikationssystem, das seit 1989 in Deutschland entwickelt wird, um im Rahmen einer Pflegedokumentation den Pflegeprozess in einer einheitlichen, sektorenübergreifenden und standardisierten Pflegefachsprache abzubilden.
 Bei ENP handelt es sich um eine Pflegeklassifikation mit einer eigenen taxonomischen Struktur, die verschiedenen,
 • Domäne: z.B. emotionaler/psychosozialer Bereich
 • Klasse: z.B. Wahrnehmungen
 • Kategorie: z.B. beeinträchtigte Orientierung können in den wissenschaftlichen Hintergründen genauer eingesehen werden https://www.recom.eu/files/recom/40-wissen/enp-entwicklung/einleitung/ENP_Wissenschaftliche_Hintergruende_2019_DE.pdf .
 ENP klassifiziert insgesamt pflegerische Fachbegriffe/Pflegekonzepte in 7 Gruppen mit jeweils einer eigenen taxonomischen Struktur: Pflegeprobleme, Ressourcen, Kennzeichen, Ursachen, Pflegeziele, Pflegeinterventionen und Interventionsspezifikationen. Die pflegerischen Konzepte aus den 7 Gruppen sind so zusammengestellt, dass diese pflegerische Praxisleitlinien zu pflegediagnostischen Aussagen bilden. Das bedeutet, dass das gesamte evidenzbasierte pflegerische Fachwissen
 zu einer bestimmten pflegerischen Problemstellung (= Pflegediagnose) in der Praxisleitlinie vorgestellt wird. Dieses Fachwissen ist evidenzbasiert und/oder best practice. Die Pflegende kann sich im nächsten Schritt zu der beim Patienten/Bewohner festgestellten Pflegediagnose passende Handlungskonzepte aus der Praxisleitlinie auswählen und diese z.B. mit einem einfachen klick in einer Software zu einem individuellen Pflegeplan zusammenstellen.
 Jeder Begriff in ENP hat eine eindeutige und unabänderliche Identifikationsnummer. Diese Nummer dient dazu, sicherzustellen, dass sich z. B. bei Verlegung eines Pflegebedürftigen in eine andere Einrichtung die einzelnen Informationsbausteine aus dem Pflegeplan in ihrer Bedeutung nicht ändern und angezeigt werden können. Somit eignet sich das System besonders für die Nutzung innerhalb einer elektronischen Behandlungsakte und wird dazu beitragen die Pflegeprozessdokumentation zu erleichtern. Durch die eindeutige ID können die Daten aus der Pflegeprozessdokumentation z.B. für Forschungsfragen und oder Personalbemessung genutzt werden.</t>
         </is>
       </c>
-      <c r="C373"/>
-[...12 lines deleted...]
-      </c>
       <c r="C374"/>
       <c r="D374">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Dieser Teil von ISO 9241 stellt Anforderungen und Empfehlungen für die Gestaltung zugänglicher Software zum Einsatz bei der Arbeit, zu Hause, im Bildungswesen und an öffentlichen Plätzen zur Verfügung. Er behandelt Probleme im Zusammenhang mit der Gestaltung von Software, die für Menschen mit einem möglichst breiten Spektrum physischer, sensorischer und kognitiver Fähigkeiten zugänglich ist, einschließlich vorübergehend in ihren Fähigkeiten beeinträchtigter und älterer Menschen. Dieser Teil von ISO 9241 enthält Überlegungen zur Softwarezugänglichkeit, die die von ISO 9241-110, ISO 9241-11 bis 9241-17, ISO 14915-1 bis 14915-3 und ISO 13407 abgedeckte auf Gebrauchstauglichkeit ausgerichtete allgemeine Gestaltung ergänzen. Dieser Teil von ISO 9241 behandelt die Zugänglichkeit von interaktiven Systemen. Er gilt für ein breites Softwarespektrum (z. B. für Büroanwendungen, das Internet, Lernunterstützung und Bibliothekssysteme). Dieser Teil von ISO 9241 dient der Verbesserung der Gebrauchstauglichkeit von Systemen für eine möglichst große Anzahl von Benutzern unterschiedlichster Fähigkeiten. Obgleich er weder das Verhalten von unterstützender Technik (einschließlich unterstützender Software) noch Anforderungen an diese abdeckt, behandelt er den Einsatz von unterstützender Technik als integrierter Bestandteil von interaktiven Systemen. Dieser Teil von ISO 9241 ist dazu bestimmt, von Personen oder Organisationen angewendet zu werden, die Verantwortung für die Spezifikation, Gestaltung, Entwicklung, Bewertung und Beschaffung von Softwarebetriebssystemen und Softwareanwendungen tragen.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Projektziel ist die Entwicklung einer Systemlösung, die Remote Patient Management (RPM) großer kardiologischer Patientenzahlen in der Regelversorgung technisch möglich macht. Bisher gibt es kommerzielle technische Lösungen nur für eine Betreuungskapazität bis max. 500 Patienten pro Telemedizinzentrum (TMZ). Um die Skalierung von RPM (&amp;gt;5.000 Patienten pro TMZ) umzusetzen, bedarf es neuer Technologieentwicklungen unter Nutzung von künstlicher Intelligenz und deep-learning. Anschließend erfolgt die Evaluation des Gesamtsystems mit kardiologischer Patienten hinsichtlich Funktionalität und Stabilität sowie einer ersten Analyse der Sensitivität/ Spezifität der entwickelten Algorithmen.</t>
+        </is>
+      </c>
+      <c r="C375"/>
       <c r="D375">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B376" t="inlineStr">
+        <is>
+          <t>Dieser Teil von ISO 9241 stellt Anforderungen und Empfehlungen für die Gestaltung zugänglicher Software zum Einsatz bei der Arbeit, zu Hause, im Bildungswesen und an öffentlichen Plätzen zur Verfügung. Er behandelt Probleme im Zusammenhang mit der Gestaltung von Software, die für Menschen mit einem möglichst breiten Spektrum physischer, sensorischer und kognitiver Fähigkeiten zugänglich ist, einschließlich vorübergehend in ihren Fähigkeiten beeinträchtigter und älterer Menschen. Dieser Teil von ISO 9241 enthält Überlegungen zur Softwarezugänglichkeit, die die von ISO 9241-110, ISO 9241-11 bis 9241-17, ISO 14915-1 bis 14915-3 und ISO 13407 abgedeckte auf Gebrauchstauglichkeit ausgerichtete allgemeine Gestaltung ergänzen. Dieser Teil von ISO 9241 behandelt die Zugänglichkeit von interaktiven Systemen. Er gilt für ein breites Softwarespektrum (z. B. für Büroanwendungen, das Internet, Lernunterstützung und Bibliothekssysteme). Dieser Teil von ISO 9241 dient der Verbesserung der Gebrauchstauglichkeit von Systemen für eine möglichst große Anzahl von Benutzern unterschiedlichster Fähigkeiten. Obgleich er weder das Verhalten von unterstützender Technik (einschließlich unterstützender Software) noch Anforderungen an diese abdeckt, behandelt er den Einsatz von unterstützender Technik als integrierter Bestandteil von interaktiven Systemen. Dieser Teil von ISO 9241 ist dazu bestimmt, von Personen oder Organisationen angewendet zu werden, die Verantwortung für die Spezifikation, Gestaltung, Entwicklung, Bewertung und Beschaffung von Softwarebetriebssystemen und Softwareanwendungen tragen.</t>
+        </is>
+      </c>
+      <c r="C376" s="3">
+        <v>39721</v>
+      </c>
+      <c r="D376">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" t="s">
+        <v>349</v>
+      </c>
+      <c r="B377" t="inlineStr">
         <is>
           <t>Rund 2,5 Millionen Menschen leiden in Deutschland an Herzinsuffizienz. Eine MRT-Untersuchung ermöglicht oft eine frühzeitige Erkennung und Therapie dieser gefährlichen Volkskrankheit, ist auf dem Land aber meist nicht verfügbar.
 Mit dem Projekt HerzCheck werden MRT-Untersuchungen des Herzens jetzt auch in ländlichen Regionen möglich gemacht: Mithilfe mobiler MRT-Einheiten und telemedizinischer Befundung durch Ärzt*innen des Deutschen Herzzentrums Berlin (DHZB).
 Die mobilen MRT-Einheiten können an regionalen Standorten aufgestellt werden. Geschultes medizintechnisches Personal führt die MRT-Untersuchung sicher und zuverlässig durch.Die Untersuchungsdaten werden an das DHZB übermittelt und dort durch ein geschultes Fachärzt*innenteam ausgewertet.Je nach Schweregrad des Befundes erhalten die Patient*innen Handlungsempfehlungen. Unter Berücksichtigung der Empfehlungen des Befundes legen die behandelnden Ärzt*innen vor Ort die notwendigen weiteren ambulanten oder stationären Maßnahmen der Therapie fest. Weiterhin erhält ein Teil der Patient*innen Zugang auf einer medizinischen App, über die sie ihr Gesundheitsverhalten überprüfen und ihre Gesundheitskompetenz steigern können.
 Mit HerzCheck kann eine Herzinsuffizienz bei Patient*innen mit Risikofaktoren frühzeitig erkannt und so die Prognose und die Lebensqualität der Betroffenen verbessert werden.Weiterhin kann ein Beitrag zur Stärkung der ländlichen Regionen als Raum zum Leben und Arbeiten geleistet werden. </t>
         </is>
       </c>
-      <c r="C376"/>
-[...12 lines deleted...]
-      </c>
       <c r="C377"/>
       <c r="D377">
         <v>0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Mein Name ist Eva Wagner-Meloth, ich bin 45 Jahre alt, verheiratet und Mutter einer Tochter. Ich bringe viel Erfahrung im Laborsektor als Produktmanagerin mit. Vor zwei Jahren habe ich den Arbeitgeber gewechselt. Zu meinen Aufgaben gehört die Betreuung und Implementierung von KIMAnwendungen wie eArztbrief, eAU, E Rechnung, MIO 42 Laborbefund, 1 Click Abrechnung, KV Muster und KVDT Updates. Des Weiteren bin ich auch ehrenamtlich privat sehr engagiert.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Internet- und Mobile-basierte Interventionen (IMIs) können als ort- und zeitunabhängige Angebote dazu beitragen, die Gesundheitsversorgung zu verbessern. Das eSano Projekt- und Forschungsteam untersucht die Wirksamkeit und Kosten-Effektivität, Akzeptanz und Inanspruchnahme sowie zugrundeliegende Wirkfaktoren von E-Behavioral und E-Mental-Health Interventionen. Im Fokus stehen therapeutisch begleitete und unbegleitete Selbsthilfeinterventionen, die Kombination der Routineversorgung mit Online-Angeboten ("blended-care/-therapy") sowie die Entwicklung und Erforschung neuer künstlich intelligenter e-Health-Ansätze. Hierbei reicht das Interventionsangebot von Maßnahmen zur Prävention und Behandlung psychischer Störungen über behaviorale Angebote zur Begleitbehandlung körperlicher Erkrankungen bis zur Verbesserung des Gesundheitsverhaltens und der Reduktion von Risikoverhaltensweisen. Den Interventionen zugrunde liegt die im Projektteam in langjähriger Arbeit entwickelte IT-Plattform eSano, die in einem interdisziplinären Team wissenschaftlich kontinuierlich weiterentwickelt und optimiert wird.</t>
+        </is>
+      </c>
+      <c r="C378"/>
       <c r="D378">
         <v>0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Mit der neuen Versorgungsform soll ein Konzept zur effizienten und effektiven strukturierten, interdisziplinären, sektorenübergreifenden Therapie der Akne inversa (Ai) erprobt werden. Ziel ist es zu evaluieren, ob evidenzbasierte Therapien kombiniert mit innovativen Interventionen, eingebettet in strukturierte, digitalgestützte Prozesse, die von spezialisierten Akne inversa-Zentren (Kurzform AiZ) durchgeführt oder koordiniert werden, der bisherigen Versorgung überlegen sind. Es soll darüber hinaus gezeigt werden, dass sowohl Kliniken und niedergelassene Fachärzte als auch Wundzentren erfolgreich zu einem AiZ qualifiziert werden können, so dass die neue Versorgungsform nach gelungenem positivem Nachweis hinreichendes Potential hat, in die Regelversorgung aufgenommen zu werden.</t>
-[...2 lines deleted...]
-      <c r="C379"/>
+          <t>Mein Name ist Eva Wagner-Meloth, ich bin 45 Jahre alt, verheiratet und Mutter einer Tochter. Ich bringe viel Erfahrung im Laborsektor als Produktmanagerin mit. Vor zwei Jahren habe ich den Arbeitgeber gewechselt. Zu meinen Aufgaben gehört die Betreuung und Implementierung von KIMAnwendungen wie eArztbrief, eAU, E Rechnung, MIO 42 Laborbefund, 1 Click Abrechnung, KV Muster und KVDT Updates. Des Weiteren bin ich auch ehrenamtlich privat sehr engagiert.</t>
+        </is>
+      </c>
+      <c r="C379" t="s">
+        <v>352</v>
+      </c>
       <c r="D379">
         <v>0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Ich leite am Zentrum für Medizinische Informatik (Medizinische Fakutltät Carl Gustav Carus, der TU Dresden) den Forschungsbereich Interoperabilität im Gesundheitswesen sowie mehrere Projekte im Umfeld der Medizinischen Informatik. Mit meiner Promotion in Gesundheitsinformationssystemen / Medizinischer Informatik verfüge ich über langjährige Erfahrung in der Konzeption, Steuerung und Umsetzung digitaler Vorhaben an der Schnittstelle von Klinik, Forschung und IT.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Mit der neuen Versorgungsform soll ein Konzept zur effizienten und effektiven strukturierten, interdisziplinären, sektorenübergreifenden Therapie der Akne inversa (Ai) erprobt werden. Ziel ist es zu evaluieren, ob evidenzbasierte Therapien kombiniert mit innovativen Interventionen, eingebettet in strukturierte, digitalgestützte Prozesse, die von spezialisierten Akne inversa-Zentren (Kurzform AiZ) durchgeführt oder koordiniert werden, der bisherigen Versorgung überlegen sind. Es soll darüber hinaus gezeigt werden, dass sowohl Kliniken und niedergelassene Fachärzte als auch Wundzentren erfolgreich zu einem AiZ qualifiziert werden können, so dass die neue Versorgungsform nach gelungenem positivem Nachweis hinreichendes Potential hat, in die Regelversorgung aufgenommen zu werden.</t>
+        </is>
+      </c>
+      <c r="C380"/>
       <c r="D380">
         <v>0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Dr. Falko C. Schulte ist als Leiter Digitalstrategie bei der Helios Kliniken GmbH tätig. In dieser Funktion verantwortet er die Umsetzung ausgewählter Digitalisierungs- und Innovationsprojekte unter besonderer Berücksichtigung der klinischen Prozess- und Strukturlandschaft. Dr. Schulte absolvierte sein Medizinstudium an der Universität Hamburg und promovierte in einem Graduiertenkolleg der Deutschen Forschungsgemeinschaft. Seine klinische Laufbahn begann er am Kieler Campus des Universitätsklinikums Schleswig-Holstein in der Inneren Medizin, wo er neben seinem internistischen Facharzttitel weitere Zusatzqualifikationen erwarb. Für ein tieferes Verständnis eines ganzheitlichen Managements von Gesundheitsdaten studierte er berufsbegleitend an der RWTH Aachen. Als Schnittstelle zwischen Medizin, IT und Management fungiert er als Ansprechpartner für alle beteiligten Berufsgruppen und legt seinen Schwerpunkt zur Gewährleistung einer optimalen Patientenversorgung auf die nahtlose Integration neuer und innovativer Softwareanwendungen.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Ich leite am Zentrum für Medizinische Informatik (Medizinische Fakultät Carl Gustav Carus, der TU Dresden) den Forschungsbereich Interoperabilität im Gesundheitswesen sowie mehrere Projekte im Umfeld der Medizinischen Informatik. Mit meiner Promotion in Gesundheitsinformationssystemen / Medizinischer Informatik verfüge ich über langjährige Erfahrung in der Konzeption, Steuerung und Umsetzung digitaler Vorhaben an der Schnittstelle von Klinik, Forschung und IT.</t>
+        </is>
+      </c>
+      <c r="C381" t="s">
+        <v>355</v>
       </c>
       <c r="D381">
         <v>0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t> 	Entwicklung und Evaluation eines familienzentrierten, digitalen Navigators zu rüberprofessionellen Bedarfskoordination im Periparalzeitraum 	Auswirkungen auf und Inanspruchnahme von bestehenden Versorgungsangeboten, Elternkompetenz, Patientenzufriedenheit, Lebensqualität, psychische Belastung, frühkindliche Entwicklung </t>
-[...2 lines deleted...]
-      <c r="C382"/>
+          <t>Dr. Falko C. Schulte ist als Leiter Digitalstrategie bei der Helios Kliniken GmbH tätig. In dieser Funktion verantwortet er die Umsetzung ausgewählter Digitalisierungs- und Innovationsprojekte unter besonderer Berücksichtigung der klinischen Prozess- und Strukturlandschaft. Dr. Schulte absolvierte sein Medizinstudium an der Universität Hamburg und promovierte in einem Graduiertenkolleg der Deutschen Forschungsgemeinschaft. Seine klinische Laufbahn begann er am Kieler Campus des Universitätsklinikums Schleswig-Holstein in der Inneren Medizin, wo er neben seinem internistischen Facharzttitel weitere Zusatzqualifikationen erwarb. Für ein tieferes Verständnis eines ganzheitlichen Managements von Gesundheitsdaten studierte er berufsbegleitend an der RWTH Aachen. Als Schnittstelle zwischen Medizin, IT und Management fungiert er als Ansprechpartner für alle beteiligten Berufsgruppen und legt seinen Schwerpunkt zur Gewährleistung einer optimalen Patientenversorgung auf die nahtlose Integration neuer und innovativer Softwareanwendungen.</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr">
+        <is>
+          <t>Medizinische Prozess- und Strukturlandschaft, Anforderungsprofile der Anwender:innen von klinisch-pharmazeutischen Informationssystemen, Arzneimitteltherapiesicherheit, Digitalisierung von medizinischen Prozessen, digitale Innovationen</t>
+        </is>
+      </c>
       <c r="D382">
         <v>0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B383" t="inlineStr">
         <is>
+          <t> 	Entwicklung und Evaluation eines familienzentrierten, digitalen Navigators zu rüberprofessionellen Bedarfskoordination im Periparalzeitraum 	Auswirkungen auf und Inanspruchnahme von bestehenden Versorgungsangeboten, Elternkompetenz, Patientenzufriedenheit, Lebensqualität, psychische Belastung, frühkindliche Entwicklung </t>
+        </is>
+      </c>
+      <c r="C383"/>
+      <c r="D383">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" t="s">
+        <v>358</v>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
           <t>Felix Erdfelder studierte Medizin an der Universität zu Köln und promovierte im dortigen Labor für molekulare Hämatologie und Onkologie der Klinik für Innere Medizin I. Während seiner Facharztausbildung Anästhesiologie am Universitätsklinikum Bonn sammelte er klinische Erfahrung in praktisch allen Bereichen der Intensiv- und Akutmedizin. Nach Abschluss seiner Facharztausbildung erwarb Herr Dr. Erdfelder die Zusatzbezeichnung medizinische Informatik der Ärztekammer Nordrhein und übernahm die Position als stellv. ärztlicher Leiter der Stabsstelle Medizinisch-Wissenschaftliche Technologieentwicklung und -koordination (MWTek) am Universitätsklinikum Bonn. Felix Erdfelder ist regemäßig in der Umsetzung, Beratung und Leitung diverser interdisziplinärer Projekte an den Schnittstellen zwischen medizinischer IT, Medizintechnik, Patientenversorgung und biomedizinischer Wissenschaft tätig.</t>
         </is>
       </c>
-      <c r="C383" t="inlineStr">
+      <c r="C384" t="inlineStr">
         <is>
           <t>Expertise für:
  	Schnittstellen in der Intensiv- und Akutmedizin sowie generelle Kommunikation und Interoperabilität zwischen IT-Systemen und Geräten in der klinischen Anwendung 	Elektronische Dokumentation in Klinik und Akutmedizin 	Erschließung, Integration und Annotation von klinischen Routinedaten 	Translation von technischem und wissenschaftlichem Fortschritt in die Patientenversorgung 	Klinisches Workflow- und Risikomanagement 	Klinische Entscheidungsunterstützung 	Prädiktive Modelle in der Intensiv- und Akutmedizin </t>
         </is>
       </c>
-      <c r="D383">
-[...14 lines deleted...]
-      </c>
       <c r="D384">
         <v>0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>In der KBV-Festlegung wird die Schnittstelle nach § 291d Absatz 1 SGB V festgelegt. Vertragsarztpraxenwird mittels dieser Schnittstelleeine systemneutrale Archivierung sowie die Übertragung von Patientendaten beim Systemwechsel ermöglicht.</t>
+          <t>Nach seinem Medizinstudium und seiner Approbation als Arzt erfolgte zunächst die Weiterbildung zum Facharzt für Orthopädie und Unfallchirurgie mit Zusatzbezeichnung Notfallmedizin. Seit Beginn des Jahres 2022 bereichert Prof. Dr. Felix Hoffmann die APOLLON Hochschule mit der Denomination "Digital Health", welches einen großen Stellenwert im Gesundheitswesen einnimmt. Neben seiner aktuellen Professur ist Prof. Dr. Felix Hoffmann Leiter der Stabstelle für medizinische Prozessentwicklung am Klinikum Darmstadt und trägt dort in enger Zusammenarbeit mit allen Sektionen des Klinikums die Verantwortung über die Neuaufstellung sowohl der digitalen als auch der analogen Prozesslandschaft. Zudem ist Prof. Dr. Felix Hoffmann Lehrbeauftragter der medizinischen Fakultät an der Ruhr-Universität in Bochum.</t>
         </is>
       </c>
       <c r="C385" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="D385">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>In der KBV-Festlegung wird die Schnittstelle nach §371 Absatz 1 SGB V festgelegt. Vertragsarztpraxenwird mittels dieser Schnittstelleeine systemneutrale Archivierung sowie die Übertragung von Patientendaten beim Systemwechsel ermöglicht.</t>
-[...3 lines deleted...]
-        <v>309</v>
+          <t>In der KBV-Festlegung wird die Schnittstelle nach § 291d Absatz 1 SGB V festgelegt. Vertragsarztpraxenwird mittels dieser Schnittstelleeine systemneutrale Archivierung sowie die Übertragung von Patientendaten beim Systemwechsel ermöglicht.</t>
+        </is>
+      </c>
+      <c r="C386" t="s">
+        <v>362</v>
       </c>
       <c r="D386">
         <v>1</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>In der KBV-Festlegung wird die Schnittstelle nach § 291d Absatz 1a Satz 1 Nummer 1 SGB V festgelegt. Vertragsärzte können mittels dieser Schnittstelle die Verordnungssoftware gemäß §73 Absatz 9 Satz 1 SGB V wechseln, ohne dabei die bislang gespeicherten patientenbezogenen Verordnungsdaten zu verlieren. Des Weiteren wird die Kommunikation zwischen einem Praxisverwaltungssystem (PVS) und einer Verordnungssoftware für alle nach § 291d Absatz 1a Satz 1 Nummer 1 von der KBV zugelassenen Systeme festgesetzt. Folglich wird für den Vertragsarzt ein einfacher Wechsel der Verordnungssoftware ermöglicht.</t>
+          <t>In der KBV-Festlegung wird die Schnittstelle nach §371 Absatz 1 SGB V festgelegt. Vertragsarztpraxenwird mittels dieser Schnittstelleeine systemneutrale Archivierung sowie die Übertragung von Patientendaten beim Systemwechsel ermöglicht.</t>
         </is>
       </c>
       <c r="C387" t="s" s="4">
-        <v>357</v>
+        <v>310</v>
       </c>
       <c r="D387">
         <v>1</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>In der KBV-Festlegung wird die Schnittstelle nach § 371 Absatz 1 Nummer 2 SGB V festgelegt. Vertragsärzte können mittels dieser Schnittstelle die Verordnungssoftware gemäß §73 Absatz 9 Satz 1 SGB V wechseln, ohne dabei die bislang gespeicherten patientenbezogenen Verordnungsdaten zu verlieren. Des Weiteren wird die Kommunikation zwischen einem Praxisverwaltungssystem (PVS) und einer Verordnungssoftware für alle nach § 371 Absatz 1 Nummer 2 von der KBV zugelassenen Systeme festgesetzt. Folglich wird für den Vertragsarzt ein einfacher Wechsel der Verordnungssoftware ermöglicht.</t>
+          <t>In der KBV-Festlegung wird die Schnittstelle nach § 291d Absatz 1a Satz 1 Nummer 1 SGB V festgelegt. Vertragsärzte können mittels dieser Schnittstelle die Verordnungssoftware gemäß §73 Absatz 9 Satz 1 SGB V wechseln, ohne dabei die bislang gespeicherten patientenbezogenen Verordnungsdaten zu verlieren. Des Weiteren wird die Kommunikation zwischen einem Praxisverwaltungssystem (PVS) und einer Verordnungssoftware für alle nach § 291d Absatz 1a Satz 1 Nummer 1 von der KBV zugelassenen Systeme festgesetzt. Folglich wird für den Vertragsarzt ein einfacher Wechsel der Verordnungssoftware ermöglicht.</t>
         </is>
       </c>
       <c r="C388" t="s" s="4">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="D388">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>In der KBV-Festlegung wird die Schnittstelle nach § 371 Absatz 1 Nummer 2 SGB V festgelegt. Vertragsärzte können mittels dieser Schnittstelle die Verordnungssoftware gemäß §73 Absatz 9 Satz 1 SGB V wechseln, ohne dabei die bislang gespeicherten patientenbezogenen Verordnungsdaten zu verlieren. Des Weiteren wird die Kommunikation zwischen einem Praxisverwaltungssystem (PVS) und einer Verordnungssoftware für alle nach § 371 Absatz 1 Nummer 2 von der KBV zugelassenen Systeme festgesetzt. Folglich wird für den Vertragsarzt ein einfacher Wechsel der Verordnungssoftware ermöglicht.</t>
         </is>
       </c>
       <c r="C389" t="s" s="4">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="D389">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B390" t="inlineStr">
+        <is>
+          <t>In der KBV-Festlegung wird die Schnittstelle nach § 371 Absatz 1 Nummer 2 SGB V festgelegt. Vertragsärzte können mittels dieser Schnittstelle die Verordnungssoftware gemäß §73 Absatz 9 Satz 1 SGB V wechseln, ohne dabei die bislang gespeicherten patientenbezogenen Verordnungsdaten zu verlieren. Des Weiteren wird die Kommunikation zwischen einem Praxisverwaltungssystem (PVS) und einer Verordnungssoftware für alle nach § 371 Absatz 1 Nummer 2 von der KBV zugelassenen Systeme festgesetzt. Folglich wird für den Vertragsarzt ein einfacher Wechsel der Verordnungssoftware ermöglicht.</t>
+        </is>
+      </c>
+      <c r="C390" t="s" s="4">
+        <v>368</v>
+      </c>
+      <c r="D390">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" t="s">
+        <v>369</v>
+      </c>
+      <c r="B391" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Im Rahmen des Digitale-Versorgung-und-Pflege-Modernisierungs-Gesetzes (DVPMG) wird festgelegt, dass ab dem 01. Januar 2023 Daten aus Digitalen Gesundheitsanwendungen (DiGA) auf Wunsch der versicherten Person in einem interoperablen Exportformat in die elektronische Patientenakte (ePA) eingestellt werden können. Das MIO DiGA Toolkit wird mit seinem modularen Aufbau die Möglichkeit schaffen, die versorgungsrelevanten Daten der im Verzeichnis nach § 139e SGB V gelisteten DiGA (Stand: 08. Juni 2021) abzubilden.
 Das MIO DiGA Toolkit ist eine medizinische Datenstruktur, welche die KBV semantisch und syntaktisch nach § 355 SGB V definiert. Mit der Umsetzung eines DiGA Toolkits wird ermöglicht, dass medizinische Daten aus DiGA nicht nur für die versicherte Person jederzeit im Rahmen ihrer ePA-Anwendung abrufbar sind, sondern auch für die behandelnde Person im Behandlungskontext verwendbar sind.</t>
         </is>
       </c>
-      <c r="C390" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D390">
+      <c r="C391" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D391">
         <v>1</v>
       </c>
     </row>
-    <row r="391">
-[...3 lines deleted...]
-      <c r="B391" t="inlineStr">
+    <row r="392">
+      <c r="A392" t="s">
+        <v>369</v>
+      </c>
+      <c r="B392" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Im Rahmen des Digitale-Versorgung-und-Pflege-Modernisierungs-Gesetzes (DVPMG) wird festgelegt, dass ab dem 01. Januar 2023 Daten aus Digitalen Gesundheitsanwendungen (DiGA) auf Wunsch der versicherten Person in einem interoperablen Exportformat in die elektronische Patientenakte (ePA) eingestellt werden können. Das MIO DiGA Toolkit wird mit seinem modularen Aufbau die Möglichkeit schaffen, die versorgungsrelevanten Daten der im Verzeichnis nach § 139e SGB V gelisteten DiGA (Stand: 08. Juni 2021) abzubilden.
 Das MIO DiGA Toolkit ist eine medizinische Datenstruktur, welche die KBV semantisch und syntaktisch nach § 355 SGB V definiert. Mit der Umsetzung eines DiGA Toolkits wird ermöglicht, dass medizinische Daten aus DiGA nicht nur für die versicherte Person jederzeit im Rahmen ihrer ePA-Anwendung abrufbar sind, sondern auch für die behandelnde Person im Behandlungskontext verwendbar sind.</t>
         </is>
       </c>
-      <c r="C391" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D391">
+      <c r="C392" t="s" s="4">
+        <v>371</v>
+      </c>
+      <c r="D392">
         <v>1</v>
       </c>
     </row>
-    <row r="392">
-[...3 lines deleted...]
-      <c r="B392" t="inlineStr">
+    <row r="393">
+      <c r="A393" t="s">
+        <v>372</v>
+      </c>
+      <c r="B393" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Impfungen sind eine der wichtigsten Maßnahmen zur Vermeidung von Infektionskrankheiten. Geschützt werden sowohl die geimpfte Person als auch im Rahmen des "Gemeinschaftsschutzes" Personen, die noch nicht oder aufgrund einer Erkrankung nicht geimpft werden können. Alle durchgeführten Impfungen sind in einem Impfpass zu dokumentieren. Rechtsgrundlage in Deutschland ist hierfür der § 22 Infektionsschutzgesetz, in dem die Dokumentationsinhalte konkret vorgegeben werden.
 Historisch bedingt ist der Impfpass ein papierbasiertes Dokument, in dem handschriftlich die durchgeführten Impfungen dokumentiert werden. Anforderungen an den papierbasierten internationalen Impfpass (ICV – international certificate of vaccination) sind von der WHO vorgegeben. In Deutschland ist die Nutzung der WHO Vorlage nicht auf Reiseimpfungen beschränkt, sondern wird zur Dokumentation aller Impfungen genutzt (gelbes Heft).
 Die papiergebundene Form führt häufig dazu, dass die Personen den Impfpass nicht bei sich haben und erst bei Bedarf heraussuchen. Nicht umsonst wird der Slogan "Deutschland sucht den Impfpass" in einer Impfkampagne verwendet. In der Folge kann es dazu kommen, dass der Impfstatus nicht bekannt ist und ggfs. eine nicht erforderliche Impfung erfolgt oder eine Impfung nicht im Impfpass dokumentiert wird bzw. der nachträgliche Übertrag der Impfbescheinigung nicht erfolgt. Eine vollständige Impfdokumentation im Impfpass ist damit erschwert.</t>
         </is>
       </c>
-      <c r="C392" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D392">
+      <c r="C393" t="s" s="4">
+        <v>373</v>
+      </c>
+      <c r="D393">
         <v>1</v>
       </c>
     </row>
-    <row r="393">
-[...3 lines deleted...]
-      <c r="B393" t="inlineStr">
+    <row r="394">
+      <c r="A394" t="s">
+        <v>372</v>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Impfungen sind eine der wichtigsten Maßnahmen zur Vermeidung von Infektionskrankheiten. Geschützt werden sowohl die geimpfte Person als auch im Rahmen des "Gemeinschaftsschutzes" Personen, die noch nicht oder aufgrund einer Erkrankung nicht geimpft werden können. Alle durchgeführten Impfungen sind in einem Impfpass zu dokumentieren. Rechtsgrundlage in Deutschland ist hierfür der § 22 Infektionsschutzgesetz, in dem die Dokumentationsinhalte konkret vorgegeben werden.
 Historisch bedingt ist der Impfpass ein papierbasiertes Dokument, in dem handschriftlich die durchgeführten Impfungen dokumentiert werden. Anforderungen an den papierbasierten internationalen Impfpass (ICV – international certificate of vaccination) sind von der WHO vorgegeben. In Deutschland ist die Nutzung der WHO Vorlage nicht auf Reiseimpfungen beschränkt, sondern wird zur Dokumentation aller Impfungen genutzt (gelbes Heft).
 Die papiergebundene Form führt häufig dazu, dass die Personen den Impfpass nicht bei sich haben und erst bei Bedarf heraussuchen. Nicht umsonst wird der Slogan "Deutschland sucht den Impfpass" in einer Impfkampagne verwendet. In der Folge kann es dazu kommen, dass der Impfstatus nicht bekannt ist und ggfs. eine nicht erforderliche Impfung erfolgt oder eine Impfung nicht im Impfpass dokumentiert wird bzw. der nachträgliche Übertrag der Impfbescheinigung nicht erfolgt. Eine vollständige Impfdokumentation im Impfpass ist damit erschwert.</t>
         </is>
       </c>
-      <c r="C393" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D393">
+      <c r="C394" t="s" s="4">
+        <v>371</v>
+      </c>
+      <c r="D394">
         <v>1</v>
       </c>
     </row>
-    <row r="394">
-[...3 lines deleted...]
-      <c r="B394" t="inlineStr">
+    <row r="395">
+      <c r="A395" t="s">
+        <v>374</v>
+      </c>
+      <c r="B395" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Eine werdende Mutter erhält in Deutschland ab offizieller Feststellung einer Schwangerschaft einen Mutterpass. Dieser wurde im Jahr 1961 in Deutschland eingeführt, um die Ergebnisse der Vorsorgeuntersuchungen während der Schwangerschaft und nach der Entbindung festzuhalten sowie für alle beteiligten Personen jederzeit bereithalten zu können. Die rechtliche Grundlage für den Mutterpass stellen in Deutschland die Richtlinien des Gemeinsamen Bundesausschusses über die ärztliche Betreuung während der Schwangerschaft und nach der Entbindung ("Mutterschafts-Richtlinien") dar.
 Damit alle wichtigen Informationen für die Geburt und in medizinischen Notfällen vorliegen, sollten Schwangere ihren Mutterpass immer bei sich haben. Er sollte auch nach der Geburt aufbewahrt werden, da die Angaben für weitere Schwangerschaften relevant sein können. Derzeit liegt der Mutterpass als Anlage 3 zu den Mutterschafts-Richtlinien lediglich in Papierform vor. Mit der Umstellung auf einen digitalen Mutterpass können die Daten in die elektronische Patientenakte übertragen werden, so dass sie jederzeit verfügbar sind und unkompliziert bei den einzelnen Vorsorgeuntersuchungen angezeigt sowie fortlaufend durch neue Einträge ergänzt werdenkönnen.</t>
         </is>
       </c>
-      <c r="C394" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D394">
+      <c r="C395" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D395">
         <v>1</v>
       </c>
     </row>
-    <row r="395">
-[...3 lines deleted...]
-      <c r="B395" t="inlineStr">
+    <row r="396">
+      <c r="A396" t="s">
+        <v>374</v>
+      </c>
+      <c r="B396" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Eine werdende Mutter erhält in Deutschland ab offizieller Feststellung einer Schwangerschaft einen Mutterpass. Dieser wurde im Jahr 1961 in Deutschland eingeführt, um die Ergebnisse der Vorsorgeuntersuchungen während der Schwangerschaft und nach der Entbindung festzuhalten sowie für alle beteiligten Personen jederzeit bereithalten zu können. Die rechtliche Grundlage für den Mutterpass stellen in Deutschland die Richtlinien des Gemeinsamen Bundesausschusses über die ärztliche Betreuung während der Schwangerschaft und nach der Entbindung ("Mutterschafts-Richtlinien") dar.
 Damit alle wichtigen Informationen für die Geburt und in medizinischen Notfällen vorliegen, sollten Schwangere ihren Mutterpass immer bei sich haben. Er sollte auch nach der Geburt aufbewahrt werden, da die Angaben für weitere Schwangerschaften relevant sein können. Mit der Verfügbarkeit eines digitalen Mutterpass können die Daten in die elektronische Patientenakte übertragen werden, so dass sie jederzeit verfügbar sind und unkompliziert bei den einzelnen Vorsorgeuntersuchungen angezeigt sowie fortlaufend durch neue Einträge ergänzt werdenkönnen.</t>
         </is>
       </c>
-      <c r="C395" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D395">
+      <c r="C396" t="s" s="4">
+        <v>371</v>
+      </c>
+      <c r="D396">
         <v>1</v>
       </c>
     </row>
-    <row r="396">
-[...3 lines deleted...]
-      <c r="B396" t="inlineStr">
+    <row r="397">
+      <c r="A397" t="s">
+        <v>375</v>
+      </c>
+      <c r="B397" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in der Online-Anwendung elektronische Patientenkurzakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Die Veröffentlichung des Digitale Versorgung und Pflege-Modernisierungs-Gesetzes (DVPMG) wirkt sich auf den Ablageort und die Anwendungsfälle des Notfalldaten-Management (NFDM) in Deutschland aus. Der Notfalldatendatensatz (NFD) beinhaltet notfallrelevante medizinische Informationen einer versicherten Person, die der behandelnden Person zur Abwendung eines ungünstigen Krankheitsverlaufs sofort zugänglich sein müssen. Die persönlichen Erklärungen (DPE) beinhalten Hinweise der versicherten Person auf das Vorhandensein und den Aufbewahrungsort von Erklärungen zur Organ- und Gewebespende sowie Hinweise der versicherten Person auf das Vorhandensein und den Aufbewahrungsort von Vorsorgevollmachten oder Patientenverfügungen. In § 334 SGB V wird durch das DVPMG die ab 2023 schrittweise Ablösung der kartengebundenen Anwendung des Notfalldaten-Managements geregelt. Damit ist verbunden, dass sowohl die Datenstrukturen aus NFD als auch aus DPE in die Online-Anwendung "elektronische Patientenkurzakte" (ePKA) ab dem 01. Januar 2023 überführt werden. Spätestens ab dem 01. Juli 2023 soll Versicherten der Zugriff auf die Online-Anwendung und ein grenzüberschreitender Austausch von Gesundheitsdaten ermöglicht werden. Um die Überführung des NFDM in die Online-Anwendung ePKA zu ermöglichen, wird die Kassenärztliche Bundesvereinigung (KBV) gemäß § 355 SGB V Abs. 4 beauftragt, "die semantischen und syntaktischen Vorgaben zu den elektronischen Notfalldaten nach § 334 Absatz 1 Satz 2 Nummer 5 und den Hinweisen der Versicherten nach § 334 Absatz 1 Satz 2 Nummer 2 und 3 (...) unter Berücksichtigung der entsprechenden Festlegungen der Gesellschaft für Telematik so fortzuschreiben, dass diese bei einer Bereitstellung in der elektronischen Patientenkurzakte nach § 334 Absatz 1 Satz 2 Nummer 7 mit internationalen Standards interoperabel sind." Die von der gematik GmbH veröffentlichte Spezifikation Informationsmodell Notfalldaten-Management (NFDM) in der Version 1.6.0 ist die primäre Basis für die technische Entwicklung des MIO Patientenkurzakte (PKA).</t>
         </is>
       </c>
-      <c r="C396" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B397" t="inlineStr">
+      <c r="C397" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D397">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="s">
+        <v>376</v>
+      </c>
+      <c r="B398" t="inlineStr">
         <is>
           <t>Gemäß § 355 Absatz 2d Sozialgesetzbuch V (SGB V) hat die Kassenärztliche Bundesvereinigung (KBV) erstmals bis zum 30. Juni 2022 die notwendigen Festlegungen für die semantische und syntaktische Interoperabilität von Daten zu treffen, die im Rahmen des telemedizinischen Monitorings verarbeitet werden. Die mio42 entwickelt in diesem Kontext ein medizinisches Informationsobjekt (MIO), welches die im telemedizinischen Monitoring verarbeiteten Daten als Zusammenfassungen zu Messwerten und Therapieverläufen beinhaltet. Mit dem MIO sollen die Zusammenfassungen entweder anlassbezogen oder in festzulegenden Intervallen in einem interoperablen Format zur Verfügung stehen und in der Regel von der primär behandelnden Ärztin oder dem primär behandelnden Arzt (PBA) bzw. einem telemedizinischen Zentrum (TMZ) in die elektronische Patientenakte (ePA) einer versicherten Person eingestellt werden.
 In der erstmaligen Festlegung wird die Herzinsuffizienz als telemedizinisches Anwendungsszenario in der MIO-Entwicklung die Basis bilden. Ausschlaggebend dafür ist die G-BA-Richtlinie "Methoden vertragsärztliche Versorgung: Telemonitoring bei Herzinsuffizienz", die das telemedizinische Monitoring bei fortgeschrittener kongestiver Herzinsuffizienz (CHF) als ambulante GKV-Leistung eingeführt hat. Es ist zu erwarten, dass weitere Use Cases im telemedizinischen Kontext in perspektivischen Fortschreibungen relevant werden, sobald diese in die Regelversorgung aufgenommen wurden.</t>
         </is>
       </c>
-      <c r="C397" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B398" t="inlineStr">
+      <c r="C398" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D398">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="s">
+        <v>377</v>
+      </c>
+      <c r="B399" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Das Kinderuntersuchungsheft, auch "Gelbes Heft" oder "U-Heft" genannt, dient zur Dokumentation der Früherkennungsuntersuchungen. Grundlage für das Kinderuntersuchungsheft bildet die Richtlinie des Gemeinsamen Bundesausschusses über die Früherkennung von Krankheiten bei Kindern (sog. Kinder-Richtlinie). Das Kinderuntersuchungsheft liegt seit 1971 in Papierform vor. Insgesamt umfasst es zehn U-Untersuchungen, beginnend mit der Dokumentation der Geburt und speziellen Neugeborenen-Screenings bis zu Untersuchungen im Alter von etwa fünf Jahren. Mit den Untersuchungen können körperliche, geistige und psychosoziale Auffälligkeiten frühzeitig erkannt und Präventions- und Behandlungsempfehlungen abgeleitet werden.
 Derzeit liegt das U-Heft als Anlage 1 zur Kinder-Richtlinie lediglich in Papierform vor. Mit der Umstellung auf ein digitales U-Heft können die Daten in die elektronische Patientenakte übertragen werden, sodass sie jederzeit verfügbar sind und unkompliziert bei den einzelnen Früherkennungsuntersuchungen angezeigt sowie fortlaufend durch neue Einträge ergänzt werden können.</t>
         </is>
       </c>
-      <c r="C398" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D398">
+      <c r="C399" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D399">
         <v>1</v>
       </c>
     </row>
-    <row r="399">
-[...3 lines deleted...]
-      <c r="B399" t="inlineStr">
+    <row r="400">
+      <c r="A400" t="s">
+        <v>377</v>
+      </c>
+      <c r="B400" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Das Kinderuntersuchungsheft, auch "Gelbes Heft" oder "U-Heft" genannt, dient zur Dokumentation der Früherkennungsuntersuchungen. Grundlage für das Kinderuntersuchungsheft bildet die Richtlinie des Gemeinsamen Bundesausschusses über die Früherkennung von Krankheiten bei Kindern (sog. Kinder-Richtlinie). Das Kinderuntersuchungsheft liegt seit 1971 in Papierform in deutscher Sprache vor; eine englische Version wurde später ergänzt. Insgesamt umfasst es zehn U-Untersuchungen, beginnend mit der Dokumentation der Geburt und speziellen Neugeborenen-Screenings bis zu Untersuchungen im Alter von etwa fünf Jahren. Mit den Untersuchungen können körperliche, geistige und psychosoziale Auffälligkeiten frühzeitig erkannt und Präventions- und Behandlungsempfehlungen abgeleitet werden.
 Mit der Geburt des Kindes erhalten alle Eltern das "Gelbe Heft" und bringen es zu den jeweiligen U-Untersuchungen mit. Die einzelnen Untersuchungen werden beim Untersuchungstermin vonden behandelnden und geburtshelfenden Personendokumentiert. Zur Vorbereitung haben Eltern die Möglichkeit, Notizen einzutragen. Jede U-Untersuchung ist in sich abgeschlossen und soll immer nur den Entwicklungsstand zum gegenwärtigen Zeitpunkt dokumentieren. Das U-Heft dient primär als Checkliste, nicht als Diagnoseinstrument. Bei auffälligen Beobachtungen werden diese in zusätzlichen Untersuchungen abgeklärt und außerhalb des U-Hefts dokumentiert.</t>
         </is>
       </c>
-      <c r="C399" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D399">
+      <c r="C400" t="s" s="4">
+        <v>378</v>
+      </c>
+      <c r="D400">
         <v>1</v>
       </c>
     </row>
-    <row r="400">
-[...3 lines deleted...]
-      <c r="B400" t="inlineStr">
+    <row r="401">
+      <c r="A401" t="s">
+        <v>379</v>
+      </c>
+      <c r="B401" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Das 1989 durch das "Gesundheitsreform-Gesetz" eingeführte und bundesmantelvertraglich in Anlage 3 zumBundesmantelvertrag-Zahnärzte(BMV-Z) vereinbarte zahnärztliche Bonusheft bietet Versicherten der gesetzlichen Krankenversicherung in Deutschland die Möglichkeit, die Durchführung von zahnärztlichen Vorsorgeuntersuchungen im Sinne von § 55 Abs. 1 Satz 4 SGB V schriftlich dokumentieren zu lassen.
 Sinn und Zweck des zahnärztlichen Bonusheftes besteht darin, einerseits den Versicherten an regelmäßige zahnärztliche Kontrolluntersuchungen zu erinnern, um Veränderungenbzw.Erkrankungen der Zähne und im Mundraum vorzubeugen bzw. frühzeitig zu erkennen und ggf. eine entsprechende Behandlung einleiten zu können. Andererseits hilft das Bonusheft Geld zu sparen, wenn Zahnersatz - eine Krone, Brücke oder herausnehmbare Prothese - notwendig wird. Mit dem entsprechenden Nachweis im Bonusheft erhalten gesetzlich Krankenversicherte Anspruch auf erhöhte (befundbezogene) Festzuschüsse zum Zahnersatz nach § 55 Abs. 1 SGB V.</t>
         </is>
       </c>
-      <c r="C400" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D400">
+      <c r="C401" t="s" s="4">
+        <v>373</v>
+      </c>
+      <c r="D401">
         <v>1</v>
       </c>
     </row>
-    <row r="401">
-[...3 lines deleted...]
-      <c r="B401" t="inlineStr">
+    <row r="402">
+      <c r="A402" t="s">
+        <v>380</v>
+      </c>
+      <c r="B402" t="inlineStr">
         <is>
           <t>Medizinische Informationsobjekte, kurz MIOs, werden als in sich logische, klar definierte medizinische Elemente verstanden. Sie dienen dazu, medizinische Daten (etwa in einer elektronischen Patientenakte) standardisiert, also nach einem festgelegten Format auf Basis von internationalen Standards und Terminologien zu dokumentieren. Durch die Standardisierung werden sie austauschbar und können interaktiv und sektorenübergreifend verwendet werden – unabhängig davon, welches Softwaresystem die behandelnde Person verwendet oder welche Krankenkassen-App benutzt wird.
 Das 1989 durch das "Gesundheitsreform-Gesetz" eingeführte und bundesmantelvertraglich in Anlage 3 zumBundesmantelvertrag-Zahnärzte(BMV-Z) vereinbarte zahnärztliche Bonusheft bietet Versicherten der gesetzlichen Krankenversicherung in Deutschland die Möglichkeit, die Durchführung von zahnärztlichen Vorsorgeuntersuchungen im Sinne von § 55 Abs. 1 Satz 4 SGB V schriftlich dokumentieren zu lassen.
 Sinn und Zweck des zahnärztlichen Bonusheftes besteht darin, einerseits den Versicherten an regelmäßige zahnärztliche Kontrolluntersuchungen zu erinnern, um Veränderungenbzw.Erkrankungen der Zähne und im Mundraum vorzubeugen bzw. frühzeitig zu erkennen und ggf. eine entsprechende Behandlung einleiten zu können. Andererseits hilft das Bonusheft Geld zu sparen, wenn Zahnersatz - eine Krone, Brücke oder herausnehmbare Prothese - notwendig wird. Mit dem entsprechenden Nachweis im Bonusheft erhalten gesetzlich Krankenversicherte Anspruch auf erhöhte (befundbezogene) Festzuschüsse zum Zahnersatz nach § 55 Abs. 1 SGB V.</t>
         </is>
       </c>
-      <c r="C401" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D401">
+      <c r="C402" t="s" s="4">
+        <v>371</v>
+      </c>
+      <c r="D402">
         <v>1</v>
       </c>
     </row>
-    <row r="402">
-[...3 lines deleted...]
-      <c r="B402" t="inlineStr">
+    <row r="403">
+      <c r="A403" t="s">
+        <v>381</v>
+      </c>
+      <c r="B403" t="inlineStr">
         <is>
           <t>Mit dem Inkrafttreten des Digitale-Versorgung-und-Pflege-Modernisierungs-Gesetzes (DVPMG) am 09. Juni 2021 wird die Kassenärztliche Bundesvereinigung (KBV) bis zum 31. Dezember 2022 verpflichtet, die notwendigen Festlegungen für die semantische und syntaktische Interoperabilität von Daten der elektronischen Patientenakte (ePA) zur pflegerischen Versorgung nach § 341 Absatz 2 Nummer 10 zu treffen.Dazu gehören Pflegedokumente wiez.B.der elektronische Überleitungsbogen, der einrein pflegerisches Informationsobjekt ist sowie derelektronische Wundberichtoder der elektronische Hygienebericht, die beideprofessionsübergreifend sind. Der Herstellung des Benehmens mit den Bundesverbänden der Pflege nach § 355 Absatz 1 Satz 1 Nummer 5 und deren enge Einbindung in den Prozess kommt in diesem Zusammenhang eine hohe Bedeutung zu. Bei der Auswahl der infrage kommenden Pflegedokumente hat sich die mio42 GmbH mit VertreterInnen der maßgeblichen Bundesverbände der Pflege auf die Bereitstellung des Überleitungsbogens als eines deram häufigsten verwendetenDokumente verständigt. Darüber hinaus hat die mio42 GmbH die Anregung aus dem eingerichteten Pflegebeirat aufgegriffen und entschieden, dass für ein MIO der pflegerischen Versorgung der Begriff Pflege-Informationsobjekt (PIO) verwendet wird.
 Der Überleitungsbogen ist somit das erste PIOim Rahmen der Pflegedokumentationfür die ePA. Ähnlich dem Arztbrief dient der Überleitungsbogen in Verlegungs- oder Entlassungsszenarien als Dokument zur Weiterleitung pflege- und versorgungsrelevanter Informationen über die zu pflegende Person. Diese pflegerelevanten Daten müssen dabeiin sämtlichenPflegesettings (ambulant und stationär, Akut- und Langzeitpflege)austausch- und nutzbar sein, um eine Einschätzung des Pflege- bzw. Versorgungsbedarfs in der empfangenden Einrichtung zu ermöglichen. Dies gilt unabhängig von der Form der Versorgung oder Institution.
 Das PIO Überleitungsbogen ist eine medizinisch-pflegerische Datenstruktur, welche die KBV semantisch und syntaktisch nach § 355 SGB V definiert. Mit der Umsetzung eines Überleitungsbogens wird ermöglicht, dass pflegerelevante Daten insbesondere für die nachbehandelnde Einrichtung / Person im Pflegekontext abrufbar und verwendbar sind und für die versicherte Person und - sofern entsprechende Berechtigungen für die ePA vorliegen - auch deren VertreterInnen jederzeit im Rahmen ihrer ePA-Anwendung einsehbar sind. Der digitale Überleitungsbogen kann zukünftig auch über eine KIM-Anwendung inklusive einer spezifischen Dienstkennung der nachversorgenden Einrichtung zur Verfügung gestellt werden.</t>
         </is>
       </c>
-      <c r="C402" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B403" t="inlineStr">
+      <c r="C403" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D403">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="s">
+        <v>382</v>
+      </c>
+      <c r="B404" t="inlineStr">
         <is>
           <t>FHIR Bulk Data ist ein Standard für den Massendaten-Export von FHIR-basierten Gesundheitsdaten aus verschiedenen Gesundheits-IT-Systemen. Mit Bulk Data können Anbieter von Gesundheits-IT-Systemen und App-Entwickler große Mengen von Gesundheitsdaten in einem standardisierten Format exportieren, um sie für Analysezwecke, Forschungsstudien, zur Archivierung, Datensicherung, Datenmigration oder zur Erstellung von Berichten zu verwenden.
 Der Standard definiert Mechanismen für die Filterung von Daten, so dass Anwender gezielt auf die Daten zugreifen können, die für ihre Anforderungen relevant sind.
 Die Bulk-Data-Spezifikation umfasst darüber hinaus Sicherheitsrichtlinien, die sicherstellen, dass die exportierten Daten nur autorisierten Personen bzw. Applikationen zugänglich sind.</t>
         </is>
       </c>
-      <c r="C403" t="s" s="4">
-[...16 lines deleted...]
-        <v>377</v>
+      <c r="C404" t="s" s="4">
+        <v>383</v>
       </c>
       <c r="D404">
         <v>0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Florian Diebel, Jahrgang 1976, Abschluss als Betriebswirt mit Fokus auf Prozessmanagement,nach verschiedenen Positionen im Gesundheitswesen leitete er 10 Jahre lang als CDO/IT-Verantwortlicher eine Krankenhausgruppe und baute ambulante MVZ-Strukturen auf. Seit 2022 unterstützt er Krankenhäuser, MVZ und öffentliche Gesundheitseinrichtungen (ÖGD) bei der IT-Infrastrukturkonsolidierung, Migration und der Entwicklung von Zielbildern im Zusammenhang mit aufkommender Plattformtechnologie und der Telematikinfrastruktur. Mit über 15 Jahren IT- und Managementerfahrung hat er umfassende Expertise in der Neugründung, Optimierung und Transformation verschiedener Unternehmen, mit besonderem Augenmerk auf eine digital getragene Prozessveränderung. Florian Diebel ist Mitglied im BVMI e.V., StartUp-Gründer im Bereich "Seniorenzentrum digital mitdenken" und engagiert sich im Gesundheits- und Pflegepolitischen Arbeitskreis.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Mit vielfältiger beruflicher Erfahrung von verschiedenen Seiten aus (Wissenschaft, Softwareanbieter, Krankenhaus) stellt sich mir immer wieder die Frage, warum wir in der Medizin der Digitalisierung oftmals hinterher hinken. Mein Forschungsinteresse gilt der Evaluation von IT Lösungen in der Medizin, um heraus zu finden wem die Digitalisierung was bringt.</t>
+        </is>
+      </c>
+      <c r="C405" t="s">
+        <v>385</v>
       </c>
       <c r="D405">
         <v>0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Dr. Florian Fischer ist Experte im Bereich Public Health und Pflegewissenschaften. Im Rahmen seiner Forschungsaktivitätenbeschäftigt er sich mit der Digitalisierung im Gesundheits- und Sozialwesen, dabei u.a. der (partizipativen) Entwicklung,Implementierung und Evaluation digitaler Anwendungen. Neben den sozialen Auswirkungen der Digitalisierung liegt einer seiner Tätigkeitsschwerpunkte auf der Interoperabilität digitaler Technologien.In diesem Schwerpunkt befasst sich Dr. Fischer insbesondere mit den Voraussetzungen an Strukturen und Prozesse für die Nutzungvon Sekundärdaten in Forschungsvorhaben.</t>
-[...3 lines deleted...]
-        <v>380</v>
+          <t>Florian Diebel, Jahrgang 1976, Abschluss als Betriebswirt mit Fokus auf Prozessmanagement,nach verschiedenen Positionen im Gesundheitswesen leitete er 10 Jahre lang als CDO/IT-Verantwortlicher eine Krankenhausgruppe und baute ambulante MVZ-Strukturen auf. Seit 2022 unterstützt er Krankenhäuser, MVZ und öffentliche Gesundheitseinrichtungen (ÖGD) bei der IT-Infrastrukturkonsolidierung, Migration und der Entwicklung von Zielbildern im Zusammenhang mit aufkommender Plattformtechnologie und der Telematikinfrastruktur. Mit über 15 Jahren IT- und Managementerfahrung hat er umfassende Expertise in der Neugründung, Optimierung und Transformation verschiedener Unternehmen, mit besonderem Augenmerk auf eine digital getragene Prozessveränderung. Florian Diebel ist Mitglied im BVMI e.V., StartUp-Gründer im Bereich "Seniorenzentrum digital mitdenken" und engagiert sich im Gesundheits- und Pflegepolitischen Arbeitskreis.</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>Rechenzentrums- und Telematikinfrastrukturlösungen, klinisches Workflowmanagement, KAS/PVS-Lösungen, Expertenwissen im BI-Aufbau (QLIK, COGNOS) und der Anbindung von Datenbankarchitekturen (Interoperable Plattformen)</t>
+        </is>
       </c>
       <c r="D406">
         <v>0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>2011 Beginn als Assistenzarzt für Viszeralchirurgie im Elbe Klinikum Stade. Anschließend Facharzt für Viszeralchirurgie sowie weitere Tätigkeit bis zum Funktionsoberarzt in der dortigen Abteilung für Viszeral-, Thorax- und Gefäßchirurgie.Wechsel in den Quereinstieg Allgemeinmedizin in Niedersachsen2 Jahre Weiterbildungsassistent in Hemmoor und Apensen. Danach 1 Jahr angestellter Facharzt für Allgemeinmedizin.Seit Januar 2023 niedergelassener Hausarzt mit eigener Praxis.Großer Freund und Verfechter der DigitalisierungChef eines interprofessionellen Praxisteams.Pilot Projekt Mitglied der telemedizinischen Notfallsprechstunde der kassenörztlichen Vereinigung Niedersachsen.Geplante Implementation telemedizinischer Visitenstrukturen in die betreuenden Pflegeheime.Regelhafte Nutzung von KI gestützter Befundanalyse in der eigenen Praxis.Nutzung von telemedizinischen sowie telekonsiliarischen Leistungen</t>
+          <t>Dr. Florian Fischer ist Experte im Bereich Public Health und Pflegewissenschaften. Im Rahmen seiner Forschungsaktivitätenbeschäftigt er sich mit der Digitalisierung im Gesundheits- und Sozialwesen, dabei u.a. der (partizipativen) Entwicklung,Implementierung und Evaluation digitaler Anwendungen. Neben den sozialen Auswirkungen der Digitalisierung liegt einer seiner Tätigkeitsschwerpunkte auf der Interoperabilität digitaler Technologien.In diesem Schwerpunkt befasst sich Dr. Fischer insbesondere mit den Voraussetzungen an Strukturen und Prozesse für die Nutzungvon Sekundärdaten in Forschungsvorhaben.</t>
         </is>
       </c>
       <c r="C407" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="D407">
         <v>0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Florian Schnell ist seit 2010 in verschiedenen Bereichen der IT im Gesundheitswesen aktiv. Großes Interesse hat er an medizinischen Prozessen über System- und Fachgrenzen hinweg. Er entwickelt mit Begeisterung und im engen Austausch mit Anwendern bestmögliche Lösungen. Seit 2023 ist er als Product Architecture bei der CGM Deutschland GmbH tätig.</t>
-[...5 lines deleted...]
-        </is>
+          <t>2011 Beginn als Assistenzarzt für Viszeralchirurgie im Elbe Klinikum Stade. Anschließend Facharzt für Viszeralchirurgie sowie weitere Tätigkeit bis zum Funktionsoberarzt in der dortigen Abteilung für Viszeral-, Thorax- und Gefäßchirurgie.Wechsel in den Quereinstieg Allgemeinmedizin in Niedersachsen2 Jahre Weiterbildungsassistent in Hemmoor und Apensen. Danach 1 Jahr angestellter Facharzt für Allgemeinmedizin.Seit Januar 2023 niedergelassener Hausarzt mit eigener Praxis.Großer Freund und Verfechter der DigitalisierungChef eines interprofessionellen Praxisteams.Pilot Projekt Mitglied der telemedizinischen Notfallsprechstunde der kassenörztlichen Vereinigung Niedersachsen.Geplante Implementation telemedizinischer Visitenstrukturen in die betreuenden Pflegeheime.Regelhafte Nutzung von KI gestützter Befundanalyse in der eigenen Praxis.Nutzung von telemedizinischen sowie telekonsiliarischen Leistungen</t>
+        </is>
+      </c>
+      <c r="C408" t="s">
+        <v>390</v>
       </c>
       <c r="D408">
         <v>0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Als Senior eHealth Developer verantwortet Florian Schramm die Anbindung von Primär- und Drittsystemen an die Health Intelligence Platform der vitagroup AG. Der Einsatz offener Standards wie HL7v2, HL7 FHIR und OpenEHR an diesen Schnittstellen zur Datenübertragung sowie für die Datenspeicherung ermöglicht die Entwicklung zukunftssicherer Software.</t>
-[...3 lines deleted...]
-        <v>385</v>
+          <t>Florian Schnell ist seit 2010 in verschiedenen Bereichen der IT im Gesundheitswesen aktiv. Großes Interesse hat er an medizinischen Prozessen über System- und Fachgrenzen hinweg. Er entwickelt mit Begeisterung und im engen Austausch mit Anwendern bestmögliche Lösungen. Seit 2023 ist er als Product Architecture bei der CGM Deutschland GmbH tätig.</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>Arztinformationssysteme, Klinikinformationssysteme, Telematikinfrastruktur, Tumordokumentation, Medizinische Terminologien und Auswertungen, nteroperabilität, ISiK</t>
+        </is>
       </c>
       <c r="D409">
         <v>0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B410" t="inlineStr">
+        <is>
+          <t>Als Senior eHealth Developer verantwortet Florian Schramm die Anbindung von Primär- und Drittsystemen an die Health Intelligence Platform der vitagroup AG. Der Einsatz offener Standards wie HL7v2, HL7 FHIR und OpenEHR an diesen Schnittstellen zur Datenübertragung sowie für die Datenspeicherung ermöglicht die Entwicklung zukunftssicherer Software.</t>
+        </is>
+      </c>
+      <c r="C410" t="s">
+        <v>393</v>
+      </c>
+      <c r="D410">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="s">
+        <v>394</v>
+      </c>
+      <c r="B411" t="inlineStr">
         <is>
           <t>Frank Heidner ist ein erfahrener IT-Spezialist und Abteilungsleiter bei medatixx, einem Unternehmen, das sich auf die Entwicklung von Softwarelösungen für den ambulanten Gesundheitsbereich spezialisiert hat. Mit seinem Abschluss als Diplom-Wirtschaftsinformatiker und seiner Expertise in HL7-Integrationen ist er ein ausgewiesener Experte auf dem Gebiet der Datenintegration und Interoperabilität. Frank Heidner hat das Schnittstellen-Kommunikations-Modul (SKM) für das Ambulanz- und MVZ-System x.vianova entwickelt und implementiert, das den bidirektionalen Austausch von medizinischen Daten wie Patienten- und Falldaten, Dokumenten, Laborwerten, medizinischer Dokumentation und Abrechnungsdaten ermöglicht.
 Als Abteilungsleiter bei medatixx ist Frank Heidner verantwortlich für Technik, Integrationen und Support im Klinik- und MVZ-Bereich. Er ist ein kompetenter Ansprechpartner für Fragen rund um IT-Systeme im Gesundheitswesen und setzt sich aktiv für die Standardisierung und Interoperabilität von IT-Systemen ein. So ist er beispielsweise Mitglied im Verband bvitg und engagiert sich in der Gruppe "Interoperabilität und Standardisierung". Mit seiner Expertise und seinem Engagement leistet Frank Heidner einen wichtigen Beitrag zur Digitalisierung und Vernetzung im Gesundheitsbereich.</t>
         </is>
       </c>
-      <c r="C410" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="C411" t="s">
+        <v>395</v>
       </c>
       <c r="D411">
         <v>0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B412" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Frank Kramer verfügt über langjährige Erfahrung in der Forschung an den Schnittstellen zwischen Medical Data Science, Datenintegration und der klinischen Forschung.  Der Fokus des Lehrstuhls liegt im Wesentlichen auf den Gebieten:Entwicklung von Infrastrukturen für die Datenintegration in der klinischen Forschung in Hinblick auf die personalisierte MedizinIntegration von klinischen Daten, biomedizinischem Vorwissen und Omics-Daten für die SystemmedizinEntwicklung von Konzepten und Aufbau der Augsburger IT-Forschungslandschafts im Rahmen der Medizininformatik-Initiative Bisherige Arbeiten spannen von der Analyse von Omics-Daten, über Modellierungsansätze für biomedizinisches Wissen bis zur Entwicklung von Software und Infrastrukturen für die Systemmedizin.</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>IT-Infrastrukturen für die Translationale Medizinische Forschung; Semantische Interoperabilität;Interdisziplinäre Forschung; Forschungsorienterte FHIR-Modelle, z.B. in der Pflege, für genomische Daten und für Wissensgraphen</t>
+        </is>
+      </c>
+      <c r="D412">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="s">
+        <v>397</v>
+      </c>
+      <c r="B413" t="inlineStr">
         <is>
           <t>1993 begann Hr. Oemig sich speziell für den Datenaustausch im Gesundheitswesen zu interessieren, was zur Beschäftigung mit Fragen der semantischen Interoperabilität (HL7, IHE und DICOM) geführt hat. Schon früh war er der Meinung, dass Interoperabilitätsfragen nur gemeinsam gelöst werden können. Das hat damals zur Gründung des HL7-TCs geführt, das heute als Interoperabilitätsforum bekannt ist.
 Er ist deshalb auf Komitee-, Arbeitsgruppen- und/oder Vorstandsebene von HL7 USA, HL7 Deutschland, IHE Deutschland, BITKOM, bvitg und GMDS aktiv, um Interoperabilitätsfragen zu bearbeiten und zu gemeinsamen Aktionen wie dem Interoperabilitätsforum einzuladen. Darüber hinaus ist er Autor vieler Fachartikel zu den Themenkomplexen Interoperabilität, Kommunikationsstandards sowie Terminologien und Ontologien. 2011 hat er zum Thema Architektur und Wissenspräsentation promoviert. Seit Ende 2016 sind seine Erfahrungen im Buch "Healthcare Interoperability Standards Compliance Handbook" zusammengefasst, das auch für die Universitätsausbildung genutzt wird.</t>
         </is>
       </c>
-      <c r="C412" t="inlineStr">
+      <c r="C413" t="inlineStr">
         <is>
           <t>Informatik, Medizin, Kommunikationstechnologie (inter- und nationale medizinische IT-Standards, Telemedizin, Wissensrepräsentation, Architektur, Vokabularmanagement)</t>
         </is>
-      </c>
-[...14 lines deleted...]
-        <v>391</v>
       </c>
       <c r="D413">
         <v>0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Als Projektleiterin für Medizinische Informationsobjektebringe ich Erfahrung bei der Entwicklung von Standards für einesemantische und syntaktische Interoperabilität medizinischerDokumentation ein. Der Inhaltliche Fokus meiner Arbeit liegt dabei auf denThemen Medikation, Krankenhaus-Entlassbrief und Patientenkurzakte.Bei der mio42 GmbH bin ich im Rahmen der Projektarbeit Ansprechpartnerinfür diverse Stakeholder und bilde die Schnittstelle zwischenfachlicher/medizinischer Perspektive, Patient:innen, IT-Entwicklung undInteroperabilität.Zudem verfüge ich über umfangreiche methodische Kenntnisse derProzessanalyse, Nutzerzentrierung und kollaborative Innovationsprozesse.</t>
+          <t>Dr. Franziska Bathelt war von 05/2023 bis 01/2025 als stellvertretende Leitung der Thiem-Research GmbH und Leiterin des Datenintegrationszentrums (DIZ) am Carl-Thiem-Klinikum Cottbus (CTK) tätig. Seit dem 1.2.2025 ist das DIZ als Abteilung der Medizinischen Universität Lausitz - Carl Thiem etabliert und weiterhin unter der Leitung von Frau Dr. Bathelt.  Ihre Forschungsinteressen liegen in der Realisierung technischer Interoperabilität durch serviceorientierte Architekturen, der Sicherstellung syntaktischer und semantischer Interoperabilität durch die Entwicklung automatisierter, ontologiebasierter ETL-Prozesse auf Basis von FHIR und OMOP CDM und der Verbesserung organisatorischer Interoperabilität durch automatisierte Extraktion, Analyse und Optimierung von Gesundheitsprozessen auf Basis von Routinedaten.</t>
         </is>
       </c>
       <c r="C414" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="D414">
         <v>0</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Frede Booke arbeitet im Bereich Fach- und Forschungsdatenmanagement für das Robert Koch-Institut. Für die Förderung der FAIR-Prinzipien spezialisiert dey sich auf die Stärkung projekt- und institutsübergreifender Standardisierungsvorgänge und ist allgemeine Ansprechperson für Interoperabilitätsbelange im RKI. Deren Schwerpunkte sind zum einen die Bildung transparenter und vorausschauender Governance-Strukturen für die geregelte Einbettung von Interoperabilitätsfragen in projektspezifische Arbeiten und zum anderen die Bereitstellung unterstützender Informationen und Infrastruktur.</t>
+          <t>Franziska Kindt arbeitet als Senior Solution Advisor bei Oracle Health, einem der führenden KIS-Hersteller in Deutschland und den USA. In ihrer Rolle verantwortet sie produktbezogene, fachliche Themen im Kontext der neuen Gesundheitsplattform von Oracle Health. Durch ihre aktuelle und vorherige Rollen hat sie unterschiedliche Einblicke in die Anforderungen und Bedürfnisse von Anwendern informationstechnischer Systeme erhalten und weiß um die Bedeutung von interoperablen Standards.</t>
         </is>
       </c>
       <c r="C415" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D415">
         <v>0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Patientenbezogen: Verringerung des BMI-SDS (Body Mass Index Standard Deviation Score) übergewichtiger / adipöser Kinder durch ein aufsuchendes, familienzentriertes Coaching und Verbesserung der lebensstilbezogenen Gesundheitskompetenz der Familien. Systembezogen: Implementierung einer aufsuchenden Beratungsstruktur; Optimierung der sektoren- und trägerübergreifenden Vernetzung sowie Inanspruchnahme der Versorgung. Hypothese: FrühstArt führt zu einer Reduktion des kindlichen BMI-SDS durch ein gesünderes alltägliches Lebensstilverhalten der Kinder / Familien, einer stärkeren Vernetzung bestehender Angebote sowie sektorenübergreifend zwischen verschiedenen Leistungserbringern.</t>
-[...2 lines deleted...]
-      <c r="C416"/>
+          <t>Als Projektleiterin für Medizinische Informationsobjektebringe ich Erfahrung bei der Entwicklung von Standards für einesemantische und syntaktische Interoperabilität medizinischerDokumentation ein. Der Inhaltliche Fokus meiner Arbeit liegt dabei auf denThemen Medikation, Krankenhaus-Entlassbrief und Patientenkurzakte.Bei der mio42 GmbH bin ich im Rahmen der Projektarbeit Ansprechpartnerinfür diverse Stakeholder und bilde die Schnittstelle zwischenfachlicher/medizinischer Perspektive, Patient:innen, IT-Entwicklung undInteroperabilität.Zudem verfüge ich über umfangreiche methodische Kenntnisse derProzessanalyse, Nutzerzentrierung und kollaborative Innovationsprozesse.</t>
+        </is>
+      </c>
+      <c r="C416" t="s">
+        <v>403</v>
+      </c>
       <c r="D416">
         <v>0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B417" t="inlineStr">
+        <is>
+          <t>Frede Booke arbeitet im Bereich Fach- und Forschungsdatenmanagement für das Robert Koch-Institut. Für die Förderung der FAIR-Prinzipien spezialisiert dey sich auf die Stärkung projekt- und institutsübergreifender Standardisierungsvorgänge und ist allgemeine Ansprechperson für Interoperabilitätsbelange im RKI. Deren Schwerpunkte sind zum einen die Bildung transparenter und vorausschauender Governance-Strukturen für die geregelte Einbettung von Interoperabilitätsfragen in projektspezifische Arbeiten und zum anderen die Bereitstellung unterstützender Informationen und Infrastruktur.</t>
+        </is>
+      </c>
+      <c r="C417" t="s">
+        <v>405</v>
+      </c>
+      <c r="D417">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="s">
+        <v>406</v>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>Patientenbezogen: Verringerung des BMI-SDS (Body Mass Index Standard Deviation Score) übergewichtiger / adipöser Kinder durch ein aufsuchendes, familienzentriertes Coaching und Verbesserung der lebensstilbezogenen Gesundheitskompetenz der Familien. Systembezogen: Implementierung einer aufsuchenden Beratungsstruktur; Optimierung der sektoren- und trägerübergreifenden Vernetzung sowie Inanspruchnahme der Versorgung. Hypothese: FrühstArt führt zu einer Reduktion des kindlichen BMI-SDS durch ein gesünderes alltägliches Lebensstilverhalten der Kinder / Familien, einer stärkeren Vernetzung bestehender Angebote sowie sektorenübergreifend zwischen verschiedenen Leistungserbringern.</t>
+        </is>
+      </c>
+      <c r="C418"/>
+      <c r="D418">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="s">
+        <v>407</v>
+      </c>
+      <c r="B419" t="inlineStr">
         <is>
           <t>Als selbständige Unternehmerin und TechnologieCoach unterstütze ich Arztpraxen mit individuellen digitalen Lösungen und optimierten Arbeitsabläufen. Dank meiner Kombination aus technischer Expertise, betriebswirtschaftlichem Wissen und Coaching-Erfahrung verfolge ich einen ganzheitlichen Ansatz zur Digitalisierung und Prozessoptimierung in Arztpraxen. Durch gemeinsame Projekte pflege ich enge Kontakte zu Softwareanbietern, zur KBV/ KV und zur Gematik.
 Zudem halte ich Vorträge zur Digitalisierung von Arztpraxen, unterstütze aktiv mein Netzwerk und entwickle eigene KIbasierte Lösungen, die auf die spezifischen Bedürfnisse von Arztpraxen zugeschnitten sind.</t>
         </is>
       </c>
-      <c r="C417" t="inlineStr">
+      <c r="C419" t="inlineStr">
         <is>
           <t> 	Digitalisierung und Prozessoptimierung in Arztpraxen 	Praxissoftware – PVS und digitale Lösungen 	Bindeglied zwischen Arztpraxen, Softwareanbietern Gematik und KV/KBV 	Prozessmanagement mit Blick auf Technik und Mensch 	Interoperabilität und Schnittstellenmanagement </t>
         </is>
-      </c>
-[...30 lines deleted...]
-        <v>44500</v>
       </c>
       <c r="D419">
         <v>0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>408</v>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Grundsätzlich ist OML das Datenaustauschformat, mit dem der weltweite Austausch von Omics-Daten erleichtert wird, ohne dass ein Datenbankschema geändert werden muss. Aus Sicht der Informatik ist OML das auf XML basierende Datenaustauschformat. Im Anwendungsbereich dieses Dokuments liegt das Datenaustauschformat bei der Nachrichtenübermittlung und Kommunikation, aber das Datenbankschema selbst fällt nicht in den Anwendungsbereich dieses Dokuments. Aus biologischer Sicht werden alle Arten von Omics in Betracht gezogen und fallen in den Anwendungsbereich dieses Dokuments, die Variationen der genomischen Sequenz und die gesamte genomische Sequenz liegen außerhalb des Anwendungsbereichs dieses Dokuments. Ansonsten liegen die Anmerkungen zu klinische Bedenken und die Beziehung zu anderen Bedenken bezüglich der Omics im Anwendungsbereich dieses Dokuments. Obwohl es Omics für verschiedene existierende biologische Arten gibt, bezieht sich der Anwendungsbereich dieses Dokuments nur auf die Arten, die auf die menschliche Gesundheit bezogen sind, wie Menschen, Zelllinien und präklinische Tiere. Die anderen biologischen Spezies liegen außerhalb des Anwendungsbereichs dieses Dokuments. Der klinische Bereich liegt im Anwendungsbereich dieses Dokuments, aber die Grundlagenforschung und andere wissenschaftliche Felder gehören nicht zum Anwendungsbereich dieses Dokuments. Zum Anwendungsbereich dieses Dokuments gehören die klinischen Studien einschließlich dieser für die Arzneimittelentwicklung. Bei den vorgesehenen Anwendungsgebieten liegt das Hauptaugenmerk auf der menschlichen Gesundheit, einschließlich klinischer Praxis, Präventivmedizin, länderübergreifender Forschung und klinischer Forschung.</t>
+        </is>
       </c>
       <c r="C420" s="3">
-        <v>44347</v>
+        <v>44500</v>
       </c>
       <c r="D420">
         <v>0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>408</v>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>Grundsätzlich ist OML das Datenaustauschformat, mit dem der weltweite Austausch von Omics-Daten erleichtert wird, ohne dass ein Datenbankschema geändert werden muss. Aus Sicht der Informatik ist OML das auf XML basierende Datenaustauschformat. Im Anwendungsbereich dieses Dokuments liegt das Datenaustauschformat bei der Nachrichtenübermittlung und Kommunikation, aber das Datenbankschema selbst fällt nicht in den Anwendungsbereich dieses Dokuments. Aus biologischer Sicht werden alle Arten von Omics in Betracht gezogen und fallen in den Anwendungsbereich dieses Dokuments, die Variationen der genomischen Sequenz und die gesamte genomische Sequenz liegen außerhalb des Anwendungsbereichs dieses Dokuments. Ansonsten liegen die Anmerkungen zu klinische Bedenken und die Beziehung zu anderen Bedenken bezüglich der Omics im Anwendungsbereich dieses Dokuments. Obwohl es Omics für verschiedene existierende biologische Arten gibt, bezieht sich der Anwendungsbereich dieses Dokuments nur auf die Arten, die auf die menschliche Gesundheit bezogen sind, wie Menschen, Zelllinien und präklinische Tiere. Die anderen biologischen Spezies liegen außerhalb des Anwendungsbereichs dieses Dokuments. Der klinische Bereich liegt im Anwendungsbereich dieses Dokuments, aber die Grundlagenforschung und andere wissenschaftliche Felder gehören nicht zum Anwendungsbereich dieses Dokuments. Zum Anwendungsbereich dieses Dokuments gehören die klinischen Studien einschließlich dieser für die Arzneimittelentwicklung. Bei den vorgesehenen Anwendungsgebieten liegt das Hauptaugenmerk auf der menschlichen Gesundheit, einschließlich klinischer Praxis, Präventivmedizin, länderübergreifender Forschung und klinischer Forschung.</t>
+        </is>
       </c>
       <c r="C421" s="3">
-        <v>44347</v>
+        <v>44500</v>
       </c>
       <c r="D421">
         <v>0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B422" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C422" s="3">
-        <v>44469</v>
+        <v>44347</v>
       </c>
       <c r="D422">
         <v>0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B423" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C423" s="3">
-        <v>44469</v>
+        <v>44347</v>
       </c>
       <c r="D423">
         <v>0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
-        <v>401</v>
-[...7 lines deleted...]
-        <v>402</v>
+        <v>410</v>
+      </c>
+      <c r="B424" t="s">
+        <v>326</v>
+      </c>
+      <c r="C424" s="3">
+        <v>44469</v>
       </c>
       <c r="D424">
         <v>0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
-        <v>403</v>
-[...7 lines deleted...]
-        <v>404</v>
+        <v>410</v>
+      </c>
+      <c r="B425" t="s">
+        <v>326</v>
+      </c>
+      <c r="C425" s="3">
+        <v>44469</v>
       </c>
       <c r="D425">
         <v>0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Als Apotheker befasse ich mich bei der ABDA seit vielen Jahren mit der Konzeption und Umsetzung des elektronischen Rezepts und des elektronischen Medikationsplans. Im Fokus steht dabei insbesondere auch die Verbesserung der Arzneimitteltherapiesicherheit. Zudem begleite ich die Entwicklung medikationsrelevanter Anwendungen im Kontext der Telematikinfrastruktur wie zum Beispiel der elektronischen Patientenakte und bringe die pharmazeutische Perspektive ein. Es ist ein zentrales Anliegen für mich, dass praxistaugliche Lösungen definiert und abgestimmt werden, damit die digitale Unterstützung des Medikationsprozesses für alle Beteiligten nutzbringend erfolgen kann und hohe Akzeptanz findet.</t>
+          <t>Georg Woditsch leitet seit Oktober 2021 das Referat für Digitalisierung der Alexianer GmbH und entwickelt die Strategien und Werkzeuge für die Prozesstransformationen der verschiedenen Gesundheitseinrichtungen im Verbund. Seine über 15-jährige Erfahrung im Gesundheitswesen sammelt der Ingenieur für biomedizinische Technik sowohl aus der Sicht der Vernetzung von Medizingeräten als auch durch die Verantwortung für die klinischen Informationssysteme in einem Krankenhaus-Konzern. Durch die Entwicklung und Umsetzung konzernweiter Plattformstrategien für die Dokumentationsprozesse baut er seine Expertise in den klinischen Prozess- und Datenstrukturen weiter aus. Die praktische Nutzung internationaler Standards und Nomenklaturen für klinische Informationen und deren Anwendung, sowohl in der medizinischen und intersektoralen Vernetzung, als auch der klinischen Forschung, liegen zuletzt im Fokus seiner Tätigkeit in einer Uni-Klinik.</t>
         </is>
       </c>
       <c r="C426" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D426">
         <v>0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="B427" t="inlineStr">
         <is>
+          <t>Georgios Raptis ist ist approbierter Arzt und Diplom-Informatiker und seit 2016 Professor für Digital Health an der OTH Regensburg. Er ist Leiter des eHealth Labors an der OTH, stv. Direktor des Regensburg Center of Biomedical Engineering und Mitglied des Regensburg Center of Health Sciences and Technology. Prof. Raptis lehrt Digital Health Anwendungen, Informationssicherheit sowie Standards und Interoperabilität im Gesundheitswesen. Weitere Themen in seinem Bereich sind die intersektorale Vernetzung, Identity Management im Gesundheitswesen, mHealth-Anwendungen und die Anwendungen der Telematik-Infrastruktur.</t>
+        </is>
+      </c>
+      <c r="C427" t="s">
+        <v>414</v>
+      </c>
+      <c r="D427">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="s">
+        <v>415</v>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>Als Apotheker befasse ich mich bei der ABDA seit vielen Jahren mit der Konzeption und Umsetzung des elektronischen Rezepts und des elektronischen Medikationsplans. Im Fokus steht dabei insbesondere auch die Verbesserung der Arzneimitteltherapiesicherheit. Zudem begleite ich die Entwicklung medikationsrelevanter Anwendungen im Kontext der Telematikinfrastruktur wie zum Beispiel der elektronischen Patientenakte und bringe die pharmazeutische Perspektive ein. Es ist ein zentrales Anliegen für mich, dass praxistaugliche Lösungen definiert und abgestimmt werden, damit die digitale Unterstützung des Medikationsprozesses für alle Beteiligten nutzbringend erfolgen kann und hohe Akzeptanz findet.</t>
+        </is>
+      </c>
+      <c r="C428" t="s">
+        <v>416</v>
+      </c>
+      <c r="D428">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="s">
+        <v>417</v>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
           <t>Als ausgebildeter Informatiker unterstütze ich seit Jahren durch verschiedenste Tätigkeiten und Verantwortlichkeiten eine Vielzahl von IT-Projekte im Gesundheitswesen. Dazu gehören über 10 Jahre die Verantwortung als Geschäftsführer, Gesellschafter und Entwicklungsleiter eines der Apothekensoftwarehäuser (Pro Medisoft, heute Awinta/Noventi). Mehrere Jahre externer Mitarbeiter der Gematik im Bereich Testspezifikation und Abnahme von Primärsystemen. Zwei Jahre Leiter der ABDATA/Avoxa, Ein Tochterunternehmen der ABDA und verantwortlich für die redaktionelle Datenpflege des ABDA-Artikelstamms und der ABDA-Datenbank. Abteilungsleiter der ADG in Mannheim und verantwortlich für die Entwicklung von Softwarelösungen im Filialverbund von Apotheken und gesamtprojektverantwortlich für die Umsetzung der Anwendungen der TI in den Produkten der ADG. Darüber hinaus begleite ich die Funktion des Vorstandsvorsitz des Bundesverbands Deutscher Apothekensoftwarehäuser e. V.</t>
         </is>
       </c>
-      <c r="C427" t="inlineStr">
+      <c r="C429" t="inlineStr">
         <is>
           <t> 	Digitalisierung und Prozessoptimierung in Apotheken 	Apothekensoftware - AVS 	Bindeglied zwischen Industrie der AVS und den Standesorganisationen der Apotheken 	Standardisierung von Schnittstellen zwischen AVS und weiteren IT-Dienstleistern 	Interoperabilität und Schnittstellenmanagement 	Integration der der Anwendungen der TI in Primärsysteme 
 </t>
         </is>
       </c>
-      <c r="D427">
-[...7 lines deleted...]
-      <c r="B428" t="inlineStr">
+      <c r="D429">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="s">
+        <v>418</v>
+      </c>
+      <c r="B430" t="inlineStr">
         <is>
           <t>Die Studie verfolgt das Ziel, die poststationäre Versorgung geriatrischer Patientinnen und Patienten durch ein mehrdimensionales, sektorenübergreifendes Nachsorge-Programm zu optimieren. Rehabilitative Elemente sollen über die Dauer des stationären Aufenthalts hinaus im häuslichen Setting fortgeführt werden. Der telemedizinische Studienarm umfasst dabei eine digitale Komponente für diese Nachsorge. Über eine telemedizinische Plattform werden Trainings und Videosprechstunden realisiert zudem wird eine zentrale Dokumentation geführt.</t>
         </is>
       </c>
-      <c r="C428"/>
-[...8 lines deleted...]
-      <c r="B429" t="inlineStr">
+      <c r="C430"/>
+      <c r="D430">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="s">
+        <v>419</v>
+      </c>
+      <c r="B431" t="inlineStr">
         <is>
           <t>Als Mitglied im Digitalisierungsausschusses wurde mir die Wichtigkeit eines fachärztlichen MIOs bewusst. Daher meine Bemühungen ein solches Konzept mit zu entwickeln.
 </t>
         </is>
       </c>
-      <c r="C429" t="s">
-[...30 lines deleted...]
-        <v>43190</v>
+      <c r="C431" t="s">
+        <v>420</v>
       </c>
       <c r="D431">
         <v>0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Diese internationale Norm gilt für den gesamten Lebenszyklus von Gesundheitsssoftware, einschließlich Entwicklung, Herstellung, Installation, Wartung und Entsorgung. Diese Norm gibt keine Anforderungen für Software, die in ein Medizinprodukt integriert ist.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Ziel des Projektes "Gesundheitsregion der Zukunft Nordbrandenburg – Fontane" war die Prüfung, ob durch eine telemedizinische Mitbetreuung (Remote Patient Management) die Betreuungsqualität von kardiologischen Risikopatienten mit chronischer Herzinsuffizienz (CHI) im strukturschwachen ländlichen Raum soweit verbessert werden kann, dass keine signifikanten Unterschiede zu der Versorgungsqualität in Metropolenregionen mehr bestehen. Darüber hinaus sollte das telemedizinische Betreuungskonzept, inklusive der technischen Umsetzung, auch auf andere Regionen und medizinische Indikationen übertragbar sein. Diese Zielsetzung wurde im Gesamtvorhaben durch den Verbund aus Industriepartnern, Wissenschaftseinrichtungen und medizinischen Leistungserbringern umgesetzt.</t>
+        </is>
+      </c>
+      <c r="C432"/>
       <c r="D432">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>422</v>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>Diese internationale Norm gilt für den gesamten Lebenszyklus von Gesundheitsssoftware, einschließlich Entwicklung, Herstellung, Installation, Wartung und Entsorgung. Diese Norm gibt keine Anforderungen für Software, die in ein Medizinprodukt integriert ist.</t>
+        </is>
       </c>
       <c r="C433" s="3">
-        <v>44377</v>
+        <v>43190</v>
       </c>
       <c r="D433">
         <v>0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>422</v>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>Diese internationale Norm gilt für den gesamten Lebenszyklus von Gesundheitsssoftware, einschließlich Entwicklung, Herstellung, Installation, Wartung und Entsorgung. Diese Norm gibt keine Anforderungen für Software, die in ein Medizinprodukt integriert ist.</t>
+        </is>
       </c>
       <c r="C434" s="3">
-        <v>44377</v>
+        <v>43190</v>
       </c>
       <c r="D434">
         <v>0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
-        <v>414</v>
-[...6 lines deleted...]
-      <c r="C435"/>
+        <v>423</v>
+      </c>
+      <c r="B435" t="s">
+        <v>326</v>
+      </c>
+      <c r="C435" s="3">
+        <v>44377</v>
+      </c>
       <c r="D435">
         <v>0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
-        <v>415</v>
-[...7 lines deleted...]
-        <v>416</v>
+        <v>423</v>
+      </c>
+      <c r="B436" t="s">
+        <v>326</v>
+      </c>
+      <c r="C436" s="3">
+        <v>44377</v>
       </c>
       <c r="D436">
         <v>0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Gina Ludwig ist Senior Project Manager bei CGI Deutschland B.V. &amp; Co. KG und arbeitet in verschiedenen Projekten des deutschen Gesundheitswesens mit Bezug zum FHIR-Standard. Zuvor war sie IT-Projektleiterin bei der Deutschen Gesetzlichen Unfallversicherung e.V. (DGUV- https://dguv.de) und leitete dassog. "DiGUV-Projekt". "DiGUV" steht für Digitalisierung im Gesundheitswesen Unfallversicherung. Es handelt sich hierbei um das Gesamtprojekt der gesetzlichen Unfallversicherung (UV) zum Datenaustausch zwischen Leistungserbringern und Unfallversicherungsträgern nach semantischen und syntaktischen Standards mit dem Ziel der größtmöglichen Interoperabilität.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Die digitalen Gesundheitsanwendungen von HelloBetter können für die Therapie diverser psychischer Erkrankungen eingesetzt werden. Diese sind auf leitliniengerechte Interventionen der kognitiven Verhaltenstherapie gestützt.</t>
+        </is>
+      </c>
+      <c r="C437"/>
       <c r="D437">
         <v>0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="C438"/>
+        <v>425</v>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t> 	Erster Mitarbeiter der KBV-Prüfstelle ab 1.12.1982 (später Leitung) 	Entwicklung des KBV-Standards XDT 	Einführung KVK und Blankoformularbedruckung 	Seit 2001 bei KV NO 	Kenner der TI über fast 30 Jahre 	Seit 2008 1. Vorsitzender der QMS e.V. </t>
+        </is>
+      </c>
+      <c r="C438" t="s">
+        <v>426</v>
+      </c>
       <c r="D438">
         <v>0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B439" t="inlineStr">
+        <is>
+          <t>Gina Ludwig ist Senior Project Manager bei CGI Deutschland B.V. &amp; Co. KG und arbeitet in verschiedenen Projekten des deutschen Gesundheitswesens mit Bezug zum FHIR-Standard. Zuvor war sie IT-Projektleiterin bei der Deutschen Gesetzlichen Unfallversicherung e.V. (DGUV- https://dguv.de) und leitete dassog. "DiGUV-Projekt". "DiGUV" steht für Digitalisierung im Gesundheitswesen Unfallversicherung. Es handelt sich hierbei um das Gesamtprojekt der gesetzlichen Unfallversicherung (UV) zum Datenaustausch zwischen Leistungserbringern und Unfallversicherungsträgern nach semantischen und syntaktischen Standards mit dem Ziel der größtmöglichen Interoperabilität.</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>Konzeptionierung und Projektierung des interoperablen Datenaustauschs zwischen Leistungserbringern und Unfallversicherungsträgern durch die Nutzung etablierter Standards des dt. Gesundheitswesens (FHIR, IHE, KIM); Kenntnisse zu Prozessen, Datenaustauschverfahren und Informationsflüssen innerhalb der gesetzlichen Unfallversicherung (z.B. DiGA, DALE-UV); Expertise zum Rehamanagement in der gesetzlichen Unfallversicherung</t>
+        </is>
+      </c>
+      <c r="D439">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="s">
+        <v>428</v>
+      </c>
+      <c r="B440"/>
+      <c r="C440"/>
+      <c r="D440">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="s">
+        <v>429</v>
+      </c>
+      <c r="B441" t="inlineStr">
         <is>
           <t>Dr. Gregor Lichtner ist Medical Data Scientist an der Klinik für Anästhesie, Intensiv-, Notfall- und Schmerzmedizin der Universitätsmedizin Greifswald, wo er als Ko-Leiter der Arbeitsgruppe Medizinische Informatik tätig ist.
 Die Schwerpunkte seiner Arbeit liegen in der Erforschung und Entwicklung von klinischen Entscheidungsunterstützungssystemen, insbesondere auf der Erforschung von Systemen zum automatisierten Abgleich von klinischen Leitlinienempfehlungen mit standardisierten Patientendaten. In diesem Rahmen engagiert sich Dr. Lichtner auch im HL7-gesponsorten EBMonFHIR-Projekt zur strukturierten und computer-interpretierbaren Repräsentation von Evidenz und klinischen Leitlinien.
 Neben seiner akademischen Forschung verfügt Dr. Lichtner über mehrjährige Erfahrung als Softwareentwickler und Data Scientist im Gesundheitswesen.</t>
         </is>
       </c>
-      <c r="C439" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="C441" t="s">
+        <v>430</v>
       </c>
       <c r="D441">
         <v>0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Heike Diebler befasst sich seit 1996 mit digitalen Branchenlösungen für das Gesundheitswesen. Seit 2018 ist sie in der Region Mitteldeutschland für interoperable Datenlösungen und IT-Sicherheit verantwortlich und ist seit 2024 bundesweit als Expertin für Interoperabilität im Einsatz. Sie ist stellv. Vorsitzende des Industrie- und Innovationsausschuss der IHK Chemnitz und des Landesverbandes der MIT Mittelstands- und Wirtschaftsunion Sachsen. Sie ist Wirtschaftsmediatorin Steinbeis Hochschule; StartUp und Gründerin Erfahrung mit Software- und Digitalisierungsunternehmen.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Ich bin seit knapp 20 Jahren im Gesundheitswesen beschäftigt. Hierbei bringe ich einen Prozessbezogenen Erfahrungsschatz aus einzelnen Servicebereichen bis hin zur IT mit. Innerhalb der IT GmbH der Asklepios bin ich im Bereich Medizinsiche Prozesse verortet und leite die Abteilung &amp;amp; patientenzentrierte Services. Wir beschäftigen und mit Schnittstellen sowohl über die Sektoren, als auch innerhalb der Systemlandschaft. Ich freue mich auf einen guten Vorstoß in eine interoperable Welt im Gesundheitswesen.</t>
+        </is>
+      </c>
+      <c r="C442" t="s">
+        <v>432</v>
       </c>
       <c r="D442">
         <v>0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Nach dem Studium der Pharmazie in Leipzig, hat Frau Dr. Hilgarthals Apothekerin in Großbritannien erste klinisch-pharmazeutischeErfahrungen gesammelt und Kompetenzen für die patientennahepharmazeutische Betreuung erworben. Als Teil desmultiprofessionellen Teams arbeitete sie in Hamburg aufIntensivstationen und im Antibiotika-Stewardship-Team. Seit2021 ist sie Wissenschaftsreferentin im Bundesverband DeutscherKrankenhausapotheker e.V. (ADKA). In den letzten Jahren hat sie sich vor allem mit den Aspekten derArzneimittelherapiesicherheit im Kontext derKrankenhauspharmazie beschäftigt. Neben der Leitung undUnterstützung wissenschaftlicher Projekte und Fragestellungengehört die Teilnahme und Bearbeitung von Maßnahmen desAktionsplans zu ihren derzeitigen Tätigkeitsschwerpunkten.</t>
-[...3 lines deleted...]
-        <v>426</v>
+          <t>Pathologe im Ruhestand mit 45-jähriger Berufserfahrung inklinischer Pathologie, speziell in der Tumorpathologie.Mehrere Jahre Leiter eines zertifizierten Brustzentrums undeines Klinischen Krebszentrums, mehrjährige Mitarbeit inSDO’s (IHE, HL7), dabei Mitautor von IHE-Profilen und HL7Implementation Guides. 16 Jahre Chefarzt eines Instituts fürPathologie.</t>
+        </is>
+      </c>
+      <c r="C443" t="inlineStr">
+        <is>
+          <t>Mitautorschaft anIHE-Profilen PaLM Suppl. APSR2.1;IHE PaLM Suppl. DPIA;HL7 IG Pathologiebefundbericht der MII undLeiter der AG Semantik und Strukturierte Befunde desBundesverbandes Deutscher Pathologen e.V.</t>
+        </is>
       </c>
       <c r="D443">
         <v>0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Erfahrungen in der Mitarbeit in Forschungsprojekten als studentische Hilfskraft bei der Arbeit im Fraunhofer Institut IPK. Im DIN bin ich als Projektmanagerin für verschiedene Aufgabengebiete tätig. Seit Gründung des ISO/TC 215 Health Informatics Betreuung der Spiegelgremien zu diversen Standardisierungsthemen, u. a. von 1999 bis zur Einstellung Sekretariatsführung der ISO/TC 215/WG 5 zu Gesundheitskarten. Im Moment liegt der Schwerpunkt meiner Arbeit bei Themen der Interoperabilität, KI und in der Koordination der Themen aller Working Groups und Ad Hoc Gruppen des ISO/TC 215 sowie Unterstützung bei der Erstellung von aus Deutschland angestoßenen Normungsprojekten wie der DIN EN ISO 11073-20701 Medizinische Informatik - Geräteinteroperabilität - Teil 20701: Kommunikation patientennaher medizinischer Geräte - Service-orientierte Architektur und Protokoll für Medizingeräte-Kommunikation. Mitarbeit an verschiedenen Forschungsthemen z. B. OR.NET oder EU-STANDS4PM.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Dr. Hannes Schlieter studierte Wirtschaftsinformatik an der TU Dresden und wurde 2025 zum Professor für Wirtschaftsinformatik, insbesondere Digital Health, ernannt. Er leitet die Forschungsgruppe Digital Health. In Forschung und Transfer arbeitet er an der Digitalisierung im Gesundheitswesen, insbesondere an der Konzeption und Umsetzung digitaler Patientenpfade mit Fokus auf Patienteneinbeziehung, Interoperabilität und Standardisierung. Gemeinsam mit seiner Arbeitsgruppe begleitet er zahlreiche Digitalisierungsprojekte und legt dabei konsequent Wert auf Erweiterbarkeit, Standardkonformität und nachhaltige interoperable Architekturen. Seine Forschungsbeiträge reichen von Methodenforschung über die Adaption und Implementierung digitaler Versorgungslösungen und den Aufbau digitaler Gesundheitsökosysteme bis zur Gestaltung und Entwicklung von DTx-Anwendung insb. Virtual-Coaching-Lösungen.</t>
+        </is>
+      </c>
+      <c r="C444" t="s">
+        <v>435</v>
       </c>
       <c r="D444">
         <v>0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Ich bin Diplom-Informatiker (FH) und 41 Jahre alt. Meine fachlichen Schwerpunktthemen sind u. a. die Datenintegration, der Aufbau von IT-Softwareinfrastruktur, die eine optimierte onkologische Versorgung und Forschung ermöglichen. Das Leiten von Projekten, insbesondere die Unterstützung der Datenintegration, das Begleiten und Führen der digitalen Transformation, Automatisierungen, und Prozess- und Qualitätsoptimierung, sowie die Führung von Mitarbeitern liegen im Fokus meines Interesses und meiner Tätigkeit. Ich engagiere mich in dem Themenschwerpunkt "digitale Transformation mit der Prozess- und Toolperspektive".</t>
+          <t>Heike Diebler befasst sich seit 1996 mit digitalen Branchenlösungen für das Gesundheitswesen. Seit 2018 ist sie in der Region Mitteldeutschland für interoperable Datenlösungen und IT-Sicherheit verantwortlich und ist seit 2024 bundesweit als Expertin für Interoperabilität im Einsatz. Sie ist stellv. Vorsitzende des Industrie- und Innovationsausschuss der IHK Chemnitz und des Landesverbandes der MIT Mittelstands- und Wirtschaftsunion Sachsen. Sie ist Wirtschaftsmediatorin Steinbeis Hochschule; StartUp und Gründerin Erfahrung mit Software- und Digitalisierungsunternehmen.</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Datenintegration mit onkologischem Fokus, digitale Transformation mit Prozess- und Toolperspektive, Prozessautomatisierung, Terminologiemapping, translationale Forschung</t>
+          <t>Konzeption, Einführung Interoparabilitäts Plattformen und -Funktionen; Inititieren länderspezifischer IOP Projekte; Gründung der Initiative DeVIG - Deutscher Verband für Interoperabilität des Gesundheitswesen;.</t>
         </is>
       </c>
       <c r="D445">
         <v>0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B446" t="inlineStr">
+        <is>
+          <t>Nach dem Studium der Pharmazie in Leipzig, hat Frau Dr. Hilgarthals Apothekerin in Großbritannien erste klinisch-pharmazeutischeErfahrungen gesammelt und Kompetenzen für die patientennahepharmazeutische Betreuung erworben. Als Teil desmultiprofessionellen Teams arbeitete sie in Hamburg aufIntensivstationen und im Antibiotika-Stewardship-Team. Seit2021 ist sie Wissenschaftsreferentin im Bundesverband DeutscherKrankenhausapotheker e.V. (ADKA). In den letzten Jahren hat sie sich vor allem mit den Aspekten derArzneimittelherapiesicherheit im Kontext derKrankenhauspharmazie beschäftigt. Neben der Leitung undUnterstützung wissenschaftlicher Projekte und Fragestellungengehört die Teilnahme und Bearbeitung von Maßnahmen desAktionsplans zu ihren derzeitigen Tätigkeitsschwerpunkten.</t>
+        </is>
+      </c>
+      <c r="C446" t="s">
+        <v>438</v>
+      </c>
+      <c r="D446">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="s">
+        <v>439</v>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>Erfahrungen in der Mitarbeit in Forschungsprojekten als studentische Hilfskraft bei der Arbeit im Fraunhofer Institut IPK. Im DIN bin ich als Projektmanagerin für verschiedene Aufgabengebiete tätig. Seit Gründung des ISO/TC 215 Health Informatics Betreuung der Spiegelgremien zu diversen Standardisierungsthemen, u. a. von 1999 bis zur Einstellung Sekretariatsführung der ISO/TC 215/WG 5 zu Gesundheitskarten. Im Moment liegt der Schwerpunkt meiner Arbeit bei Themen der Interoperabilität, KI und in der Koordination der Themen aller Working Groups und Ad Hoc Gruppen des ISO/TC 215 sowie Unterstützung bei der Erstellung von aus Deutschland angestoßenen Normungsprojekten wie der DIN EN ISO 11073-20701 Medizinische Informatik - Geräteinteroperabilität - Teil 20701: Kommunikation patientennaher medizinischer Geräte - Service-orientierte Architektur und Protokoll für Medizingeräte-Kommunikation. Mitarbeit an verschiedenen Forschungsthemen z. B. OR.NET oder EU-STANDS4PM.</t>
+        </is>
+      </c>
+      <c r="C447" t="inlineStr">
+        <is>
+          <t>Standardisierung im Rahmen von DIN-, CEN- und ISOProjekten im Bereich der Medizinischen Informatik (Umfasst u. a. Terminologie-, Interoperabilitäts-, Modell-, Pharmazie-, Genomik-, personalisierte Medizin- sowie Sicherheitsnormen); Mitarbeit an der Normungsroadmap KI von DIN und DKE; Mitarbeit an Forschungsprojekten (z. B. EU-STANDS4PM)</t>
+        </is>
+      </c>
+      <c r="D447">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="s">
+        <v>440</v>
+      </c>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>Ich bin Diplom-Informatiker (FH) und 41 Jahre alt. Meine fachlichen Schwerpunktthemen sind u. a. die Datenintegration, der Aufbau von IT-Softwareinfrastruktur, die eine optimierte onkologische Versorgung und Forschung ermöglichen. Das Leiten von Projekten, insbesondere die Unterstützung der Datenintegration, das Begleiten und Führen der digitalen Transformation, Automatisierungen, und Prozess- und Qualitätsoptimierung, sowie die Führung von Mitarbeitern liegen im Fokus meines Interesses und meiner Tätigkeit. Ich engagiere mich in dem Themenschwerpunkt "digitale Transformation mit der Prozess- und Toolperspektive".</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr">
+        <is>
+          <t>Datenintegration mit onkologischem Fokus, digitale Transformation mit Prozess- und Toolperspektive, Prozessautomatisierung, Terminologiemapping, translationale Forschung</t>
+        </is>
+      </c>
+      <c r="D448">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" t="s">
+        <v>441</v>
+      </c>
+      <c r="B449" t="inlineStr">
         <is>
           <t>Heiko Mania ist einer der Geschäftsführer der NursIT Institute GmbH und hat jahrelange Erfahrung in der Gesundheits- und Pflegeinformatik. Aktuell ist er auch Vorstandsmitglied im Bundesverband Gesundheits-IT (bvitg e.V.) und bringt dort seine Erfahrung und Kenntnisse in die Arbeit des Verbands ein.
 In der Vergangenheit hat er als Head of Business Development, Regulatory Affairs &amp;amp; QM bei der MEDNOVO Medical Software Solutions GmbH gearbeitet.
 Zuvor war als Senior Consultant "Medical-IT (MIT)" bei Sana - Medizintechnisches Servicezentrum GmbH tätig und hat sich auf die Bereiche medizinische IT-Sicherheit, Software als Medizinprodukt, Risikomanagement für medizinische Netzwerke und medizinische Systeme, sowie IT-Projekt- und -Prozessmanagement spezialisiert.
 Mehr als 20 Jahre Erfahrung hat er als examinierter Krankenpfleger und Pflegeinformatiker in einem Kölner Klinikverbund gesammelt.
  Herr Mania hat als Autor zahlreiche Veröffentlichungen zu Themen der Pflegeinformatik getätigt und ist regelmäßig als Referent auf Kongressen und Veranstaltungen angefragt.</t>
         </is>
       </c>
-      <c r="C446" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="C449" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="D449">
         <v>0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B450" t="inlineStr">
+        <is>
+          <t>Nach Abschlüssen am Hasso-Plattner-Institut und im Bereich Telematik startete Hendrik Jablonski in der Verkehrstelematik als Architekt für Projekte im Verkehrsmanagement und Automotive-Bereich. Zuletzt arbeitete er dort als Functional Safety Architekt für Fahrerassistenzsysteme. Beim Wechsel zur gematik konnte er seine Erfahrung in Automotive SPICE und der ISO26262 als Quereinsteiger nutzen, um sich schnell als einer der Architekten der Patientenakte einzuarbeiten. Aktuell arbeitet Hendrik Jablonski als TI-Architekt im Team Medical, dass die Arbeiten rund um die Einführung des E-Rezepts verantwortet.</t>
+        </is>
+      </c>
+      <c r="C450" t="s">
+        <v>444</v>
+      </c>
+      <c r="D450">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="s">
+        <v>445</v>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>Arzt und ärztlicher Qualitätsmanager mit Expertise in den Bereichen Evidenzbasierte Medizin, Leitlinien, Nationale VersorgungsLeitlinien, Qualitätsindikatoren, klinische Messgrößen, Critical Appraisal und evidenzbasierte Methoden in der Risikobewertung. Thematische Arbeit u.a. in den Feldern Leitlinien, Nutzen- und Kosten-Nutzen-Bewertung, Scoping-Verfahren, HTA und Euro-HTA, Systematic Reviews und Ethik.  Umfassende Erfahrung im Themenfeld der ambulanten Versorgung und Qualitätssicherung, u.a. mit der Abfassung von Vereinbarungen und Richtlinien, Implementierung von QS-Maßnahmen in der ärztlichen Versorgung und Messung der Versorgungsqualität.</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>ambulante Versorung, ambulante Qualitätssicherung, Prozessmanagement, Qualitätsmanagement, Leitlinien, Evidenzbasierte Medizin und Nutzenbewertung, Evidenzbasierte Methoden in der Risikobewertung</t>
+        </is>
+      </c>
+      <c r="D451">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="s">
+        <v>446</v>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>Als Geschäftsführer von m.Doc – einem Unternehmen der CompuGroup Medical (CGM) – bringe ich digitale Innovation in den Versorgungsalltag. Unsere Plattform macht Technologie im Klinikbetrieb nutzbar und messbar: weniger Bürokratie, stabile und interoperable Prozesse, bessere Patientenerlebnisse.</t>
+        </is>
+      </c>
+      <c r="C452" t="s">
+        <v>447</v>
+      </c>
+      <c r="D452">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="s">
+        <v>448</v>
+      </c>
+      <c r="B453" t="inlineStr">
         <is>
           <t>FHIR
 Fast Healthcare Interoperable Resources (FHIR, ausgesprochen wie engl. "fire”) ist ein von HL7 International erarbeiteter Standard. Ziel ist die Unterstützung eines Datenaustausches zwischen Softwaresystemen im Gesundheitswesen. Hierzu definiert FHIR modulare Komponenten als sogenannte &amp;#34;Ressourcen&amp;#34;. In diesen Ressourcen werden für unterschiedliche Kontexte (Human- und Veterinärmedizin, klinische Versorgung, Öffentliche Gesundheit, klinische Studien, Verwaltung und Abrechnung) Datenelemente, Einschränkungen und Beziehungen definiert. Zudem bietet FHIR verschiedene Serialisierungsformate und Schnittstellendefinitionen (z.B. per RESTful API, Messagging) an, um FHIR Ressourcen auszutauschen. Die Vorteile der etablierten HL7-Standards Version 2, Version 3 und CDA werden dabei mit jenen aktueller Web-Standards kombiniert. Ein starker Fokus liegt auf einer einfachen Implementierbarkeit.
 Der HL7 Standard FHIR lässt in der Kernspezifikation viele Freiheitsgrade, um zu gewährleisten, dass dieser für sämtliche Use-Cases im Spektrum des Gesundheitswesens überall auf der Welt eingesetzt werden kann. So werden zum Beispiel bis auf sehr wenige Ausnahmen keine Pflichtfelder definiert. Weiterhin ist die Bindung an ValueSets im Standard überwiegend exemplarischer Natur, da die tatsächlich verwendeten Vokabularien von Land zu Land und Domäne zu Domäne unterschiedlich sein können. Eine grundlegende Eigenschaft des FHIR-Standards ist die Erweiterbarkeit von Resourcen und Datentypen mit sog. &amp;#34;Extensions&amp;#34;.
 FHIR bietet ein eigenes Conformance-Framework, in dem die Rahmenbedingungen für die konkrete Implementierung in maschinenlesbarer Form definiert und validiert werden können.
 Mit Hilfe von Profilen können Ressourcen für die konkreten Anforderungen eines Use-Cases, einer Jurisdiktion oder einer Domäne adaptiert werden.</t>
         </is>
       </c>
-      <c r="C450" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D450">
+      <c r="C453" t="s" s="4">
+        <v>449</v>
+      </c>
+      <c r="D453">
         <v>2</v>
       </c>
     </row>
-    <row r="451">
-[...3 lines deleted...]
-      <c r="B451" t="inlineStr">
+    <row r="454">
+      <c r="A454" t="s">
+        <v>450</v>
+      </c>
+      <c r="B454" t="inlineStr">
         <is>
           <t>Der neue Standard "FHIR" (Fast Healthcare Interoperability Resources, ausgesprochen wie englisch "fire") wurde von Health Level Seven International (HL7) ins Leben gerufen. Der Standard unterstützt den Datenaustausch zwischen Softwaresystemen im Gesundheitswesen. Er vereinigt die Vorteile der etablierten HL7-Standard-Produktlinien Version 2, Version 3 und CDA mit jenen aktueller Web-Standards und legt einen starken Fokus auf eine einfache Implementierbarkeit. 
 Der Bedarf, medizinische Informationen elektronisch zu übermitteln, besteht seit den ersten mainframe-basierten elektronischen Patientenakten der 1960er Jahre. HL7 Version 2 entstand in den 1970ern und zielte auf den einrichtungs-internen Datenverkehr eines Krankenhauses. Der Druck, Daten auch einrichtungs- und sektorübergreifend kommunizieren zu können, sowie mobile und cloud-basierte Anwendungen zu unterstützen, wächst ebenso wie jener, Interoperabilität innerhalb von Tagen und Wochen statt Monaten und Jahren herstellen zu können.</t>
         </is>
       </c>
-      <c r="C451" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D451">
+      <c r="C454" t="s" s="4">
+        <v>451</v>
+      </c>
+      <c r="D454">
         <v>2</v>
       </c>
     </row>
-    <row r="452">
-[...15 lines deleted...]
-      <c r="B453" t="inlineStr">
+    <row r="455">
+      <c r="A455" t="s">
+        <v>452</v>
+      </c>
+      <c r="B455"/>
+      <c r="C455" t="s">
+        <v>453</v>
+      </c>
+      <c r="D455">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="s">
+        <v>454</v>
+      </c>
+      <c r="B456" t="inlineStr">
         <is>
           <t>Depressive Störungen zählen zu den häufigsten psychischen Störungen im Jugend- und frühen Erwachsenenalter und sind assoziiert mit rezidivierenden sowie chronischen Verläufen über die Lebenspanne (Ferrari et al., 2013). Eine nachhaltig wirksame Versorgung depressiver Störungen muss folglich bei Jugendlichen und jungen Erwachsenen frühzeitig einsetzen.
 In der gegenwärtigen Versorgung werden junge Patient*innen aus dem (teil-)stationären Setting üblicherweise mit dem Hinweis auf die Notwendigkeit einer ambulanten Weiterbehandlung entlassen. Ein zeitnaher, engmaschig begleiteter und strukturierter Übergang vom stationären zum ambulanten Sektor erfolgt jedoch oftmals nicht.
 Mit Hilfe von iCAN, einer durch Tele-Coaches begleiteten Smartphone-App zur digitalen Nachsorge, die am Ende der (teil-) stationären Behandlung Patient*innen mit depressiver Symptomatik verordnet wird, sollen Patient*innen dabei unterstützt werden,
 (1) gezielter an bestehende ambulante Nachsorgeangebote anzubinden und
 (2) den stationär erzielten Therapieerfolg bis zur Aufnahme einer ambulanten Weiterbehandlung zu stabilisieren.
 Quelle:
 Ferrari, A. J., Charlson, F. J., Norman, R. E., Patten, S. B., Freedman, G., Murray, C. J., Vos, T., &amp;amp; Whiteford, H. A. (2013). Burden of depressive disorders by country, sex, age, and year: Findings from the global burden of disease study 2010. PLoS Medicine, 10(11), e1001547. https://doi.org/10.1371/journal.pmed.1001547</t>
         </is>
       </c>
-      <c r="C453"/>
-[...8 lines deleted...]
-      <c r="B454" t="inlineStr">
+      <c r="C456"/>
+      <c r="D456">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="s">
+        <v>455</v>
+      </c>
+      <c r="B457" t="inlineStr">
         <is>
           <t>ID 001 gemäß IOP-Governance-Verordnung Anlage 1 "Verbindlich festgelegte Anforderungen".
 Begründung zum Vorschlag zur Verbindlichmachung (29.04.2024):
 Die ePA für alle unterstützt verschiedene Versorgungsprozesse mittels dedizierter Services. Initial unterstützt sie den digital gestützten Medikationsprozess (dgMP) durch die Bereitstellung einer Elektronischen Medikationsliste (eML) über einen FHIR Data Service, konkret Medication Service. Für die interoperable Umsetzung des Medication Services in Primärsystemen bestehen IOP-Anforderungen. Diese sind Bestandteil des Implementierungsleitfadens Primärsysteme ePA für alle (Version 3.1.0 Stand 28.03.2024), konkret das Kapitel 3.10.2 Medikationsprozess.
 Das Dokument ist maßgeblich für Hersteller der nachfolgend gelisteten Primärsysteme, welche die Schnittstelle der ePA für alle nutzen und ein Konformitätsbewertungsverfahren nach § 387 SGB V antreten
 •	Praxisverwaltungssysteme (PVS)
 •	Zahnärztliche Praxisverwaltungssysteme (ZPVS)
 •	Krankenhausinformationssysteme (KIS)
 •	Apothekenverwaltungssysteme (AVS) 
 Hersteller bestätigungsrelevanter Systeme sollen durch das vorliegende Dokument in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Konformitätsbestätigungsverfahren des Kompetenzzentrums für Interoperabilität im Gesundheitswesen erfolgreich zu absolvieren.
 Weitere Informationen siehe §§ 387 u. 388 SGB V.</t>
         </is>
       </c>
-      <c r="C454" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B455" t="inlineStr">
+      <c r="C457" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D457">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="s">
+        <v>456</v>
+      </c>
+      <c r="B458" t="inlineStr">
         <is>
           <t>DEA (Interdisciplinary Data based Electronic Assessment) dient der Erhebung von strukturierten Anamneseinformationen. Es handelt sich bei IDEA um eine interdisziplinäre, datenbankbasierte Anamnesestruktur. Sie basiert auf einer einheitlichen wissensbasierten und literaturgestützten Sammlung von Anamneseinformationen, die mit verschiedenen Instrumenten verknüpft ist.
 Oft liegen Anamneseinformationen in der medizinisch-pflegerischen Versorgung in unstrukturierter Form vor. Dies liegt in der Regel an den handschriftlich ausgefüllten Formularen, Hauskatalogen und den verschiedenen Professionen, die an der Erhebung anamnestischer Daten beteiligt sind. Gerade die teilweise doppelt durchgeführten Befragungen zur Krankenvorgeschichte und die damit verbundene Erhebung z. B. von Risikofaktoren führen zu Datenredundanzen.
 Gleichzeitig können die Daten nicht interprofessionell verwendet werden, da die unterschiedlichen Sichtweisen und Schwerpunkte der beteiligten Professionen auf Patienten und Bewohner die Datenerhebung beeinflussen. Diese heterogene Datensammlung verhindert eine Verwendung dieser Daten im Kontext der wissenschaftlichen Auswertungen einerseits und der Weiterverwertung für die elektronisch gestützte Dokumentation andererseits. Auch gibt es keine Verbindungen zu anderen, unmittelbar mit den Daten der Anamnese verbundenen Instrumenten, wie zum Beispiel Scores, Diagnostik, Aufwandsmessinstrumenten etc.
 Aus diesem Grund haben wir die interdisziplinäre, datenbankbasierte elektronische Anamnesestruktur IDEA entwickelt, die auf der Verwendung einer einheitlichen wissensbasierten und literaturgestützten Sammlung von Anamneseinformationen basiert und mit verschiedenen Instrumenten verknüpft ist. Alle gesundheitsrelevanten Daten können strukturiert erhoben werden. Die erfassten Daten des Patienten/Bewohners können jederzeit abgerufen und ggf. geändert werden und durch die eindeutige Codierung via z. B. XML-Format in Fremdanwendungen visualisiert werden.</t>
         </is>
       </c>
-      <c r="C455"/>
-[...41 lines deleted...]
-      </c>
+      <c r="C458"/>
       <c r="D458">
         <v>0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B459" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C459" s="3">
-        <v>39021</v>
+        <v>39141</v>
       </c>
       <c r="D459">
         <v>0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="B460" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C460" s="3">
-        <v>36464</v>
+        <v>40574</v>
       </c>
       <c r="D460">
         <v>0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B461" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C461" s="3">
-        <v>38625</v>
+        <v>39355</v>
       </c>
       <c r="D461">
         <v>0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B462" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C462" s="3">
-        <v>40999</v>
+        <v>39021</v>
       </c>
       <c r="D462">
         <v>0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B463" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C463" s="3">
-        <v>40847</v>
+        <v>36464</v>
       </c>
       <c r="D463">
         <v>0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B464" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C464" s="3">
-        <v>43281</v>
+        <v>38625</v>
       </c>
       <c r="D464">
         <v>0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="B465" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C465" s="3">
-        <v>43190</v>
+        <v>40999</v>
       </c>
       <c r="D465">
         <v>0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="B466" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C466" s="3">
-        <v>43343</v>
+        <v>40847</v>
       </c>
       <c r="D466">
         <v>0</v>
       </c>
     </row>
     <row r="467">
-      <c r="A467" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A467" t="s">
+        <v>465</v>
+      </c>
+      <c r="B467" t="s">
+        <v>326</v>
       </c>
       <c r="C467" s="3">
-        <v>38898</v>
+        <v>43281</v>
       </c>
       <c r="D467">
         <v>0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="B468" t="inlineStr">
+        <v>466</v>
+      </c>
+      <c r="B468" t="s">
+        <v>326</v>
+      </c>
+      <c r="C468" s="3">
+        <v>43190</v>
+      </c>
+      <c r="D468">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="s">
+        <v>467</v>
+      </c>
+      <c r="B469" t="s">
+        <v>326</v>
+      </c>
+      <c r="C469" s="3">
+        <v>43343</v>
+      </c>
+      <c r="D469">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="inlineStr">
+        <is>
+          <t>Identifikationskartensysteme - Schnittstelle Mensch-Maschine - Teil 5: Erhöhte Tastsymbole auf ID-1- Karten zur Unterscheidung von Anwendungen; Deutsche Fassung EN 1332-5:2006</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>Maschinenlesbare Kunststoffkarten erleichtern die europaweite Nutzung einer ständig wachsenden Zahl von Dienstleistungen. Das Szenario dieses Dokumentes ist der Kartenbesitzer im Dialog mit einem mit Kartenleser ausgestatteten Gerät (z.B. einem Geldautomaten oder einem Fahrscheinautomaten). Dieses Dokument behandelt die Bedürfnisse von Kartenbenutzern, die Schwierigkeiten haben, nicht hochgeprägte Informationen auf Kunststoffkarten zu lesen. Dieses Dokument beschreibt die Entwurfsprinzipien für hochgeprägte Symbole auf maschinenlesbaren Karten.</t>
+        </is>
+      </c>
+      <c r="C470" s="3">
+        <v>38898</v>
+      </c>
+      <c r="D470">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="s">
+        <v>468</v>
+      </c>
+      <c r="B471" t="inlineStr">
         <is>
           <t>Immo Schmidt hat nach dem Studium der BWL seit 1998 verschiedene Entwicklungs- und Management-Erfahrungen in der digitalen Gesundheitskommunikation gesammelt.
 Von der Konzeption und Entwicklung von Gesundheitsportalen kommend hat er sich seit 2006 bei der ICW AG u.a. auf elektronische Gesundheitsakten und den Datenaustausch im Gesundheitswesen spezialisiert. Die Vernetzung von Akteuren im Gesundheitswesen, insbesondere die Datenaustauschprozesse zwischen den gesetzlichen Krankenversicherungen, den Versicherten und den Leistungserbringern sind seine aktuellen Arbeitsschwerpunkte bei der ITSG GmbH.</t>
         </is>
       </c>
-      <c r="C468" t="inlineStr">
+      <c r="C471" t="inlineStr">
         <is>
           <t>Konzeption und Projektierung von IT-Prozessen zwischen den gesetzlichen Krankenversicherungen, den Versicherten und Leistungserbringern.
 Projekte und Datenstandards:
 ePA (IHE)XMeld und XFamilie (OSCI-XÖV)NCPeH (eHDSI) ab 2023</t>
         </is>
       </c>
-      <c r="D468">
-[...48 lines deleted...]
-      </c>
       <c r="D471">
         <v>0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s">
-        <v>459</v>
-[...5 lines deleted...]
-        <v>43830</v>
+        <v>469</v>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Ines Reinecke ist seit April 2019 an der Technischen Universität Dresden als wissenschaftliche Mitarbeiterin tätig. Ihr wissenschaftlicher Schwerpunkt liegt in der Nutzung von Versorgungsdaten für die Forschung unter Verwendung des Observational Medical Outcomes Partnership (OMOP) Common Data Models entwickelt von der Observational Health Data Science and Informatics (OHDSI) Initiative. Besonderer Fokus liegt auf der Gewährleistung der semantischen Interoperabilität in einem internationalen Kontext zur Anbindung an Forschungsnetzwerke, wie beispielsweise das European Health Data &amp;amp; Evidence Network (EHDEN). Sie leitet im Rahmen ihrer Tätigkeit seit Mai 2021 die OHDSI Germany Community als Teil von OHDSI Europe.Ines verfügt zudem über eine langjährige Berufserfahrung in einem weltweit führenden IT Unternehmen in dem sie ihre Expertise im Bereich der IT Standardisierung mit Spezialisierung auf die Service Orientierten Architekturen (SOA) erlangt hat.</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr">
+        <is>
+          <t>semantische Standards; retrospektive Beobachungsstudien basierend auf dem OMOP CDM, Expertise mit europäischen Forschungsnetzwerken wie beispielsweise EHDEN, OHDSI Community, Sekundärnutzung von Versorgungsdaten, insbesondere unter Verwendung des MI-I Kerndatensatzes; Service-Orientierte-Architekturen, Geschäftsprozessmanagement, Anwendungsintegration</t>
+        </is>
       </c>
       <c r="D472">
         <v>0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s">
-        <v>460</v>
-[...5 lines deleted...]
-        <v>44834</v>
+        <v>470</v>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>Expertin für Interoperabilität im Gesundheitswesen mit langjähriger Erfahrung in der und digitalen Transformation von Krankenhäusern, Softwareentwicklung, Systemintegration. Als aktive Mitglied der IHE-Community und erfahrene IHE-Monitorin begleite ich seit vielen Jahren die Umsetzung internationaler Standards in Gesundheitswesen. Mein beruflicher Hintergrund als IT-Leiterin im Krankenhaus ermöglichen mir ein tiefes Verständnis für klinische Prozesse, Krankenhausinformationssysteme (KIS), Systemintegration sowie IT-Infrastruktur. Mein Fokus liegt auf der Entwicklung interoperabler Architekturen und nachhaltiger Datenstrategien im Gesundheitswesen.</t>
+        </is>
+      </c>
+      <c r="C473" t="inlineStr">
+        <is>
+          <t>Digitale Transformation klinischer Prozesse, Interoperabilität und standardbasierte Integration (IHE, HL7 FHIR), Krankenhausinformationssysteme, IT-Infrastruktur im Gesundheitswesen, Architektur interoperabler Datenräume, Informationsaustausch, Datenqualität und Workflow-Optimierung in medizinischen Einrichtungen.</t>
+        </is>
       </c>
       <c r="D473">
         <v>0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="B474" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C474" s="3">
-        <v>36219</v>
+        <v>43830</v>
       </c>
       <c r="D474">
         <v>0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>463</v>
+        <v>471</v>
+      </c>
+      <c r="B475" t="s">
+        <v>326</v>
       </c>
       <c r="C475" s="3">
-        <v>35885</v>
+        <v>43830</v>
       </c>
       <c r="D475">
         <v>0</v>
       </c>
     </row>
     <row r="476">
-      <c r="A476" t="inlineStr">
-[...5 lines deleted...]
-        <v>464</v>
+      <c r="A476" t="s">
+        <v>472</v>
+      </c>
+      <c r="B476" t="s">
+        <v>326</v>
       </c>
       <c r="C476" s="3">
-        <v>40512</v>
+        <v>44834</v>
       </c>
       <c r="D476">
         <v>0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>473</v>
+      </c>
+      <c r="B477" t="s">
+        <v>326</v>
       </c>
       <c r="C477" s="3">
-        <v>37652</v>
+        <v>36219</v>
       </c>
       <c r="D477">
         <v>0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-        </is>
+        <v>474</v>
+      </c>
+      <c r="B478" t="s" s="5">
+        <v>475</v>
       </c>
       <c r="C478" s="3">
-        <v>34638</v>
+        <v>35885</v>
       </c>
       <c r="D478">
         <v>0</v>
       </c>
     </row>
     <row r="479">
-      <c r="A479" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="A479" t="inlineStr">
+        <is>
+          <t>Informationstechnik - IT-Sicherheitsverfahren - Digitale Signaturschemata welche die Nachricht wieder herstellen - Teil 2: Mechanismen basierend auf Integer Faktorisierung</t>
+        </is>
+      </c>
+      <c r="B479" t="s" s="5">
+        <v>476</v>
       </c>
       <c r="C479" s="3">
-        <v>35399</v>
+        <v>40512</v>
       </c>
       <c r="D479">
         <v>0</v>
       </c>
     </row>
     <row r="480">
-      <c r="A480" t="inlineStr">
-[...5 lines deleted...]
-        <v>322</v>
+      <c r="A480" t="s">
+        <v>477</v>
+      </c>
+      <c r="B480" t="s" s="5">
+        <v>478</v>
       </c>
       <c r="C480" s="3">
-        <v>35277</v>
+        <v>37652</v>
       </c>
       <c r="D480">
         <v>0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>479</v>
+      </c>
+      <c r="B481" t="inlineStr">
+        <is>
+          <t>Annulliert und ersetzt die erste Ausgabe (1984). Das Modell liefert eine gemeinsame Grundlage für die Koordinierung von Normenentwicklungen für die Kommunikation von Systemen, indem es vorhandene Normen in das Referenzmodell übernimmt. Das Modell identifiziert Bereiche für die Entwicklung oder Verbesserung von Normen. Gilt nicht als Realisierungsspezifikation.</t>
+        </is>
       </c>
       <c r="C481" s="3">
-        <v>35277</v>
+        <v>34638</v>
       </c>
       <c r="D481">
         <v>0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B482" t="inlineStr">
         <is>
+          <t>Erleichtert die Festlegung und Entwicklung verteilter Anwendungen auf der Grundlage der Erweiterung bekannter Fernsteuer-Rufverfahren, um zwischen Anwendungsprozessen auf zwei separaten realen offenen Systemen in der OSI-Umgebung zu verkehren.</t>
+        </is>
+      </c>
+      <c r="C482" s="3">
+        <v>35399</v>
+      </c>
+      <c r="D482">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="inlineStr">
+        <is>
+          <t>Informationstechnik - Kommunikation Offener Systeme - Rahmenrichtlinien für II-Sicherheit in Offenen Systemen - Rahmenrichtlinien für Überwachung der II-Sicherheit</t>
+        </is>
+      </c>
+      <c r="B483" t="s">
+        <v>326</v>
+      </c>
+      <c r="C483" s="3">
+        <v>35277</v>
+      </c>
+      <c r="D483">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="s">
+        <v>481</v>
+      </c>
+      <c r="B484" t="s">
+        <v>326</v>
+      </c>
+      <c r="C484" s="3">
+        <v>35277</v>
+      </c>
+      <c r="D484">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="s">
+        <v>482</v>
+      </c>
+      <c r="B485" t="inlineStr">
+        <is>
           <t>Betrifft die Anwendung von Sicherungsdiensten in der Umgebung Offener Systeme, wo die Benennung Offene Systeme verwendet wird, um Bereiche wie Database, Distributed Applications, Open Distributed Processing und OSI einzubeziehen.</t>
         </is>
       </c>
-      <c r="C482" s="3">
+      <c r="C485" s="3">
         <v>35185</v>
-      </c>
-[...46 lines deleted...]
-        <v>35308</v>
       </c>
       <c r="D485">
         <v>0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B486" t="s">
-        <v>474</v>
+        <v>326</v>
       </c>
       <c r="C486" s="3">
+        <v>35520</v>
+      </c>
+      <c r="D486">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="inlineStr">
+        <is>
+          <t>Informationstechnik - Kommunikation Offener Systeme - Rahmenrichtlinien für IT-Sicherheit in Offenen Systemen - Teil 3: Rahmenrichtlinien für die Zugriffskontrolle</t>
+        </is>
+      </c>
+      <c r="B487" t="inlineStr">
+        <is>
+          <t>Allgemeine Grundstruktur zur Bereitstellung der Zugriffskontrolle. Die Zugangskontrolle hat den Zweck, den Einfluß unberechtigter Operationen unter Einbeziehung eines Computer- oder Kommunikationssystems zu erfassen.</t>
+        </is>
+      </c>
+      <c r="C487" s="3">
         <v>35308</v>
       </c>
-      <c r="D486">
-[...12 lines deleted...]
-      </c>
       <c r="D487">
         <v>0</v>
       </c>
     </row>
     <row r="488">
-      <c r="A488" t="s">
-        <v>476</v>
+      <c r="A488" t="inlineStr">
+        <is>
+          <t>Informationstechnik - Kommunikation Offener Systeme - Rahmenrichtlinien für IT-Sicherheit in Offenen Systemen - Teil 5: Rahmenrichtlinien für den Echtheitsnachweis</t>
+        </is>
       </c>
       <c r="B488" t="s">
-        <v>322</v>
+        <v>484</v>
       </c>
       <c r="C488" s="3">
-        <v>42338</v>
+        <v>35308</v>
       </c>
       <c r="D488">
         <v>0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s">
-        <v>477</v>
-[...4 lines deleted...]
-        </is>
+        <v>485</v>
+      </c>
+      <c r="B489" t="s">
+        <v>486</v>
       </c>
       <c r="C489" s="3">
-        <v>32539</v>
+        <v>35308</v>
       </c>
       <c r="D489">
         <v>0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="B490" t="inlineStr">
+        <v>487</v>
+      </c>
+      <c r="B490" t="s">
+        <v>326</v>
+      </c>
+      <c r="C490" s="3">
+        <v>44439</v>
+      </c>
+      <c r="D490">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="s">
+        <v>488</v>
+      </c>
+      <c r="B491" t="s">
+        <v>326</v>
+      </c>
+      <c r="C491" s="3">
+        <v>42338</v>
+      </c>
+      <c r="D491">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="s">
+        <v>489</v>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>Gibt eine Beschreibung der Sicherheitsdienste und entsprechenden Mechanismen, die durch das Bezugsmodell gesichert werden können, und auch der Positionen innerhalb des Bezugsmodells, wo die Dienste und die Mechanismen ermöglicht werden können. Erweitert den Anwendungsbereich des ISO 7498, um gesicherte Kommunikation zwischen offenen Systemen zu gewährleisten. Vergrößert die Konzepte und Prinzipien des ISO 7498, aber modifiziert sie nicht. Ist keine Implementierungsspezifikation, noch eine Basis für Beurteilung der Übereinstimmung mit tatsächlichen Implementierungen.</t>
+        </is>
+      </c>
+      <c r="C492" s="3">
+        <v>32539</v>
+      </c>
+      <c r="D492">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="s">
+        <v>490</v>
+      </c>
+      <c r="B493" t="inlineStr">
         <is>
           <t>Ingo Küpper ist Diplom-Sozialwissenschaftler Studienrichtung Wirtschaft und Verbände.
 Ihm ist die praktische Erfahrung als examinierter Krankenpfleger im Bereich der Neurochirurgie und Neurotraumatologie bei der intensiven Versorgung und Frührehabilitation von Patienten mit Tetraplegie, Paraplegie, Langzeitbeatmeten Patienten und Schädel-Hirn-Traumatisierten-Patienten sehr wichtig.
 Seit 2001 führt er erfolgreich Krankenhausinformationssysteme als IT-Consultant und Projektleiter in Krankenhäusern ein. Hierbei konnte er in allen Bereichen des Krankenhauses umfangreiche IT-Projekt-Erfahrungen sammeln. Interop Themen hierbei waren: eGK, DALE-UV, Telematikinfrastruktur, VSDM, BMDP, HL7: V2, CDA, FHIR und die elektronische Fallakte.
 Im Rahmen des Forschungsprojektes SMITH der MII war er als Projektleiter für die Einrichtung von Datenintegationszentren (DIZ) an 7 Universitätskliniken zuständig.
 Zur Zeit ist Herr Küpper bei der System Vertrieb Alexander GmbH für den Themenbereich Interoperabilität als Senior Consultant Healthcare zuständig.</t>
         </is>
       </c>
-      <c r="C490" t="inlineStr">
+      <c r="C493" t="inlineStr">
         <is>
           <t> 	KIS-Implementation M-KIS, SAP IS-H, Meona 	IHE, HL7: V2, CDA und FHIR 	ICD, OPS, Snomed CT 	Telematikinfrastruktur: eGK, VSDM… 	DALE-UV Verfahren 	Bundeseinheitlicher Medikationsplan 	syntaktische, semantische und organisatorische Interoperabilität 	Aufbau von 7 Datenintegrationszentren (DIZ) im SMITH-Projekt der MII 
 </t>
         </is>
       </c>
-      <c r="D490">
-[...46 lines deleted...]
-      </c>
       <c r="D493">
         <v>0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation bietet eine Anleitung für das Management des Prozesses der Erzeugung neuer Ideen, aus denen Innovationen entwickelt werden können. Sie ist anwendbar auf alle Arten von Organisationen, einschließlich des produzierenden Gewerbes und des Dienstleistungsbereiches, dem Freiwilligensektor, öffentlichen und sozialen Unternehmen; einen besonderen Schwerpunkt bilden allerdings kleine und mittlere Unternehmen (KMU). Die in dieser Technischen Spezifikation dargestellte Anleitung deckt Themen ab, die von den Verantwortlichen für das Management von Innovation zu berücksichtigen sind, insbesondere während der kreativen Phase, sowie die Beschaffung Ideen von innerhalb und außerhalb der Organisation. Dieses Dokument ist einer von sechs Teilen, die Teil 1 der Reihe, CEN/TS 16555-1, unterstützen.</t>
+          <t>Diese Technische Spezifikation gilt für die Strukturierung und das Management eines Systems zur Gewinnung strategischer Erkenntnisse, um funiderte Entscheidungen bei Planung und Umsetzung von Innovationen treffen zu können. Diese Technische Spezifikation definiert: - die verschiedenen Begriffe im Zusammenhang mit strategischen Erkenntnissen und deren Management; - die Schlüsselaufgaben im System zur Gewinnung strategischer Erkenntnisse; - den Prozess zur Gewinnung strategischer Erkenntnisse (Management, Umsetzung und Unterstützung). Diese Technische Spezifikation betrifft nicht: - Informationsüberprüfung und Datenschutz; - den Entscheidungsprozess an sich.</t>
         </is>
       </c>
       <c r="C494" s="3">
         <v>42063</v>
       </c>
       <c r="D494">
         <v>0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation stellt eine Anleitung zur Bewertung eines Innovationsmanagementsystems (IMS) und dessen Leistung bereit. Sie beschreibt, wie Organisationen intern die Stärken und Schwächen ihres Innovationsmanagementsystems transparent machen können. Diese Transparenz kann als Grundlage für die Entwicklung effektiver Maßnahmen zur Verbesserung der Innovationsmanagement-Fähigkeiten und der -Leistung genutzt werden. Eine verbesserte Innovationsmanagement-Leistung ist wichtig, um Wert für die Organisation, ihre Netzwerkpartner und die wichtigen interessierten Kreise zu steigern. Diese Technische Spezifikation stellt eine Anleitung zu Folgendem bereit: verschiedene Ansätze zur Bewertung des Innovationsmanagements; den generischen Prozess einer effektiven Bewertung des Innovationsmanagements; die zu bewertenden Elementen des Innovationsmanagements, einschließlich der Erkenntnisse und Auswirkungen, die aus der Bewertung des Innovationsmanagements ableitet werden können. Durch die Verwendung dieser Technischen Spezifikation werden Organisationen so angeleitet, dass sie einen Überblick über die verschiedenen Ansätze zur Bewertung des Innovationsmanagements erhalten. Mit Kenntnis dieser Ansätze können Organisationen die Bewertung ihres Innovationsmanagements selbst gestalten. Die Ergebnisse dieser Bewertung des Innovationsmanagements stellen daher die Grundlage zur Entwicklung eines Aktionsplanes dar, der Fähigkeiten und Leistung ihres Innovationsmanagements kontinuierlich verbessert. Diese Technische Spezifikation behandelt Folgendes nicht: Empfehlungen zur Wahl bestimmter Werkzeuge bei der Bewertung des Innovationsmanagements; Maßnahmen zur Verbesserung der Innovationsmanagement-Leistung; bestimmte Benchmarks oder Auswertungsergebnisse für die verschiedenen Elemente des Innovationsmanagements; die tatsächliche Entscheidungsfindung bezüglich der Verbesserungen und deren Auswirkung. Diese Technische Spezifikation kann auf jedes Innovationsmanagementsystem angewandt werden. Es ist dennoch vorrangig zur Bewertung von Innovationsmanagementsystemen nach CEN/TS 16555-1 vorgesehen. Anhang B (normativ) von CEN/TS 16555-7 befasst sich mit der zu erwartenden Auswirkung einer effektiven Bewertung eines Innovationsmanagementsystems nach CEN/TS 16555-1. Diese Technische Spezifikation gilt für sämtliche Organisationen ungeachtet der Branche, der Art, des Alters oder der Größe der Organisation. Allerdings wurde besonderer Wert auf die Anwendbarkeit bei kleinen und mittleren Unternehmen gelegt. Diese Technische Spezifikation ist nicht für Zertifizierungszwecke vorgesehen.</t>
+          <t>Diese Technische Spezifikation ist ein Leitfaden für einen Ansatz zu innovativem Denken. Innovatives Denken kann auf allen Ebenen einer Organisation angewendet werden. Dieses Dokument bietet eine Anleitung dazu, wie die zentralen Werte innovativen Denkens in eine Organisation zu integrieren sind. Er bietet einen Ansatz zum Ausgleich von Risiken und für die geschäftliche Durchführbarkeit, die der ausgewählten Chance oder dem vorliegenden Problem gerecht wird. Er bietet der obersten Leitung einen Ansatz zur Bewertung von möglichen Ergebnissen und zur Bestimmung der geeignetsten Lösung für die aktuelle Strategie der Organisation. Er eignet sich für alle Arten und Größen von Organisationen, einschließlich KMUs, und ist zur Verwendung auf breiter Basis gedacht. Allerdings dürften Personen, die für die Implementierung und das Management von Innovationen in diesen Organisationen verantwortlich sind, dieses Dokument als besonders nützlich empfinden.</t>
         </is>
       </c>
       <c r="C495" s="3">
-        <v>42490</v>
+        <v>42063</v>
       </c>
       <c r="D495">
         <v>0</v>
       </c>
     </row>
     <row r="496">
-      <c r="A496" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A496" t="s">
+        <v>493</v>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Das Projekt wird harmonisierte und qualitätsgesicherte Instrumente zur Sicherung der bestmöglichen Behandlungsqualität von mit ATMP behandelten Patient*innen entwickeln und an den beteiligten Zentren modellhaft erproben. Die Instrumente umfassen die Einführung strukturierter Behandlungspläne für die ambulante Vor- und Nachsorge sowie den Aufbau eines krankheitsübergreifenden und für zukünftige ATMP-Zulassungen erweiterbaren ATMP-Registers. Darüber hinaus entsteht eine telemedizinische Kommunikations- und Austausch-Plattform für Patient*innen und alle an der Behandlung Beteiligten, die auch ein strukturiertes Managementmöglicher unerwünschter Arzneimittelwirkungen ermöglicht. Der Erfolg dieser Instrumente wird begleitend evaluiert.</t>
-[...2 lines deleted...]
-      <c r="C496"/>
+          <t>Diese Technische Spezifikation ist ein Leitfaden zur Unterstützung von Organisationen bei der Ermittlung, Erfassung und beim Schutz von geistigem Eigentum, um: - Organisationen einen Überblick über die grundlegenden Prinzipien des Managements des geistigen Eigentums im Kontext des Innovationsprozesses zu verschaffen; - beste Verfahrensweisen in Belangen geistigen Eigentums zu fördern, die effizient zur Erlangung geistigen Eigentums führen, während die Fähigkeit der Organisation zur effektiven Handhabung von geistigem Eigentum im Besitz von Drittparteien verbessert wird. Diese Technische Spezifikation ist für alle Arten von Organisationen anwendbar, einschließlich des öffentlichen Sektors. Die Bedürfnisse von kleinen und mittelständischen Unternehmen (KMU) wurden besonders berücksichtigt.</t>
+        </is>
+      </c>
+      <c r="C496" s="3">
+        <v>42063</v>
+      </c>
       <c r="D496">
         <v>0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t> 	eine nachhaltige Rückkehr an den Arbeitsplatz ohne längere Ausfallzeiten 	die Reduktion des Risikos von Erwerbsminderung durch eine verbesserte Rezidivprophylaxe 	eine Verbesserung der Funktionalität und Selbstwirksamkeitserwartung 	Kosteneinsparungen für Sozialversicherungsträger, Betriebe und Gesellschaft für RTW-PIA im Vergleich zur Regelversorgung 	darüber hinaus soll die begleitende Forschung Hinweise auf moderierende Variablen für einen erfolgreichen Wiedereingliederungsprozess liefern </t>
-[...2 lines deleted...]
-      <c r="C497"/>
+          <t>Diese Technische Spezifikation bietet eine Anleitung für das Management des Prozesses der Erzeugung neuer Ideen, aus denen Innovationen entwickelt werden können. Sie ist anwendbar auf alle Arten von Organisationen, einschließlich des produzierenden Gewerbes und des Dienstleistungsbereiches, dem Freiwilligensektor, öffentlichen und sozialen Unternehmen; einen besonderen Schwerpunkt bilden allerdings kleine und mittlere Unternehmen (KMU). Die in dieser Technischen Spezifikation dargestellte Anleitung deckt Themen ab, die von den Verantwortlichen für das Management von Innovation zu berücksichtigen sind, insbesondere während der kreativen Phase, sowie die Beschaffung Ideen von innerhalb und außerhalb der Organisation. Dieses Dokument ist einer von sechs Teilen, die Teil 1 der Reihe, CEN/TS 16555-1, unterstützen.</t>
+        </is>
+      </c>
+      <c r="C497" s="3">
+        <v>42063</v>
+      </c>
       <c r="D497">
         <v>0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B498" t="inlineStr">
+        <is>
+          <t>Diese Technische Spezifikation stellt eine Anleitung zur Bewertung eines Innovationsmanagementsystems (IMS) und dessen Leistung bereit. Sie beschreibt, wie Organisationen intern die Stärken und Schwächen ihres Innovationsmanagementsystems transparent machen können. Diese Transparenz kann als Grundlage für die Entwicklung effektiver Maßnahmen zur Verbesserung der Innovationsmanagement-Fähigkeiten und der -Leistung genutzt werden. Eine verbesserte Innovationsmanagement-Leistung ist wichtig, um Wert für die Organisation, ihre Netzwerkpartner und die wichtigen interessierten Kreise zu steigern. Diese Technische Spezifikation stellt eine Anleitung zu Folgendem bereit: verschiedene Ansätze zur Bewertung des Innovationsmanagements; den generischen Prozess einer effektiven Bewertung des Innovationsmanagements; die zu bewertenden Elementen des Innovationsmanagements, einschließlich der Erkenntnisse und Auswirkungen, die aus der Bewertung des Innovationsmanagements ableitet werden können. Durch die Verwendung dieser Technischen Spezifikation werden Organisationen so angeleitet, dass sie einen Überblick über die verschiedenen Ansätze zur Bewertung des Innovationsmanagements erhalten. Mit Kenntnis dieser Ansätze können Organisationen die Bewertung ihres Innovationsmanagements selbst gestalten. Die Ergebnisse dieser Bewertung des Innovationsmanagements stellen daher die Grundlage zur Entwicklung eines Aktionsplanes dar, der Fähigkeiten und Leistung ihres Innovationsmanagements kontinuierlich verbessert. Diese Technische Spezifikation behandelt Folgendes nicht: Empfehlungen zur Wahl bestimmter Werkzeuge bei der Bewertung des Innovationsmanagements; Maßnahmen zur Verbesserung der Innovationsmanagement-Leistung; bestimmte Benchmarks oder Auswertungsergebnisse für die verschiedenen Elemente des Innovationsmanagements; die tatsächliche Entscheidungsfindung bezüglich der Verbesserungen und deren Auswirkung. Diese Technische Spezifikation kann auf jedes Innovationsmanagementsystem angewandt werden. Es ist dennoch vorrangig zur Bewertung von Innovationsmanagementsystemen nach CEN/TS 16555-1 vorgesehen. Anhang B (normativ) von CEN/TS 16555-7 befasst sich mit der zu erwartenden Auswirkung einer effektiven Bewertung eines Innovationsmanagementsystems nach CEN/TS 16555-1. Diese Technische Spezifikation gilt für sämtliche Organisationen ungeachtet der Branche, der Art, des Alters oder der Größe der Organisation. Allerdings wurde besonderer Wert auf die Anwendbarkeit bei kleinen und mittleren Unternehmen gelegt. Diese Technische Spezifikation ist nicht für Zertifizierungszwecke vorgesehen.</t>
+        </is>
+      </c>
+      <c r="C498" s="3">
+        <v>42490</v>
+      </c>
+      <c r="D498">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="inlineStr">
+        <is>
+          <t>Integrierte Versorgung Neuer Therapien durch Telemedizin, Empowerment, Gentherapeutika, Registeretablierung, Arzneimittelsicherheit, Therapiepfaden &amp; Erstattung (INTEGRATE-ATMP)</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>Das Projekt wird harmonisierte und qualitätsgesicherte Instrumente zur Sicherung der bestmöglichen Behandlungsqualität von mit ATMP behandelten Patient*innen entwickeln und an den beteiligten Zentren modellhaft erproben. Die Instrumente umfassen die Einführung strukturierter Behandlungspläne für die ambulante Vor- und Nachsorge sowie den Aufbau eines krankheitsübergreifenden und für zukünftige ATMP-Zulassungen erweiterbaren ATMP-Registers. Darüber hinaus entsteht eine telemedizinische Kommunikations- und Austausch-Plattform für Patient*innen und alle an der Behandlung Beteiligten, die auch ein strukturiertes Managementmöglicher unerwünschter Arzneimittelwirkungen ermöglicht. Der Erfolg dieser Instrumente wird begleitend evaluiert.</t>
+        </is>
+      </c>
+      <c r="C499"/>
+      <c r="D499">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="s">
+        <v>496</v>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t> 	eine nachhaltige Rückkehr an den Arbeitsplatz ohne längere Ausfallzeiten 	die Reduktion des Risikos von Erwerbsminderung durch eine verbesserte Rezidivprophylaxe 	eine Verbesserung der Funktionalität und Selbstwirksamkeitserwartung 	Kosteneinsparungen für Sozialversicherungsträger, Betriebe und Gesellschaft für RTW-PIA im Vergleich zur Regelversorgung 	darüber hinaus soll die begleitende Forschung Hinweise auf moderierende Variablen für einen erfolgreichen Wiedereingliederungsprozess liefern </t>
+        </is>
+      </c>
+      <c r="C500"/>
+      <c r="D500">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="s">
+        <v>497</v>
+      </c>
+      <c r="B501" t="inlineStr">
         <is>
           <t>Die neue Versorgungsform smartNTx ergänzt die reguläre Nachsorge nach NTx durch eine digitale, telemedizinische, daten- und KI-gestützte Betreuung der Patienten, wodurch die Nachsorge sowohl für Behandelnde als auch für Patienten entscheidend verbessert wird. Die Patienten werden durch Apps und App-gekoppelte Messgeräte darin unterstützt ihre wesentlichen Vitalparameter zu beobachten und durch eine engmaschige Betreuung des Telemedizinteams werden Risiken frühzeitig erkannt und behandelt. Durch die App-Unterstützung, z. B. bei der Medikamentenadhärenz, und die niedrigschwellige Möglichkeit der Kontaktaufnahme mit dem Telemedizinteam werden sie in ihrem Selbstmanagement gestärkt. Den Behandelnden liegen mehr Informationen und durch KI-basierte
 Datenauswertung verbesserte Entscheidungsgrundlagen für die weitere Behandlung vor.
 Gerade in der aktuellen Pandemiesituation, in der die immunsupprimierten und nur unzureichend auf die Impfung ansprechenden Transplantierten weniger vor Ort Termine wahrnehmen, wäre smartNTx eine wertvolle Ergänzung für die Nachsorge. Ansätze zur Vernetzung von Transplantierten mit klinischen Zentren wurden bereits in verschiedenen Projekten, insbesondere durch die Antragsteller realisiert. Auch der medizinische und ökonomische Wert einer langfristigen, engmaschigen Kommunikation von Transplantierten mit Behandelnden ist bekannt. smartNTx macht einen entscheidenden Schritt vorwärts zur Etablierung einer kontinuierlichen, partnerschaftlichen Behandlungsplanung zwischen Behandelnden und Transplantierten, unterstützt durch digitale Technologien.</t>
         </is>
       </c>
-      <c r="C498"/>
-[...8 lines deleted...]
-      <c r="B499" t="inlineStr">
+      <c r="C501"/>
+      <c r="D501">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="s">
+        <v>498</v>
+      </c>
+      <c r="B502" t="inlineStr">
         <is>
           <t>Ziel der Intervention ist eine optimierte, effektivere, bedarfsgerechte Versorgung für Menschen mit Morbus Parkinson im ParkinsonNetz RheinMain+. Eine höchst effektive Beeinflussung des Langzeitverlaufes ist durch eine synergistische Anwendung eines individualisierten Therapieprogramms möglich, welches Symptom- aber auch Erkrankungsstadien spezifisch angewandt werden sollte. Das zentrale Element der neuen Versorgungsform ist die Implementierung einer telemedizinischen Evaluations- und Koordinationsfunktion, die innerhalb des Netzwerks individualisierte Behandlungsprozesse steuert. Die individualisierte Evaluation und Koordination der Behandlungspfade soll innerhalb des bereits bestehenden ParkinsonNetzes RheinMain+ durch eine speziell für die Versorgung von Menschen mit Parkinson ausgebildete, auf Masterniveau qualifizierte Pflegefachperson (APN - Advanced Practice Nurse) erfolgen. Dabei finden vertiefte Assessments der individuellen Krankheitssituation der Patient*innen statt. Aufbauend auf diesen Assessments wird einen evidenzbasierter und patient*innenzentrierter Behandlungs- und Versorgungsplan erstellt. Die Behandlungspläne werden mit Hilfe audiovisueller oder telemedizinischer Kommunikation durch die APNs evaluiert und gesteuert. Darüber hinaus werden die APNs befähigt, die für die Umsetzung klinischer Leitlinien und Standards notwendigen Behandlungsmaßnahmen anzustoßen und im Rahmen von Delegationsprozessen zu übernehmen. Die APNs stellen sicher, dass die Patient*innen in allen Versorgungsbereichen bedarfs- und patientenzentriert betreut werden. Ein besonderer Schwerpunkt liegt dabei auf der Vernetzung und Zusammenarbeit mit anderen beteiligten Berufsgruppen innerhalb des Netzwerks.</t>
         </is>
       </c>
-      <c r="C499"/>
-[...8 lines deleted...]
-      <c r="B500" t="inlineStr">
+      <c r="C502"/>
+      <c r="D502">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="s">
+        <v>499</v>
+      </c>
+      <c r="B503" t="inlineStr">
         <is>
           <t>Ziel des iFightDepression Projekts ist es, einen Beitrag zur Aufklärung über die Erkrankung Depression und zur Verbesserung ihrer Versorgung zu leisten. Die Nutzung des iFightDepression Tools wird zudem begleitend evaluiert, um zu wissenschaftlichem Erkenntnisgewinn im Bereich E-Mental-Health beizutragen.</t>
         </is>
       </c>
-      <c r="C500"/>
-      <c r="D500">
+      <c r="C503"/>
+      <c r="D503">
         <v>1</v>
       </c>
     </row>
-    <row r="501">
-[...3 lines deleted...]
-      <c r="B501" t="inlineStr">
+    <row r="504">
+      <c r="A504" t="s">
+        <v>500</v>
+      </c>
+      <c r="B504" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile. Das umfasst alle im Zusammenhang mit dem ISiK-Basismodul benötigten fachlichen Datenstrukturen.</t>
         </is>
       </c>
-      <c r="C501" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B502" t="inlineStr">
+      <c r="C504" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D504">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="s">
+        <v>502</v>
+      </c>
+      <c r="B505" t="inlineStr">
         <is>
           <t>Neuer Release Candidate der Stufe 3 - 3.0.0-rc2
  Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren. Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile. Das umfasst alle im Zusammenhang mit dem ISiK-Basismodul benötigten fachlichen Datenstrukturen.
 Version: 3.0.0-rc2
 Datum: 31.01.2023 - Status-Korrektur: "draft" - Dependency update auf ISiK Basis-Version 2.0.4 - weitere Änderungen an Implementierungsleitfaden (informativ)</t>
         </is>
       </c>
-      <c r="C502" t="s">
-[...2 lines deleted...]
-      <c r="D502">
+      <c r="C505" t="s">
+        <v>503</v>
+      </c>
+      <c r="D505">
         <v>1</v>
       </c>
     </row>
-    <row r="503">
-[...3 lines deleted...]
-      <c r="B503" t="inlineStr">
+    <row r="506">
+      <c r="A506" t="s">
+        <v>502</v>
+      </c>
+      <c r="B506" t="inlineStr">
         <is>
           <t>Die bedarfsgerechte Bereitstellung von klinischen Dokumenten spielt bei der Patientenversorgung eine wichtige Rolle. Dokumente liegen in den meisten Fällen in elektronischer Form vor (digital erstellt oder eingescannt). Die in den Einrichtungen etablierten Kommunikationsverfahren mittels HL7 Version 2 haben jedoch ausschließlich die Server-zu-Server-Kommunikation im Fokus und erlauben keine standardisierte query-getriebene Dokumentenbereitstellung, wie sie zum Beispiel für webbasierte und mobile Applikationen erforderlich wäre. Eine solche Form der Dokumentenverfügbarkeit ist jedoch die Voraussetzung dafür, ärztlichem und pflegerischem Personal relevante klinische Informationen an jedem Ort und zu jeder Zeit im benötigten Umfang zur Verfügung zu stellen.
 Das ISiK-Modul "Dokumentenaustausch" möchte diese technologische Lücke schließen und webbasierten Applikationen darüber hinaus auch die Bereitstellung neu erstellter Dokumente (z.B. Formulare, die auf einem Tablet ausgefüllt wurden; Bilddokumentation, die mithilfe einer Smartphone-App erstellt wurde; Befunddokumentation, die an webbasierten Clients verfasst wurde; mit einer Smartphone-Kamera gescannte Dokumente; etc.) in den entsprechenden Dokumentenverwaltungssystemen mit einfachen Mitteln ermöglichen.
 Bei der Festlegung dieser Spezifikation findet das IHE-MHD-Profil eine besondere Beachtung, um alle im ISiK-Kontext kommunizierten Dokumente mit möglichst wenig zusätzlichem Aufwand auch in einer IHE-XDS/MHD Kommunikation austauschen zu können.
 Der Fokus dieser Spezifikation liegt zunächst auf den Festlegungen zum Datenaustauschinnerhalbeiner Einrichtung, soll künftig jedoch auch Best Practice-Empfehlungen zur Einstellung von Dokumenten in die EPA eines Patienten, der Weiterleitung an andere Leistungserbringer via KIM oder dem einrichtungsübergreifenden Dokumentenaustausch via MHD/XDS enthalten.
 </t>
         </is>
       </c>
-      <c r="C503" t="s">
-[...2 lines deleted...]
-      <c r="D503">
+      <c r="C506" t="s">
+        <v>504</v>
+      </c>
+      <c r="D506">
         <v>1</v>
       </c>
     </row>
-    <row r="504">
-[...3 lines deleted...]
-      <c r="B504" t="inlineStr">
+    <row r="507">
+      <c r="A507" t="s">
+        <v>505</v>
+      </c>
+      <c r="B507" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile für das Modul Dokumentenaustausch Stufe 3.</t>
         </is>
       </c>
-      <c r="C504" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B505" t="inlineStr">
+      <c r="C507" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D507">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="s">
+        <v>506</v>
+      </c>
+      <c r="B508" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile für das Modul Medikation Stufe 3.</t>
         </is>
       </c>
-      <c r="C505" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B506" t="inlineStr">
+      <c r="C508" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D508">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="s">
+        <v>507</v>
+      </c>
+      <c r="B509" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten Vorgaben für das ISiK Modul Sicherheit Stufe 3.</t>
         </is>
       </c>
-      <c r="C506" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B507" t="inlineStr">
+      <c r="C509" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D509">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="s">
+        <v>508</v>
+      </c>
+      <c r="B510" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Folgende Module beschreiben in Form von FHIR ImplementationGuides (IG) die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben.
 In dem Bereich "Links zum Standard" sind nur die zwei Module der Stufe 5 aufgeführt, welche nicht bestätigungsrelevant sind. Daneben ist eine Referenz auf den Eintrag zu finden, in dem alle anderen 7 bestätigungsrelevanten Module aufgeführt sind. Zusätzlich ist über den Bereich "Zusätzliche URLs" ein allgemeiner Einstieg für ISiK Stufe 5 aufrufbar.
 Die Leitfäden konkretisieren die ISiK-relevanten Funktionen der Standard-REST-API und treffen inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen. Hersteller bestätigungsrelevanter Systeme sollen durch die IGs in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren. Weitere Informationen siehe §373 SGB V.</t>
         </is>
       </c>
-      <c r="C507" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D507">
+      <c r="C510" t="s" s="4">
+        <v>509</v>
+      </c>
+      <c r="D510">
         <v>1</v>
       </c>
     </row>
-    <row r="508">
-[...3 lines deleted...]
-      <c r="B508" t="inlineStr">
+    <row r="511">
+      <c r="A511" t="s">
+        <v>510</v>
+      </c>
+      <c r="B511" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile für das Modul Terminplanung Stufe 3.</t>
         </is>
       </c>
-      <c r="C508" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B509" t="inlineStr">
+      <c r="C511" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D511">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="s">
+        <v>511</v>
+      </c>
+      <c r="B512" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiK-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiK-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Weitere Informationen siehe §373 SGB V.
 Dieser Implementierungleitfaden beinhaltet die von der gematik spezifizierten FHIR-Profile für das ISiK Modul Vitalparameter und Körpermaße Stufe 3.</t>
         </is>
       </c>
-      <c r="C509" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B510" t="inlineStr">
+      <c r="C512" t="s" s="4">
+        <v>501</v>
+      </c>
+      <c r="D512">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="s">
+        <v>512</v>
+      </c>
+      <c r="B513" t="inlineStr">
         <is>
           <t>Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den § 371 und § 373 SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach § 373 Absatz 3 soll die gematik für die in § 371 Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
 Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. entwickeln. Nach § 373 Absatz 4:
 Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen.
  Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
  Release Notes:
 Version: 1.0.0
 Datum:30.06.2022
 Initialer Release</t>
         </is>
       </c>
-      <c r="C510" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B511" t="inlineStr">
+      <c r="C513" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D513">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="s">
+        <v>512</v>
+      </c>
+      <c r="B514" t="inlineStr">
         <is>
           <t>Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den § 371 und § 373 SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach § 373 Absatz 3 soll die gematik für die in § 371 Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
 Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. entwickeln. Nach § 373 Absatz 4:
 Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen.
  Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.</t>
         </is>
       </c>
-      <c r="C511" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D511">
+      <c r="C514" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D514">
         <v>1</v>
       </c>
     </row>
-    <row r="512">
-[...3 lines deleted...]
-      <c r="B512" t="inlineStr">
+    <row r="515">
+      <c r="A515" t="s">
+        <v>512</v>
+      </c>
+      <c r="B515" t="inlineStr">
         <is>
           <t>Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den § 371 und § 373 SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach § 373 Absatz 3 soll die gematik für die in § 371 Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
 Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. entwickeln. Nach § 373 Absatz 4:
 Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen.
  Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Version: 1.0.1
 Datum: 31.10.2022
 Update Basismodul Dependency -&amp;gt; 2.0.2</t>
         </is>
       </c>
-      <c r="C512" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D512">
+      <c r="C515" t="s" s="4">
+        <v>378</v>
+      </c>
+      <c r="D515">
         <v>1</v>
       </c>
     </row>
-    <row r="513">
-[...3 lines deleted...]
-      <c r="B513" t="inlineStr">
+    <row r="516">
+      <c r="A516" t="s">
+        <v>512</v>
+      </c>
+      <c r="B516" t="inlineStr">
         <is>
           <t>Titel: Interoperabler Datenaustausch durch Informationssysteme in der Pflege (ISiP) - $Modul Beschreibung:
 Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den § 371 und § 373 SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach § 373 Absatz 3 soll die gematik für die in § 371 Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
 Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. entwickeln. Nach § 373 Absatz 4:
 Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen.
  Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.
 Version: 1.0.2
 Datum: 31.01.2023
 - Update Basismodul Dependency -&amp;gt; 2.0.4 - Update ULB (KBV-MIO) Dependency -&amp;gt; 1.0.0 - statt Kommentierungs-Version - non-normative changes to Implementation Guide</t>
         </is>
       </c>
-      <c r="C513" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D513">
+      <c r="C516" t="s" s="4">
+        <v>513</v>
+      </c>
+      <c r="D516">
         <v>1</v>
       </c>
     </row>
-    <row r="514">
-[...3 lines deleted...]
-      <c r="B514" t="inlineStr">
+    <row r="517">
+      <c r="A517" t="s">
+        <v>514</v>
+      </c>
+      <c r="B517" t="inlineStr">
         <is>
           <t>Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den § 371 und § 373 SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach § 373 Absatz 3 soll die gematik für die in § 371 Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
  	Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und 	Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. 	entwickeln. 
 Nach § 373 Absatz 4:
 Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen.
  Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.</t>
         </is>
       </c>
-      <c r="C514" t="s">
-[...2 lines deleted...]
-      <c r="D514">
+      <c r="C517" t="s">
+        <v>515</v>
+      </c>
+      <c r="D517">
         <v>2</v>
       </c>
     </row>
-    <row r="515">
-[...3 lines deleted...]
-      <c r="B515" t="inlineStr">
+    <row r="518">
+      <c r="A518" t="s">
+        <v>516</v>
+      </c>
+      <c r="B518" t="inlineStr">
         <is>
           <t>Die gematik wurde vom Gesetzgeber beauftragt, im Benehmen mit der Deutschen Krankenhausgesellschaft (DKG) und den maßgeblichen Bundesverbänden der Industrie im Gesundheitswesen, verbindliche Standards für den Austausch von Gesundheitsdaten mit Informationssystemen im Krankenhaus zu erarbeiten. Entwickelte Module beschreiben in Form von FHIR ImplementationGuides (IG) die für diesen Zweck entwickelten FHIR Profile und das REST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichen vom FHIR Standard vorgegeben.
 Das Dokument ist maßgeblich für Hersteller von Krankenhausinformationssystemen und Subsystemen, welche die Schnittstelle nach § 371 SGB V umsetzen und bei der gematik ein ISiK-Bestätigungsverfahren antreten. Dieses Bestätigungsverfahren mündet ab ISiK Stufe 5 durch eine Aufnahme der IOP-Anforderungen in die Anlage 1 GIGV in das Konformitätsbewertungsverfahren nach § 387 SGB V. Die direkte Zielgruppe der Stufe 5 richtet sich jedoch nach den Modulen und wird je Modul in bestätigungsrelevante Systeme klassifiziert.</t>
         </is>
       </c>
-      <c r="C515" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D515">
+      <c r="C518" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D518">
         <v>1</v>
       </c>
     </row>
-    <row r="516">
-[...3 lines deleted...]
-      <c r="B516" t="inlineStr">
+    <row r="519">
+      <c r="A519" t="s">
+        <v>517</v>
+      </c>
+      <c r="B519" t="inlineStr">
         <is>
           <t>Das Projekt Informationstechnische Systeme in der Pflege - ISiP - soll Arbeitsprozesse innerhalb von Pflegeeinrichtungen sinnvoll digital unterstützen. Konkret soll der gesetzliche Auftrag aus den§ 371und§ 373SGB-V umgesetzt werden. Daraus ergeben sich folgende essenzielle fachliche Anforderungen:
 Nach§ 373Absatz 3 soll die gematik für die in§ 371Absatz 1, Satz 1 und 4, grob definierten informationstechnischen Systeme in der Pflege:
  	Schnittstellen zur systemneutralen Archivierung von Patientendaten sowie zur Übertragung von Patientendaten bei Systemwechsel und 	Schnittstellen für die Anbindung vergleichbarer versorgungsorientierter informationstechnischer Systeme, insbesondere ambulante und klinische Anwendungs- und Datenbanksysteme. 
 entwickeln.
 Nach§ 373Absatz 4:
  	Sind die ISiP Festlegungen im Interoperabilitätsverzeichnis vesta abzulegen. 
 Dieser FHIR ImplementationGuide (IG) beschreibt die für diesen Zweck entwickelten FHIR Profile und dasREST-basierte Application Programming Interface (API). Die REST-API wird im Wesentlichenvom FHIR Standard vorgegeben. Dieser Leitfaden konkretisiert die ISiP-relevanten Funktionen der Standard-REST-API und trifft inhaltliche Festlegungen zu den ISiP-relevanten Ressourcen in Form von Ressourcen-Profilen.
 Hersteller bestätigungsrelevanter Systeme sollen durch diesen IG in die Lage versetzt werden, eine konforme Implementierung zu erstellen und das Bestätigungsverfahren der gematik erfolgreich zu absolvieren.</t>
         </is>
       </c>
-      <c r="C516" t="s" s="4">
-[...2 lines deleted...]
-      <c r="D516">
+      <c r="C519" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D519">
         <v>3</v>
-      </c>
-[...46 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>1986 begann mein Studium in Physik und Informatik an der CAU in Kiel, während ich zeitgleich die beiden ersten Mitarbeiter einstellte. Ende 1992 schloss ich beide Studiengänge mit dem Diplom ab und widme mich seit dem in Vollzeit der (Weiter-)Entwicklung und dem Vertrieb des PRAXIS-PROGRAMMS. Aktuell überweise ich am Monatsende 32 Gehälter an Freunde und Mitarbeiter. Unser Team besteht zu mehr als 60% aus Hochschulabsolventen, die dank VoIP und VPN schon lange vor Corona die freie Wahl zwischen Büro und mobile Office haben. Die durch Technik ermöglichte Flexibilität beim Aufenthaltsort nehme ich auch gerne für mich selber in Anspruch, so dass ich gerade im Sommer meine Arbeit gerne im "floating Office" vom Segelboot aus erledige. "Gegenwind formt den Charakter" – so würde ich meine Sozialisierung durch das Gesundheitswesen beschreiben, denn ich habe seit 1984 - angefangen mit KV-Abrechnungen auf DIN A5 Aufklebeetikettendruck für die Rückseiten der Papier-Krankenscheine über erste Labor-DFÜ Anbindungen mit 2400baud, Diskettenabrechnung, EBM-Reformen, ICD-10, Kodierrichtlinien, Bit4Health, Projektleiter der gematik eGK-Testregion Flensburg, jahrzehntelange wortwörtliche Endlosschleifen mit KBV, gematik und im GB-A alle Grausamkeiten der bundesdeutschen Gesundheitspolitik und -bürokratie durchlitten.Trotzdem versuche ich immer noch, nett zu den verantwortlichen Menschen zu sein und gleichzeitig jenseits aller Vorgaben und Zertifizierungen eine einigermaßen pragmatische und alltagstaugliche Lösung zu finden. Berufspolitisch bin ich seit über 10 Jahren im bvitg in der AG ITaV tätig.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Kinder und Jugendliche mit komplex-chronischen, neurologischen Erkrankungen sind oft angewiesen auf medizinische Hilfsmittel bis hin zu einer Beatmung im heimischen Umfeld. Ihre Versorgung ist äußerst anspruchsvoll und aufwändig; es fehlen Strukturen für eine sektorenübergreifende, interdisziplinäre und multiprofessionelle Versorgung, die Bedarfe der jungen Menschen und ihrer Familien berücksichtigen. Hier setzt das Projekt "KoCoN" an. Ein IT-gestützter Patientenpfad soll die Versorgung für Betroffene, deren Eltern sowie stationäre und ambulante Versorger verbessern. In einer prästationären Videokonferenz mit der Familie gewinnt das stationäre "KoCoN"-Team einen Überblick. Ist keine Einweisung angezeigt, wird in Absprache mit den niedergelassenen Hauptversorgern und der Familie ein ambulanter Diagnostik- und Behandlungsplan erstellt. Ein engmaschiges Case-Management koordiniert ambulant und stationär. Eine vorausschauende Versorgungsplanung unterstützt die Eltern. Multiprofessionelle Fallkonferenzen mit externen Spezialisten erlauben weitreichende Diagnostik- und Therapieentscheidungen. Für den bedarfsgerechten Übergang wird frühzeitig zur Weiterversorgung ein ambulantes Versorgungsnetzwerk aktiviert und die elektronische Patientenakte genutzt. Wiedereinweisungen werden vermieden. Die Wirksamkeit der neuen Versorgungsform "KoCoN" wird im Vergleich mit einer Interventions- und Kontrollgruppe gemessen. Mehrmals werden allgemeine Lebensqualität, Krankheitssymptomlast, Handlungskompetenz der Familien und Versorgungsqualität untersucht. Betroffene und das "KoCoN"-Team werden befragt, um die Akzeptanz von "KoCoN" sowie deren Kosten zu ermitteln. Das Projekt wird für drei Jahre mit ca. 8.1 Millionen Euro gefördert. Im Erfolgsfall wird die Versorgungsqualität komplex-chronisch, neurologisch erkrankter Kinder und Jugendlicher verbessert sowie die Lebensqualität der Familien erhöht. Die Übertragung der Erkenntnisse auf andere Bereiche der Gesundheitsversorgung ist möglich.</t>
+        </is>
+      </c>
+      <c r="C520"/>
       <c r="D520">
         <v>0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="B521" t="inlineStr">
+        <is>
+          <t>Die Digitalisierung im Gesundheitswesen auf Basis der Telematikinfrastruktur kann nur gelingen, wenn saubere Kriterien für die Interoperabilität definiert werden. Dabei spielt auch die Gruppe der Gesundheitsberufe wie z.B. Pflege, Heilmittel, Hilfsmittel und Transport- und Rettungsdienste eine zentrale Rolle. Diese Sichtweise unterstützen wir seitens der opta data Gruppe explizit und leisten gerne einen Beitrag, um alle Stakeholder im deutschen Gesundheitswesen auf den Weg der Digitalisierung zu bringen.</t>
+        </is>
+      </c>
+      <c r="C521" t="s">
+        <v>520</v>
+      </c>
+      <c r="D521">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="s">
+        <v>521</v>
+      </c>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>Erfahrener Vertriebsprofi mit umfassendem Hintergrund in der SAP-Branche, spezialisiert auf Chemie, Pharma und Konsumgüter. Als Global Account Manager bei BASF und Vertriebsleiter beim VC-unterstützten Start-up Aiven habe ich internationale Märkte erfolgreich erschlossen und nachhaltige Kundenbeziehungen aufgebaut. Mein Ausbildungsweg umfasst ein Studium der Wirtschaftsinformatik sowie einen MBA, der mein Wissen in Business und Technologie vertieft hat. Auslandsaufenthalte in Palo Alto und Austin, Texas, haben meinen globalen Blickwinkel erweitert. Privat engagiere ich mich leidenschaftlich für Naturschutz und interessiere mich für Geschichte.</t>
+        </is>
+      </c>
+      <c r="C522" t="inlineStr">
+        <is>
+          <t>B2B – sales, Partnerschaften, Geschäftsführung, PVS, KIS, LIS, LLM, Künstliche Intelligenz, Klinische Entscheidungsunterstützung, Cloud/on-prem-solutions in digital health Umgebungen, Standardisierung und Harmonisierung im medizinischen Umfeld (LOINC, SNOMED, FHIR,…)</t>
+        </is>
+      </c>
+      <c r="D522">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="s">
+        <v>522</v>
+      </c>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>1986 begann mein Studium in Physik und Informatik an der CAU in Kiel, während ich zeitgleich die beiden ersten Mitarbeiter einstellte. Ende 1992 schloss ich beide Studiengänge mit dem Diplom ab und widme mich seit dem in Vollzeit der (Weiter-)Entwicklung und dem Vertrieb des PRAXIS-PROGRAMMS. Aktuell überweise ich am Monatsende 32 Gehälter an Freunde und Mitarbeiter. Unser Team besteht zu mehr als 60% aus Hochschulabsolventen, die dank VoIP und VPN schon lange vor Corona die freie Wahl zwischen Büro und mobile Office haben. Die durch Technik ermöglichte Flexibilität beim Aufenthaltsort nehme ich auch gerne für mich selber in Anspruch, so dass ich gerade im Sommer meine Arbeit gerne im "floating Office" vom Segelboot aus erledige. "Gegenwind formt den Charakter" – so würde ich meine Sozialisierung durch das Gesundheitswesen beschreiben, denn ich habe seit 1984 - angefangen mit KV-Abrechnungen auf DIN A5 Aufklebeetikettendruck für die Rückseiten der Papier-Krankenscheine über erste Labor-DFÜ Anbindungen mit 2400baud, Diskettenabrechnung, EBM-Reformen, ICD-10, Kodierrichtlinien, Bit4Health, Projektleiter der gematik eGK-Testregion Flensburg, jahrzehntelange wortwörtliche Endlosschleifen mit KBV, gematik und im GB-A alle Grausamkeiten der bundesdeutschen Gesundheitspolitik und -bürokratie durchlitten.Trotzdem versuche ich immer noch, nett zu den verantwortlichen Menschen zu sein und gleichzeitig jenseits aller Vorgaben und Zertifizierungen eine einigermaßen pragmatische und alltagstaugliche Lösung zu finden. Berufspolitisch bin ich seit über 10 Jahren im bvitg in der AG ITaV tätig.</t>
+        </is>
+      </c>
+      <c r="C523" t="s">
+        <v>523</v>
+      </c>
+      <c r="D523">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="s">
+        <v>524</v>
+      </c>
+      <c r="B524" t="inlineStr">
         <is>
           <t>Jan Schuster absolvierte nach dem Abitur und einem nicht abgeschlossenen Studium des Bauingenieurswesens eine Ausbildung zum Fachinformatiker. Diese Ausbildung schloss er im Jahr 2002 ab.
 Seitdem ist er in der Softwareentwicklung im Gesundheitswesen tätig. Nach Stationen bei der Optimal Systems GmbH und der Siemens AG ist er seit dem Jahr 2013 bei der Helios IT Service GmbH tätig.
 Der berufliche Fokus liegt mit dem Beginn der Tätigkeit bei Optimal Systems GmbH in der Integration von medizinischen IT-Systemen auf der Basis von internationalen Standards. Bei Helios war er von Anfang an dem Projekt Aufbau einer interoperablen Plattform für die Kliniken und in der Folge für das Patientenportal involviert. Seit 2018 verantwortet er als Teamleiter eHealth die Entwicklung der der Plattform und des Patientenportals maßgeblich. Seit 2021 verantwortet er den Bereich eHealth &amp;amp; Technology bei der Helios IT Service GmbH.</t>
         </is>
       </c>
-      <c r="C521" t="s">
-[...10 lines deleted...]
-      <c r="B522" t="inlineStr">
+      <c r="C524" t="s">
+        <v>525</v>
+      </c>
+      <c r="D524">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="s">
+        <v>526</v>
+      </c>
+      <c r="B525" t="inlineStr">
         <is>
           <t>Dr. Jennifer Franke ist Fachärztin für Kardiologie und Innere Medizin. In ihrer Funktion als Chief Medical Officer Cardiology unterstützt sie die medizinische Strategie und Innovation bei Philips. Besonderen Fokus legt sie auf die digitale Transformation der Medizin und auf interdisziplinäre Zusammenarbeit im Bereich von Herz-Kreislauferkrankungen und deren Komorbiditäten. Im Bereich Business Development und Medical Affairs war sie zuvor für Medizinische Devices und Pharmazie in EMEA, Asia Pacific und globalen Rollen tätig. Schwerpunkte ihrer Forschungsarbeiten liegen im Bereich Herzinsuffizienz und deren Komorbiditäten, Kardiomyopathien und Interventionen bei strukturellen Herzerkrankungen. Im Laufe der Jahre veröffentlichte sie über 40 Buchkapiteln und über 100 bei Google Scholar und Medline gelistete Artikel.</t>
         </is>
       </c>
-      <c r="C522" t="s">
-[...10 lines deleted...]
-      <c r="B523" t="inlineStr">
+      <c r="C525" t="s">
+        <v>527</v>
+      </c>
+      <c r="D525">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="s">
+        <v>528</v>
+      </c>
+      <c r="B526" t="inlineStr">
         <is>
           <t>Das Projektmanagement begleitet die digitale Transformation in den Krankenhäusern. Hier liegt mein Schwerpunkt auf der Prozesserfassung und Involvierung der Fachabteilungen.
 Das Ziel muss es sein, praxisnahe und pragmatische Lösungen zu finden, um die Anwender:innen zu überzeugen und dadurch Mehrwerte zu generieren.</t>
         </is>
       </c>
-      <c r="C523" t="s">
-[...10 lines deleted...]
-      <c r="B524" t="inlineStr">
+      <c r="C526" t="s">
+        <v>529</v>
+      </c>
+      <c r="D526">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="s">
+        <v>530</v>
+      </c>
+      <c r="B527" t="inlineStr">
         <is>
           <t>Jens Weidner ist seit 2021 am Institut für Medizinische Informatik und Biometrie an der Technischen Universität Dresden, als Referent des Netzwerkes Universitätsmedizin angestellt. Zu seinen Aufgaben gehört dabei die Koordination der Forschungsvorhaben zu COVID- 19 am Standort Dresden. Zuvor war Jens als wissenschaftliche Mitarbeiter im Bereich Allgemeinmedizin an der TU Dresden beschäftigt. Sein wissenschaftlicher Schwerpunkt liegt in der Versorgungsforschung. Ein besonderer Fokus liegt dabei in der Analyse sektorenübergreifender Versorgungsprozesse von pflegebedürftigen Menschen sowie auf der Epidemiologie von Autoimmunerkrankungen.
 Zudem verfügt Jens über eine langjährige Beruferfahrung in der Intensivpflege sowie im Management von Einrichtungen im Gesundheitswesen.</t>
         </is>
       </c>
-      <c r="C524" t="inlineStr">
+      <c r="C527" t="inlineStr">
         <is>
           <t>Versorgungsforschung im Gesundheitswesen, Beobachtungsstudien, Evaluationsstudien, Prozessanalysen, statisitsche Modellierung, Management in Einrichtungen des Gesundheitswesen</t>
         </is>
       </c>
-      <c r="D524">
-[...7 lines deleted...]
-      <c r="B525" t="inlineStr">
+      <c r="D527">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="s">
+        <v>531</v>
+      </c>
+      <c r="B528" t="inlineStr">
         <is>
           <t>Jochen Brüggemann machte sich 1986 bereits als 17-Jähriger das erste Mal selbstständig und erlangte 1994 mit der Optomed-Brüggemann GmbH und dem System Optomed-Praxiscomputer (später: Albis on Windows) als erste Windows-Arztsoftware die Zulassung der KBV. Im Jahr 2000 gründete Jochen Brüggemann die intermedix Medizinische Software GmbH. Im Jahr 2003 wurde er Geschäftsführer von ifap. In 2008 übernahm er zusätzlich die Geschäftsführung der aescudata und CompuGroup Medical Software. 2009 übernahm Jochen Brüggemann darüber hinaus die Leitung des zentralen internationalen Entwicklungsbereichs der CGM. Anfang 2012 entschloss er sich, die CGM zu verlassen, um sich der ganz der Gründung und Entwicklung von RED Medical zu widmen, der bisher einzigen vollständig webbasierten Arztsoftware mit KBV-Zertifizierung und Gütesiegel des Unabhängigen Landesdatenschutzzentrums (ULD).</t>
         </is>
       </c>
-      <c r="C525" t="s">
-[...10 lines deleted...]
-      <c r="B526" t="inlineStr">
+      <c r="C528" t="s">
+        <v>532</v>
+      </c>
+      <c r="D528">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="s">
+        <v>533</v>
+      </c>
+      <c r="B529" t="inlineStr">
         <is>
           <t>Dr. Johanna Apfel-Starke ist seit 2018 an der Medizinischen Hochschule Hannover (MHH) im strategischen IT-Projektmanagement an der Schnittstelle zwischen Forschung, IT und Versorgung tätig. Sie sieht sich als Übersetzerin zwischen Forschung im Gesundheitswesen und Digitalisierung mit dem Ziel, Entwicklungen und Projekte ganzheitlich zu sehen. So engagiert sie sich auch für die Einführung eines strukturierten Forschungsdatenmanagements.
 Seit 2023 erarbeitet sie die Digitalstrategie Forschung der MHH und lehrt ihre Erfahrungen als Vertretungsprofessur "Medizinische Informatik" an der Hochschule Hannover.</t>
         </is>
       </c>
-      <c r="C526" t="inlineStr">
+      <c r="C529" t="inlineStr">
         <is>
           <t>Interoperabilitätsstandards, semantische Bezugssysteme und Datenmodelle für die wissenschaftlich-klinische Forschung, speziell LOINC, OMOP;Digitalisierung im Gesundheitswesen;IT-Projektmanagement und IT-Strategie im Gesundheitswesen;Expertise mit europäischen Forschungsnetzwerken wie beispielsweise EHDEN, EHR2EDC, OHDSI Community; Sekundärnutzung von Versorgungsdaten</t>
-        </is>
-[...48 lines deleted...]
-          <t>HL7 FHIR (Profilierung und Implementierung); HL7 Version 2; IHE; Informationssysteme in Krankenhäusern; Systemarchitekturen; nationale und internationale Terminologien (LOINC, SCT, KDL, …)</t>
         </is>
       </c>
       <c r="D529">
         <v>0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Joshua ist Experte für den Umgang mit kontrollierter Terminologie, insbesondere im Umgang mit HL7-FHIR-basierten Terminologieservern (TS).Diese Expertiese beruht auf der Mitarbeit im HiGHmed-Konsortium der Medizininformatik-Initiative (MII), und der aktiven Mitwirkung im Betrieb eines ab 2023 für die MII und das Netzwerk Universitätsmedizin (NUM) zentralen TS innerhalb des BMBF-geförderten Projektes SU-TermServ.Aktuell strebt Joshua eine Promotion an der Universität zu Lübeck in dieser Thematik an, in diesem Kontext erfolgten bereits diverse Publikationen, die die Etablierung von TS und die Implementierung von notwendigem Tooling im Fokus haben. Ferner ist Joshua in der AG Medizinische Terminologien und Klassifikationen (MTK) der GMDS aktiv, und ist Mitglied in den relevanten Gremien der MII, insbesondere in der Task Force Terminologische Dienste der AG Interoperabilität.Im Expertenkreis vertritt Joshua somit die Sichtweise der semantischen Interoperabilität im Kontext der Sekundärnutzung klinischer Daten aus Sicht von MII und NUM.</t>
+          <t>Im Bereich "Netzwerken" bringe ich Normungsexperten, Wissenschaftler, Entwickler, Anwender, Leistungserbringer und Kostenträger innovativer Technologien zusammen. Als Experte war ich Mitglied in dem internationalen Konsortium "Continua Health Alliance" und gestaltete mit Vertretern der FDA, IEC, ISO, IEEE, der EU Kommission, CEN, CENELEC den künftigen Stand der "mobile health" Technologien. Als Beiratsmitglied in der DMEA, Beirat digiFORT (VDEITG) wirke ich an der Gestaltung der Programme "innovativer Medizintechnologien" und deren Einsatz mit. Besonders zu erwähnen sind in meiner Tätigkeit die Neuausrichtung der DKE "Elektrische Geräte in medizinischer Anwendung" und zuletzt die Geschäftsführung des DIN Normenausschusses Radiologie. Als Teilnehmer an internationalen Sitzungen im Bereich der IEC TC 62, ISO TC 215, ETSI und CENELEC TC 62 durfte ich die deutschen Interessen vertreten. In meiner jetzigen Funktion im Beirat digiFORT bin ich als Projektkoordinator verantwortlich für die Erarbeitung von nationalen Standards (z.B. VDE-AR-E 2750-300 Digitale Qualifizierung im Gesundheitsbereich), Positionspapieren und weiteren internationalen Festlegungen.</t>
         </is>
       </c>
       <c r="C530" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="D530">
         <v>0</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="B531" t="inlineStr">
+        <is>
+          <t>Bei Mint Medical beschäftigen wir uns intensiv mit Kommunikationsbedürfnissen in der klinischen Routine und in klinischen Studien. Die Herausforderung dabei ist, die erfassten Daten so zu modellieren, dass den verschiedenen Stakeholdern im klinischen Workflow immer die für sie im nächsten Schritt relevanten Informationen schnell und einheitlich zur Verfügung stehen. Eine Grundlage dafür ist, dass Point-of-care Daten in ein semantisch strukturiertes Modell münden und gleichzeitig patientenindividuelle Eigenheiten berücksichtigt werden. Diese Modelle ändern sich häufig. Deswegen liegt mein Fokus als CTO bei Mint Medical auf der effizienten Modellierung von medizinischem Wissen und Informationen. Nutzerakzeptanz und klinische Relevanz haben dabei höchste Priorität. Doppeleingaben sind zu vermeiden und Kontextwissen wann immer nur möglich einzubinden. Aus diesem Grund ist semantische Interoperabilität zwischen Systemen ein Hauptziel unserer Arbeit.</t>
+        </is>
+      </c>
+      <c r="C531" t="s">
+        <v>537</v>
+      </c>
+      <c r="D531">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="s">
+        <v>538</v>
+      </c>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>Jonas Schön ist Medizin-Informatiker mit einer Spezialisierung auf offene und interoperable Datenstandards.Als Mitarbeiter der BBT Gruppe etablierte er eine IHE konforme, dezentrale Datendrehscheibe, die dort als CDR heute die Basis des Datenaustausches bildet. Später verantwortete er als Applikationsarchitekt die Integration von neuen Softwareprodukten in die bestehende IT-Landschaft und betreute Schnittstellen mit HL7v2, FHIR und nach IHE-Profilen.Von 2021 bis 2025 war Jonas Schön bei der Tiplu GmbH und begleitete dort die Umstellung aller internen Softwareprodukte auf FHIR-Kommunikation. Anfang 2022 übernahm er die Produktverantwortung für einen bei Tiplu selbst entwickelten FHIR-Server und engagiert sich seitdem in der deutschen FHIR-Community.Seit 2024 ist er als Berater für die Gefyra GmbH tätig und unterstützt Kunden beim Wissensaufbau rund um FHIR, Erstellung von Spezifikationen und dem Einsatz von FHIR-basierter Schnittstellen.</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>HL7 FHIR (Profilierung und Implementierung); HL7 Version 2; IHE; Informationssysteme in Krankenhäusern; Systemarchitekturen; nationale und internationale Terminologien (LOINC, SCT, KDL, …)</t>
+        </is>
+      </c>
+      <c r="D532">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="s">
+        <v>539</v>
+      </c>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>Joshua ist Experte für den Umgang mit kontrollierter Terminologie, insbesondere im Umgang mit HL7-FHIR-basierten Terminologieservern (TS).Diese Expertiese beruht auf der Mitarbeit im HiGHmed-Konsortium der Medizininformatik-Initiative (MII), und der aktiven Mitwirkung im Betrieb eines ab 2023 für die MII und das Netzwerk Universitätsmedizin (NUM) zentralen TS innerhalb des BMBF-geförderten Projektes SU-TermServ.Aktuell strebt Joshua eine Promotion an der Universität zu Lübeck in dieser Thematik an, in diesem Kontext erfolgten bereits diverse Publikationen, die die Etablierung von TS und die Implementierung von notwendigem Tooling im Fokus haben. Ferner ist Joshua in der AG Medizinische Terminologien und Klassifikationen (MTK) der GMDS aktiv, und ist Mitglied in den relevanten Gremien der MII, insbesondere in der Task Force Terminologische Dienste der AG Interoperabilität.Im Expertenkreis vertritt Joshua somit die Sichtweise der semantischen Interoperabilität im Kontext der Sekundärnutzung klinischer Daten aus Sicht von MII und NUM.</t>
+        </is>
+      </c>
+      <c r="C533" t="s">
+        <v>540</v>
+      </c>
+      <c r="D533">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="s">
+        <v>541</v>
+      </c>
+      <c r="B534" t="inlineStr">
         <is>
           <t>Digitalisierung von medizinischen Fachprozessen bei Krankenhäusern, Psychiatrien, Rehabilitationskliniken sowie Alters- und Pflegeheimen sowie eHealth in DACHL. Fachliches Projektmanagement, Prozessdesign, Betreuung, Coaching, 2nd-Level-Support, APV, Konzeption (Architektur, Migration usw.), Schulungen von Ärzten, Ärztinnen sowie Pflegenden usw. bei der Einführung von IT-Systemen und eHealth in DACHL entlang der Fachprozesse mit KIS, PDMS, Archiv, Medikation, Kardiologie, OP, Ressourcenplanung, RIS/PACS, Reha, Psychiatrie usw. Umsetzung von eHealth-Lösungen und Integrationen von eHealth-Plattformen in Primärsysteme (KIS, PDMS, Archiv usw.) in DACHL. Umsetzung von eMedikationsplan, eAU usw. Mitarbeit bei Teilprojekten bei eHealth Suisse (EPD) und ELGA. Solutionmanager, Projektleiter, APV sowie Support für Klinische Informationssysteme für DACHL. Business Development für Healthcare-IT Firmen.
 </t>
         </is>
       </c>
-      <c r="C531" t="inlineStr">
+      <c r="C534" t="inlineStr">
         <is>
           <t> 	Digitalisierung von medizinischen Fachprozessen bei Krankenhäusern, Psychiatrien, Rehabilitationskliniken sowie Alters- und Pflegeheimen sowie eHealth in DACHL. 	Umsetzung von eHealth-Lösungen und Integrationen von eHealth-Plattformen in Primärsysteme (KIS, PDMS, Archiv usw.) in DACHL. Umsetzung von eMedikationsplan, eAU usw. Mitarbeit bei Teilprojekten bei eHealth Suisse (EPD) und ELGA. Solutionmanager, Projektleiter, APV sowie Support für Klinische Informationssysteme für DACHL. 	Chemie-Ingenieur HTL/FH, Wirtschaftsingenieur STV 	Projektmanagement, Medizinprodukteberater, CH-REP (MDR), 	KHZG-Zertifikat Berechtigung nach § 21 Absatz 5 Satz 1 Krankenhausstrukturfonds-Verordnung (KHSFV) und einige andere 	IHE, HL7, ALIS, SNOMED CT - Business Development für innovative Healthcare-IT Firmen, u.a. mit KI usw. Zahlreiche Fachpublikationen zur Digitalisierung von medizinischen Fachprozesse. Dozent für KIS und eHealth. Siehe: https://www.toedtli-consulting.com/publikationen 
 Dozent für KIS und eHealth Siehe: https://www.toedtli-consulting.com/publikationen
 </t>
         </is>
       </c>
-      <c r="D531">
-[...7 lines deleted...]
-      <c r="B532" t="inlineStr">
+      <c r="D534">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="s">
+        <v>542</v>
+      </c>
+      <c r="B535" t="inlineStr">
         <is>
           <t>Julian Saß ist examinierte Pflegefachkraft, Gesundheitsökonom und Medizininformatiker mit mehrjähriger Berufserfahrung in Forschung und Versorgung. Im Bereich Standardidsierung ist er aktiv bei HL7 Deutschland e.V. unter anderem bei der Entwicklung der Basisprofile im Technischen Komitee FHIR. Am Berlin Institute of Health at Charité (BIH) arbeitet er in der Arbeitsgruppe eHealth und Interoperabilität vor allem an der Entwicklung von FHIR Spezifikationen für die Forschung im Rahmen der Medizininformatik-Initiative. Er ist spezialisiert auf Gesundheitsdatenstandards mit ausgewiesener Expertise für: HL7 FHIR (HL7 FHIR Proficiency Exam, HL7 FHIR Implementer: Foundational Certification) SNOMED CT (Foundation Course, Implementation Course, Authoring Level 1 Course)IHE (IHE Certified Professional)</t>
         </is>
       </c>
-      <c r="C532" t="s">
-[...10 lines deleted...]
-      <c r="B533" t="inlineStr">
+      <c r="C535" t="s">
+        <v>543</v>
+      </c>
+      <c r="D535">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="s">
+        <v>544</v>
+      </c>
+      <c r="B536" t="inlineStr">
         <is>
           <t>Wissenschaftliche Aktivitäten und Rollen:
  	Entwicklung eines digitalen Notfalldatensatzes für Menschen mit (schweren) psychischen Erkrankungen und dessen Verankerung in der ePA: Mitwirkung an der Entwicklung einer FHIR-Spezifikation für den Notfalldatensatz 	Pilotierung und Evaluation eines patientenseitigen Zugangs sowie eines Zugangs für Angehörige zu den Verlaufsnotizen ärztlicher Behandlung (sog. "Open Notes") mittels einer Testumgebung; Mitwirkung an der Entwicklung einer FHIR-Spezifikation für Open Notes; www.opennotes.info 	Leiter der AG Digitale Psychiatrie an der Medizinischen Hochschule Brandenburg (MHB): www.digitalpsychiatry.de 	Sprecher der Fachgruppe Seelische Gesundheit des Deutschen Netzwerks Versorgungsforschung (DNVF e.V.) 
 Mitgliedschaften:
  	DGPPN e.V. 	DGDM e.V. 	DNVF e.V. </t>
         </is>
       </c>
-      <c r="C533" t="inlineStr">
+      <c r="C536" t="inlineStr">
         <is>
           <t> 	Psychiatrie und Psychotherapie 	Patientenseitiger Zugang und Zugang für Angehörige zu Gesundheitsdaten 	Umgang mit potentiell stigmatisierenden bzw. zu schützenden Inhalten in der widerspruchsbasierten ePA 	Digitale Vorsorgedokumente (sog. "advance choice documents") in der Psychiatrie und Psychotherapie, deren Standardisierung und Speicherung in der Gesundheitsdateninfrastruktur 	Digital Health Forschung, psychiatrische Versorgungsforschung, partizipative Forschung 
 </t>
         </is>
       </c>
-      <c r="D533">
-[...50 lines deleted...]
-      </c>
       <c r="D536">
         <v>0</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Schon während meines Studiums habe ich als Softwareentwickler für das Labor Limbach in Heidelberg gearbeitet. 1990 habe ich mich als freiberuflicher Entwickler selbstständig gemacht. Schon mit der Einführung des Bonner Models (Vorläufer des LDT) Anfang der 90´er Jahre war die Labordatenkommunikation mein zentrales Thema. Mit dem von mir entwickelten Befund- und DFÜ System DocNet, wurden über LDT und HL7 Befunde von ca. 40 Laboratorien (Limbach Gruppe und ab 2016 Sonic Verbund) an Einsender und Patienten übermittelt. 2019 wurde meine Firma von der Sonic Healthcare Germany aufgekauft und seitdem arbeite ich als Prokurist für die Sonic und Bioscientia wo das doc.net System weiterentwickelt wird.</t>
+          <t>Julius Libramm ist studierter Medizininformatiker und interessierte sich bereits während seines Studiums für die unterschiedlichen Aspekte der Interoperabilität. Besonderes Interesse weckte der Standard HL7 FHIR. Seine Abschlussarbeit schrieb er über den "Anatomic PathologicStructured Report under FHIR".Nach seinem Studium begann er als Schnittstellenentwickler für die Helios IT Service GmbH zu arbeiten und begleitet dort Anbindungsprojekte unterschiedlicher KIS-Hersteller und Subsysteme, meist per HL7 v2. Weiterhin nimmt er die Rolle des Teilprojektleiters für diverse Großprojekte ein.Von 2023 bis September 2015 übernimmt er als "Produktmanager FHIR" für die Abteilung Subsysteme und Integration die Aufgabe, geeignete Use-Cases für den Einsatz von FHIR zu identifizieren und umzusetzen.Seit Oktober 2025 betreut er die Interoperabilitätsplattform der Vivantes Netzwerk für Gesundheit GmbH.</t>
         </is>
       </c>
       <c r="C537" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="D537">
         <v>0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Dr. Heitmann ist unabhängiger Berater für medizinische Informationstechnologie mit mehr als 25 Jahren Erfahrungen im Bereich der Kommunikation, Standardisierung und Integration im Gesundheitswesen, vorrangig in Bezug auf die Familie der HL7 (Health Level Seven)-Standards CDA und FHIR sowie Terminologien wie SNOMED-CT und LOINC. Er ist in Anwendungs-, Integrations- und Architekturprojekte in ganz Europa in allen Projekt-Hauptphasen wie Konzeption, Spezifikation und Implementierung involviert. Schwerpunkte liegen in Deutschland, den Niederlanden, Österreich und der Schweiz. Zudem führt er Schulungen und Workshops zu Informations- und Kommunikationstechnologie für Manager, Nutzer und Implementierer sowie Vorlesungen zum Thema durch.Seine jahrzehntelange Erfahrung im Bereich Interoperabilität und Standards brachte er von Mai 2019 bis Ende 2021 als Director Interoperability in den Health Innovation Hub (hih) ein, der vom Bundesministerium für Gesundheit gegründete Think Tank für Digitalisierung im Gesundheitswesen.</t>
+          <t>Aktueller Arbeitgeber:
+Universitätsklinikum Tübingen,
+Stabsstelle Vorstand | KV1 Zentralbereich Medizin: Struktur-, Prozess- und Qualitätsmanagement
+Funktion: Projektleitung für Digitalisierungsvorhaben
+Motivation und Beitrag:
+Ich möchte meine Erfahrungen aus der Praxis der Krankenhausversorgung, KIS‑Integration und ePA-Prozessen in den IOP‑Expertenkreis einbringen. Insbesondere interessiert mich die Mitwirkung im Arbeitskreis "Rolle von Patientenportalen im Zusammenspiel mit Primärsystemen und ePA", um bei der Definition von interoperablen Standards und Prozessen eine realitätsnahe Krankenhaus‑Perspektive sicherzustellen.</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Interoperabilität, IT- und Kommunikations-Standards im Gesundheitswesen, eHealth-Standards, strukturelle Standards / Datenformate, semantische Standards, Terminologien, Klinische Datenmodellierung, Medizininformatik, SNOMED, LOINC, FHIR, CDA, HL7, Medizin</t>
+          <t>Praktische Kenntnisse mit FHIR / HL7 / KIS / Patientenportal‑Systemen
+Mitarbeit in der MII Task-Force Consent Umsetzung und HL7 Deutschland Arbeitsgruppe ConsentKIS, ePA und Patientenportale durch meine aktuelle Projektarbeit
+Erfahrung in der Umsetzung digitaler Workflows, Schnittstellen und Versorgungsprozesse
+durch meine aktive Projektarbeit am UKT</t>
         </is>
       </c>
       <c r="D538">
         <v>0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
-        <v>540</v>
-[...5 lines deleted...]
-        <v>43281</v>
+        <v>548</v>
+      </c>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>Sanitätsrat Prof. Dr. med. Jürgen Rissland MBA studierte Humanmedizin, ist Facharzt für Mikrobiologie, Virologie und Infektionsepidemiologie und hat berufliche Stationen in der Chirurgie sowie der klinisch-diagnostischen Infektionsmedizin an Universitätsklinika und dem öffentlichen Gesundheitswesen in drei verschiedenen Bundesländern (NRW, RLP und Saarland) absolviert. Als Landesverbandsvorsitzender der Ärztinnen und Ärzte des Öffentlichen Gesundheitsdienstes e. V. Saarland ist er Mitglied des Paktes für den ÖGD Saarland und der entsprechenden Arbeitsgruppen, u.a. Digitale Weiterentwicklung. Seit 2022 leitet er das ELFA ("Ein Land für alle")-Projekt IISAAR mit dem Ziel des modellhaften Aufbaus eines innovativen Datenmanagementsystems für das Impfwesen in Deutschland. Ab 2023 hat er eine Professur für Öffentliche Gesundheit, Prävention und Nachhaltigkeit an der Deutschen Hochschule für Prävention und Gesundheitsmanagement Saarbrücken übernommen.</t>
+        </is>
+      </c>
+      <c r="C539" t="inlineStr">
+        <is>
+          <t>Planung, Umsetzung und Betreuung von komplexen IT-Systemen, Registerdatenbanken und digitalen Gesundheitsanwendungen inkl. Einsatz der Cloud-Technologie und HL7/FHIR-Standards</t>
+        </is>
       </c>
       <c r="D539">
         <v>0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Bei DMI wirkt Katja Clees im Bereich Geschäfts- und Organisationsentwicklung an der Weiterentwicklung der Produkte und Services des Unternehmens mit.Ihre Fachkenntnisse bringt sie auch in der Arbeitsgruppe "Interoperabilität und Standardisierung" des bvitg e.V. ein. Darüber hinaus hat sie bei der Spezifikation des ISiK-Moduls "Dokumentenaustausch" der GematikAls Quereinsteigerin wechselte Katja Clees 2010 zu einem DMS-Hersteller in die Gesundheits-IT. In dieser Zeit eignete sie sich umfangreiche Kenntnisse im Bereich Datenmanagement und Interoperabilität im klinischen Umfeld an. Als Leiterin des Produktmanagements verantwortete Katja Clees den weitere Ausbau des Produkts als ECM sowie die Weiterentwicklung des DMS im Hinblick auf Interoperabilität, Anbindung an die ePA der gematik und das Leistungserbringer-Portal im Rahmen der elektronischen Vorgangsübermittlungs-Vereinbarung (eVV).</t>
-[...5 lines deleted...]
-        </is>
+          <t>Schon während meines Studiums habe ich als Softwareentwickler für das Labor Limbach in Heidelberg gearbeitet. 1990 habe ich mich als freiberuflicher Entwickler selbstständig gemacht. Schon mit der Einführung des Bonner Models (Vorläufer des LDT) Anfang der 90´er Jahre war die Labordatenkommunikation mein zentrales Thema. Mit dem von mir entwickelten Befund- und DFÜ System DocNet, wurden über LDT und HL7 Befunde von ca. 40 Laboratorien (Limbach Gruppe und ab 2016 Sonic Verbund) an Einsender und Patienten übermittelt. 2019 wurde meine Firma von der Sonic Healthcare Germany aufgekauft und seitdem arbeite ich als Prokurist für die Sonic und Bioscientia wo das doc.net System weiterentwickelt wird.</t>
+        </is>
+      </c>
+      <c r="C540" t="s">
+        <v>550</v>
       </c>
       <c r="D540">
         <v>0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Zu den zahlreichen Vorteilen von FHIR gehört die Wiederverwendbarkeit und Anpassungsfähigkeit (Profilierung) einzelner Ressourcen. KBV-Basis-Profile sind FHIR-Ressourcen, welche in allen medizinischen Informationsobjekten wiederverwendet werden und die an die Bedürfnisse der KBV angepasst wurden. Dabei sollen diese Basis-Profile nicht nur in den MIOs genutzt werden, sondern als gemeinsame Basis auch die Vereinheitlichung aller FHIR-Schnittstellen der KBV schaffen. Ein typisches Beispiel für ein Basis-Profil ist 'Patient'. Bestimmte Angaben, die eine Person in Deutschland eindeutig identifizieren, werden z.B. bei allen MIOs, aber auch der eAU, der Archiv- und Wechselschnittstelle oder dem eRezept gebraucht. Dazu gehören beim Beispiel 'Patient' unter anderem der Name, die Adresse und das Geburtsdatum, aber auch die Krankenversichertennummer. Zudem werden die KBV-Basis-Profile auch in Schnittstellen des stationären Sektors genutzt. Die KBV-Basisprofile werden sektorübergreifend mit zahlreichen Organisationen abgestimmt und können so auch die Basis für weitere Schnittstellen sein.</t>
-[...3 lines deleted...]
-        <v>543</v>
+          <t>Ich arbeite als Wissenschaftlicher Mitarbeiter im Bereich Interoperabilität am Robert Koch-Institut. Mein Fokus liegt auf dem Aufbau von IOP-Governance, der Koordination von Austausch und Vernetzung zwischen verschiedenen Abteilungen und externen Stakeholdern sowie auf der Empfehlung zur Umsetzung und Anwendung von Interoperabilitätsstandards am Institut.</t>
+        </is>
+      </c>
+      <c r="C541" t="inlineStr">
+        <is>
+          <t>Interoperabilität in Gesundheitsdaten, Vernetzung von Institutionen, Anwendung und Abstimmung von Standards (z. B. FHIR, SNOMED CT, LOINC) u.a. im Kontext von Surveillance- und Meldesystemen.</t>
+        </is>
       </c>
       <c r="D541">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="B542" t="inlineStr">
+        <is>
+          <t>Dr. Heitmann ist unabhängiger Berater für medizinische Informationstechnologie mit mehr als 25 Jahren Erfahrungen im Bereich der Kommunikation, Standardisierung und Integration im Gesundheitswesen, vorrangig in Bezug auf die Familie der HL7 (Health Level Seven)-Standards CDA und FHIR sowie Terminologien wie SNOMED-CT und LOINC. Er ist in Anwendungs-, Integrations- und Architekturprojekte in ganz Europa in allen Projekt-Hauptphasen wie Konzeption, Spezifikation und Implementierung involviert. Schwerpunkte liegen in Deutschland, den Niederlanden, Österreich und der Schweiz. Zudem führt er Schulungen und Workshops zu Informations- und Kommunikationstechnologie für Manager, Nutzer und Implementierer sowie Vorlesungen zum Thema durch.Seine jahrzehntelange Erfahrung im Bereich Interoperabilität und Standards brachte er von Mai 2019 bis Ende 2021 als Director Interoperability in den Health Innovation Hub (hih) ein, der vom Bundesministerium für Gesundheit gegründete Think Tank für Digitalisierung im Gesundheitswesen.</t>
+        </is>
+      </c>
+      <c r="C542" t="inlineStr">
+        <is>
+          <t>Interoperabilität, IT- und Kommunikations-Standards im Gesundheitswesen, eHealth-Standards, strukturelle Standards / Datenformate, semantische Standards, Terminologien, Klinische Datenmodellierung, Medizininformatik, SNOMED, LOINC, FHIR, CDA, HL7, Medizin</t>
+        </is>
+      </c>
+      <c r="D542">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="s">
+        <v>553</v>
+      </c>
+      <c r="B543" t="s">
+        <v>326</v>
+      </c>
+      <c r="C543" s="3">
+        <v>43281</v>
+      </c>
+      <c r="D543">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="s">
+        <v>554</v>
+      </c>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>Katja Clees ist seit 2010 in verschiedenen Positionen in der Gesundheits-IT tätig. Ihre Expertise in den Interoperabilitätsstandards im klinischen Kontext erlangte sie in vielen strategisch bedeutsamen Projekten sowie im Rahmen ihrer Tätigkeiten als Produktmanagerin für einen der Top 5 DMS-Spezialisten im Gesundheitswesen in Deutschland. Ehrenamtlich war sie in dieser Zeit engagiertes Mitglied der AG "Interoperabilität und Standardisierung" des bvitg. Im weiteren Verlauf eignete sie sich umfangreiche Kenntnisse im Bereich Datenmanagement und Interoperabilität im klinischen Umfeld an. Seit Dezember 2025 stellt Katja Clees ihre weitreichende Expertise Kliniken, Partnern der Gesundheits-IT sowie Spezifikateuren zur Verfügung, um Projekte und die digitale Transformation des Gesundheitswesens zielgerichtet umzusetzen.</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>Dokumentenmanagement im Krankenhaus mit Schwerpunkt Interoperabilität; IHE XDS-Profil sowie angrenzende Profile; FHIR, HL7 v2, ePA; Archivierung; Digitalisierung und Klassifizierung von Dokumenten</t>
+        </is>
+      </c>
+      <c r="D544">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="s">
+        <v>555</v>
+      </c>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>Zu den zahlreichen Vorteilen von FHIR gehört die Wiederverwendbarkeit und Anpassungsfähigkeit (Profilierung) einzelner Ressourcen. KBV-Basis-Profile sind FHIR-Ressourcen, welche in allen medizinischen Informationsobjekten wiederverwendet werden und die an die Bedürfnisse der KBV angepasst wurden. Dabei sollen diese Basis-Profile nicht nur in den MIOs genutzt werden, sondern als gemeinsame Basis auch die Vereinheitlichung aller FHIR-Schnittstellen der KBV schaffen. Ein typisches Beispiel für ein Basis-Profil ist 'Patient'. Bestimmte Angaben, die eine Person in Deutschland eindeutig identifizieren, werden z.B. bei allen MIOs, aber auch der eAU, der Archiv- und Wechselschnittstelle oder dem eRezept gebraucht. Dazu gehören beim Beispiel 'Patient' unter anderem der Name, die Adresse und das Geburtsdatum, aber auch die Krankenversichertennummer. Zudem werden die KBV-Basis-Profile auch in Schnittstellen des stationären Sektors genutzt. Die KBV-Basisprofile werden sektorübergreifend mit zahlreichen Organisationen abgestimmt und können so auch die Basis für weitere Schnittstellen sein.</t>
+        </is>
+      </c>
+      <c r="C545" t="s">
+        <v>556</v>
+      </c>
+      <c r="D545">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="s">
+        <v>557</v>
+      </c>
+      <c r="B546" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 Im Modul DIAGNOSE werden krankheitenbeschreibende und ergänzende Merkmale zu Personen abgebildet, die im Modul PERSON erfasst sind. Jede Person kann zu einem Zeitpunkt oder im Laufe der Zeit eine oder mehrere Krankheiten haben, die mit Hilfe von Diagnosen mit unterschiedlicher Genauigkeit beschrieben werden.
 Aufgrund der MII-Priorität der Sekundärnutzung von Real-World-Data des Versorgungskontextes sowohl für die Versorgung und als auch für die Forschung begegnet das Basismodul DIAGNOSE, das die Diagnosen soweit wie möglich versorger-, sektoren- und kontextneutral bezeichnen und bereitstellen soll, nennenswerten Herausforderungen. 
 Einen kleinen Beitrag zur Überwindung der Restriktionen versuchen die Autoren des Moduls DIAGNOSE gleichwohl zu leisten, indem sie Wegmarken für eine angemessenere Dokumentation im deutschen Gesundheitssystem setzen.
 In erster Linie ist zu nennen, dass der Einsatz weiterer Kataloge antizpiert wird. Für internationale - oder spezielle Projekte (z.B. Seltene Erkrankungen) ist die parallele Verfügbarkeit ergänzender Diagnosenkataloge erforderlich. Hervorgehoben werden können:
 •	die Orpha-Kennnummern für seltene Erkrankungen
 •	die Nomenklatur SNOMED CT  für ein breites Anwendungsspektrum mit internationaler Interoperabilität
 •	die Alpha-ID, die auf dem Alphabetischen Verzeichnis zur ICD-10-GM basiert.
 Ab sofort ist auch die 11. Revision der ICD zu berücksichtigen, deren Einführung von den nachgeordneten BMG-Behörden DIMDI und BfArM vorbereitet wird.
 Angestrebt wird beispielsweise auch die Nutzung der ICD-O, die eine differenziertere Beschreibung von Krebserkrankungen erlaubt. Dies wird aber nicht im Basismodul DIAGNOSE, sondern im Erweiterungsmodul ONKOLOGIE eröffnet.</t>
         </is>
       </c>
-      <c r="C542" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B543" t="inlineStr">
+      <c r="C546" t="s" s="4">
+        <v>558</v>
+      </c>
+      <c r="D546">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="s">
+        <v>559</v>
+      </c>
+      <c r="B547" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 Im Modul FALL des MII KDS benutzen wir den Begriff Fall nur als ungenauen Oberbegriff und folgen darin dem Leitfaden Basis DE (R4), dem ImplementationGuide der Deutschen FHIR Basisprofile des HL7 Deutschland e.V. Dort wird die differenzierte Verwendung der FHIR Begriffe EpisodeOfCare, Encounter und Account vorgeschlagen:
 Der Begriff "Fall" gruppiert im Sprachgebrauch verschiedene Konzepte, die in FHIR durch unterschiedliche Ressourcen repräsentiert werden:
 1.	Aufenthalt/Besuch
 2.	Abrechnungsfall
 3.	Medizinischer Fall: 
 Im Mittelpunkt des vorliegenden IG stehen die Aufenthalte und Besuche von Patient*innen bei Gesundheitseinrichtungen. Aufenthalte und Besuche werden nachfolgend unter dem Begriff Kontakt zusammengefasst und durch verschiedene Beiworte differenziert.
 In der Medizininformatik-Initiative wird nicht in jedem Anwendungsfall das vollständige Spektrum der Kontaktdetails benötigt. Es gibt auch in der MII Konstellationen, in denen nur einfaches Modell FALL benötigt wird oder die Datenlage nur ein einfaches Modul FALL erlaubt (z.B. Generierung aus dem Datensatz gemäß § 21 KHEntgG). Daher unterscheidet der vorliegende IG zwischen zwei Modellentwicklungsphasen:
 •	Einfaches Aufbaumodell mit Fokussierung auf die primären Abteilungskontakte
 •	Komplexes Ausbaumodell mit einer ausführlicheren Darstellung von Patient-Behandler-Kontakten.
 Im ersten Kapitel des vorliegenden IG wird nur das einfache Aufbaumodell und seine Verwandtschaft mit den Tabellen FALL und FAB des Datensatzes gemäß § 21 KHEntgG beschrieben. Das komplexe Ausbaumodell des Moduls FALL erfordert, dass zunächst ein Strukturmodell für die Einrichtungen erarbeitet wird. Daher wird es im vorliegenden IG erstmal nur skizziert.</t>
         </is>
       </c>
-      <c r="C543" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B544" t="inlineStr">
+      <c r="C547" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D547">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="s">
+        <v>560</v>
+      </c>
+      <c r="B548" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 Laborbefunde sind als Dokumente zusammengefasste in einem medizinischen Labor durchgeführte Untersuchungen. Zum einzelnen Laborbefund werden jeweils verschiedene Daten erfasst, insbesondere ob es sich um einen vorläufigen oder abschließenden Befund handelt (Status) und verschiedene im Kontext wichtige Zeitpunkte.
 Im Verlauf einer Laboranalyse von Abnahme der Probe bis zur Übermittlung des Befundes an den Einsender werden verschiedene Zeitstempel festgehalten.
 •	Klinisches/r Bezugsdatum/-zeitpunkt 
 •	Dokumentationsdatum  
 •	Anforderungsdatum 
 Ein wesentlicher Teil des Laborbefundes sind die ärztlichen Interpretationen und die Kommentare, mit denen das Labor dem Einsender hilft, die richtigen Schlüsse aus den Messergebnissen zu ziehen. Die eigentliche Interpretation wird in im Wesentlichen als Freitext abgespeichert. Zusätzliche strukturierte Codierungen sind möglich, allerdings steht SNOMED CT nur bei Verfügbarkeit entsprechender Lizenzen zur Verfügung. Häufig beziehen sich einzelne Kommentare nicht auf den gesamten Befund, sondern nur auf einzelne Messungen (z.B. &amp;#34;Messung gestört&amp;#34;). Diese Kommentare sollten als Notiz gespeichert werden. 
 Häufig werden in einem Laborbefund auch Kommentare zur Probe angegeben (z.B. &amp;#34;Probe hämolytisch&amp;#34;). Zum jetzigen Zeitpunkt wird die Probe in der Medizininformatik-Initiative nicht systematisch erfasst, da sich Informationen zur dieser nur schwer aus den Primärsystemen extrahieren lassen. Bis dahin müssen Kommentare, die sich auf eine Probe beziehen, unstrukturiert als Zusatzinformation zu den entsprechenden Messwerte abgelegt werden.</t>
         </is>
       </c>
-      <c r="C544" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B545" t="inlineStr">
+      <c r="C548" t="s" s="4">
+        <v>561</v>
+      </c>
+      <c r="D548">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="s">
+        <v>562</v>
+      </c>
+      <c r="B549" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 Das Modul Medikation enthält Datenelemente zur Dokumentation von Arzneimittelverordnungen und -gaben. Die Medikamentenverordnung ist ein Kernprozess der Routineversorgung und findet an allen Kliniken der MII statt. Der Anteil digital dokumentierter Verordnungen ist jedoch zwischen den Standorten in Bezug auf den Strukturierungsgrad, die abgedeckten Populationen und Medikamente sehr unterschiedlich. Medikationsdaten sind von zentraler Bedeutung für eine Vielzahl von Fragestellungen, z.B. in der Pharmakovigilanz oder auch als Ein-/Ausschlusskriterium für Studienkollektive.
 Es lassen sich folgende Typen der Dokumentation von Arzneimittelgaben unterscheiden:
 •	Medikation im Krankenhaus (hauptsächlich stationär/teilstationär)
 •	Entlassmedikation
 •	Ambulante Medikation
 •	Selbstmedikation (OTC)
 •	Medikation im Rahmen klinischer Studien
 Angaben zur Medikation können von der bloßen Dokumentation der Gabe eines Präparats in einem Behandlungsfall bis hin zu einer detaillierten strukturierten Erfassung von Einzelgaben mit Codierung von Wirkstoff, Darreichungsform, Applikationsweg und Dosis nach international etablierten Standards reichen.
 Zu einer Medikation sollte als Mindestumfang der Wirkstoff abrufbar sein. In einer weiteren Ausbaustufe sollten darüber hinaus folgende Datenelemente verfügbar gemacht werden:
 •	Handelsnamen der Präparate
 •	Dosis mit Mengeneinheit
 •	Darreichungsform
 •	Applikationsort und -weg
 Bei entsprechender Datenlage können einer weiteren Ausbaustufe auch folgende Datenelemente ergänzt werden:
 •	Dosierungsschema
 •	Zusammensetzung und Laufraten von Infusionen bzw. Perfusoren
 •	Indikation (im Sinne des Verweises auf eine ursächliche Diagnose)</t>
         </is>
       </c>
-      <c r="C545" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B546" t="inlineStr">
+      <c r="C549" t="s" s="4">
+        <v>563</v>
+      </c>
+      <c r="D549">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="s">
+        <v>564</v>
+      </c>
+      <c r="B550" t="inlineStr">
         <is>
           <t>In der aktuellen Version ernmöglicht die Spezifikation die strukturierte Darstellung von:
 •	Punktvarianten (engl. Single nucleotide variants, SNVs)
 •	Kopienzahlvarianten (engl. Copy number variation, CNV)
 •	DNA-Fusionen, in eingeschränkter Form
 Ein genetischer Befund umfasst die Darlegung von Informationen zu genetischen Charakteristika einer Probe. Die Probe kann für Menschen aus "normalem", transplantiertem oder reproduktivem Gewebe stammen oder aus "abnormalem" Gewebe, wie beispielweise Tumorgewebe. Außerdem kann die Probe auch in Form von Körperflüssigkeiten wie Blut, Cerebrospinalflüssigkeit oder Urin vorliegen.
 Typischerweise wird über die DNA der Probe berichtet, der Befund kann jedoch auch Informationen zu RNA und Proteinen enthalten.
 Der Begriff Sequenz bezieht sich auf eine Reihe von verbundenen Basen-Molekülen, die ein Polymer aus Untereinheiten bilden. Die Basen der DNA und RNA sind Nukleotide. Die zur Analyse stehenden Untereinheiten von Proteinen sind Aminosäuren. In Zellen liegen die Polymere, aus denen DNA, RNA und Proteine aufgebaut sind, in unzähligen Molekülen vor. DNA-Polymere strukturieren sich durch Verdichtungen und Bildung weiterer Organisationseinheiten in Chromosomen.
 Da DNA-, RNA- und auch Aminosäure-Sequenzen außergewöhnlich lang sein können, wird der Befund typischerweise auf Basis der festgestellten Unterschiede zwischen der Sequenz der zum Test stehenden PatientInnenprobe und einer Referenzsequenz verfasst. Diese Unterschiede bezeichnet man als Varianten. Normalerweise werden Variationen nicht mit der kompletten Sequenz aufgelistet, da die klinische Relevanz der genomischen Tests auf dem Vorliegen einer Abweichung von der Norm innerhalb der Sequenz basiert. Anzumerken ist jedoch, dass eine Sequenz trotzdem Relevanz haben kann, auch wenn keine Veränderungen zur Referenzsequenz vorliegen.
 Ergebnisse auf genomischer Ebene können kollektiv als Haplotypen und Genotypen dargestellt werden.</t>
         </is>
       </c>
-      <c r="C546" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B547" t="inlineStr">
+      <c r="C550" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D550">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="s">
+        <v>565</v>
+      </c>
+      <c r="B551" t="inlineStr">
         <is>
           <t>Pathologiebefundberichte sind als klinische Dokumente zusammengefasste, überwiegend in Textform vorliegende Ergebnisse einer klinisch beauftragten, in einer Pathologieeinrichtung durchgeführten histo- und zytomorphologischen sowie molekularen Untersuchung oder Gruppen derartiger Untersuchungen mit einer synoptischen Bewertung. Im Sinne der ISO/IEC-Norm 17020 handelt es sich dabei um Inspektionsberichte, den &amp;#34;Pathologisch-anatomischen Begutachtungen&amp;#34;. Die freitextlich formulierten Untersuchungsergebnisse können zusätzlich durch strukturierte Kodierungen ergänzt (semantisch annotiert) werden. Dabei gilt: Jede strukturierte Kodierung muss auch als Text lesbar sein, aber nicht jede Textinformation muss kodiert werden.
 Zum klinischen Auftrag sowie zu den einzelnen Untersuchungen werden jeweils verschiedene Daten erfasst, unter anderem auch, ob es sich um vorläufige oder abschließenden Untersuchungsbefunde handelt (Status) und verschiedene im Kontext wichtige Zeitpunkte.</t>
         </is>
       </c>
-      <c r="C547" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B548" t="inlineStr">
+      <c r="C551" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D551">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="s">
+        <v>566</v>
+      </c>
+      <c r="B552" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 In der vorliegenden Spezifikation wird das Modul PERSON explizit für PATIENTEN und PROBANDEN modelliert, das bisherige Modul DEMOGRAPHIE integriert und die Möglichkeit eines standortübergreifenden Master Patient Index auf der Basis von identifizierenden Daten (IDAT) vorgesehen.
 Das führende identifizierende -- allerdings mit Unsicherheiten behaftete -- Merkmal ist der Name mit seinen verschiedenen Bestandteilen.
 Durch die Ergänzung von demographischen Merkmalen wie Geburtsdatum, Geschlecht und Wohnort wird die Identifizierungsmöglichkeit verbessert. (Als weiteres, in bestimmtem Rahmen gut identifizierendes Merkmal kann für GKV-Patienten (90 % der Bevölkerung in Deutschland) die Versicherungsnummer genannt werden.)
 Die Einzelangaben zu den Personen im Modul PERSON dienen aber nicht nur zur Identifizierung. Ein Merkmal wie Wohnort wird auch für räumliche Analysen benötigt, Alter und Geschlecht beispielsweise auch zur Risikoadjustierung. Dass diese Angaben im Modul PERSON des Kerndatensatzes enthalten sind, bedeutet umgekehrt nicht, dass sie allgemein zur Herausgabe bestimmt sind. Die Nutzung unterliegt den Regeln des jeweiligen Datenintegrationszentrums und der MI-Initiative. Die geforderte besondere Sicherheit muss durch technische und organisatorische Maßnahmen und im Rahmen der Implementierung sichergestellt werden.
 Innerhalb von Krankenhäusern oder anderen Gesundheitseinrichtungen wird für einmal oder mehrmals zur Versorgung aufgenommene Personen der Begriff PatientIn benutzt. Meist erhält eine Person bei der ersten Krankenhausbehandlung einen "Patienidentifikator" und eine "Fallnummer/Aufnahmenummer". Bei jeder erneuten, administrativ abgegrenzten Inanspruchnahme erhalten Personen neue Fallnummern; die Patientennummer aber soll möglich lebenslänglich beibehalten werden.</t>
         </is>
       </c>
-      <c r="C548" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B549" t="inlineStr">
+      <c r="C552" t="s" s="4">
+        <v>567</v>
+      </c>
+      <c r="D552">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="s">
+        <v>568</v>
+      </c>
+      <c r="B553" t="inlineStr">
         <is>
           <t>HARMONISIERUNG MIT ISIK AUSTEHEND
 Das Basismodul PROZEDUR enthält Datenelemente zur Dokumentation von Operationen, Eingriffen und sonstigen medizinischen Prozeduren sowie ausgewählter medikamentöser Therapien.
 Das Modul wird verwendet, um die Details aktueller und historischer Eingriffe aufzuzeichnen. Eine Prozedur ist eine Tätigkeit, die im Rahmen der Versorgung an, mit oder für einen Patienten durchgeführt wird.
 Die Eingriffe können von einer medizinischen Fachkraft, einem Dienstleister, einem Freund oder Verwandten oder in einigen Fällen vom Patienten selbst durchgeführt werden.
 Eine Prozedur ist "eine Aktion, die an oder für einen Patienten durchgeführt wird oder wurde. Dies kann ein physischer Eingriff wie eine Operation sein, oder weniger invasiv wie Langzeit-dienste, Beratung oder Hypnotherapie." (siehe http://hl7.org/fhir/procedure.html)
 Angaben zur Prozedur können von der bloßen Erfassung eines Prozedurenkodes bei einem Behandlungsfall bis hin zu einer detaillierten strukturierten OP-Dokumentation mit Hauptprozedur und Nebenprozeduren inklusive Anästhesie und Lagerungspflege mit Einzelerfassung von OP-Datum, Gesamt-OP-Zeit, Anästhesiezeit, Schnitt-Naht-Zeit, Operateuren, Anästhesisten, OP-Pflegern, Medikationen und weiterem reichen.
 Im vorliegenden Implementation Guide für das Modul PROZEDUR in der initialen Fassung des MII-Kerndatensatzes fokussieren wir auf die grundlegenden Notwendigkeiten für die Use Cases der MI-Initiative. Wir beschränken uns im wesentlichen auf die Grundmerkmale Prozedur und Datum. Ergänzt werden können eine Freitextbeschreibung und eine Körperstelle. Wir lassen somit bewusst Raum für die spätere Ausgestaltung des Moduls.</t>
         </is>
       </c>
-      <c r="C549" t="s" s="4">
-[...10 lines deleted...]
-      <c r="B550" t="inlineStr">
+      <c r="C553" t="s" s="4">
+        <v>569</v>
+      </c>
+      <c r="D553">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="s">
+        <v>570</v>
+      </c>
+      <c r="B554" t="inlineStr">
         <is>
           <t>Frau Dr. Kerstin Boldt ist Fachapothekerin für Klinische Pharmazie (UK) und damit spezialisiert auf Effizienzsteigerungen und Arzneimitteltherapiesicherheit im Medikationsprozess. Sie hat pharmazeutische Visiten in Kliniken durchgeführt und als promovierte Versorgungsforscherin aus Routinedaten Risikomodelle entwickelt. Für Krankenkassen und Arztpraxen hat Sie innovative Digitalisierungsprojekte umgesetzt und in leitender Funktion datengestützte Qualitätssicherungsverfahren und Verordnungssoftware entwickelt. Als Apothekerin bei der DKG e.V. hat Sie bereits an zahlreichen Leitfäden und gesetzlichen Vorgaben für die Patienten- und Arzneimittelversorgung in Krankenhäusern mitgewirkt. Im Zusammenhang mit der Digitalisierung sind für den Medikationsprozess insbesondere eRezept, eMedikationsplan bzw. die MIO Medikation relevant.</t>
         </is>
       </c>
-      <c r="C550" t="inlineStr">
+      <c r="C554" t="inlineStr">
         <is>
           <t>·Dienstleistungen von Apothekern im sektorenübergreifenden Medikationsprozess (Medikationsplan, AMTS-Prüfung, Telepharmazie)
 ·Elektronische Verordnungssysteme (CPOE) und Entscheidungsunterstützung (CDSS)
 ·Arzneimittelkataloge und Standards (ATC, PZN, SNOMED in Verbindung mit HL7 FHIR, ISIK, MIOs)
 ·Data Mining und Risikomodellierung mit Arzneimittel-/Routinedaten</t>
         </is>
       </c>
-      <c r="D550">
-[...7 lines deleted...]
-      <c r="B551" t="inlineStr">
+      <c r="D554">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="s">
+        <v>571</v>
+      </c>
+      <c r="B555" t="inlineStr">
         <is>
           <t>Kim Becker ist seit Januar 2024 als Produktmanagerin für FHIR bei der Dedalus Healthcare GmbH tätig. In dieser Position leistet sie einen wichtigen Beitrag zur Standardisierung eines der führenden KIS-Systeme.Bevor sie diese Rolle übernahm, war sie Partnermanagerin bei Siemens Healthineers. In dieser Rolle schloss und betreute sie Partnerschaften im Bereich Digital Health zwischen verschiedenen Unternehmen, Siemens Healthineers und Leistungserbringern.Von 2018 bis 2021 fungierte Kim Becker als Referentin für Interoperabilität beim Bundesverband Gesundheits-IT (bvitg), wo sie Standardisierungsprojekte und diverse Arbeitsgruppen betreute. Ihre Tätigkeit umfasste dabei die wichtige Rolle als Bindeglied zwischen Industrie, Politik und Selbstverwaltung. Zusätzlich engagiert sich Kim Becker seit 2018 im Vorstand von HL7 Deutschland e.V. und hat an mehreren Forschungsprojekten am Competence Center eHealth der Hochschule Niederrhein mitgewirkt.</t>
         </is>
       </c>
-      <c r="C551" t="s">
-[...10 lines deleted...]
-      <c r="B552" t="inlineStr">
+      <c r="C555" t="s">
+        <v>572</v>
+      </c>
+      <c r="D555">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="s">
+        <v>573</v>
+      </c>
+      <c r="B556" t="inlineStr">
         <is>
           <t>Versorgungsziel: Umsetzung einer telemedizinischen Unterstützung bei Kindern und Jugendlichen mit Krebserkrankungen unter Chemotherapie.
 Neue Versorgungsform: In einem Zentrum mit ländlichem Einzugsbereich werden in der kinderonkologischen Intensivtherapie Vor-Ort Visiten durch Telemedizin ersetzt. Ambulante Besuche zur klinischen Einschätzung sind bei Kindern mit Krebserkrankungen aus Gründen der medizinischen Vorsicht häufig. KULT-SH soll nachweisen, dass diese Termine auch telemedizinisch durchgeführt werden können. Die Telemedizin soll infektiöse Komplikationen vermeiden, die Frequenz stationärer Aufenthalte reduzieren, Behandlungskosten senken und Patienten wie Angehörigen den Alltag erleichtern. Ein modularer IT-Aufbau mit Integration aller Daten in eine elektronische Patientenakte (ePA) stellt Nachhaltigkeit sicher und fördert Interoperabilität (IHE). Patientinnen und Patienten erheben mit technischen Sensoren ihre Vitalparameter. Sie nutzen die projekteigene KULT-SH App, um Audio-Videokonferenzen mit ärztlichem Personal durchzuführen. Die Nutzung von aktuellen Technologien sowie die Umsetzung des BSI IT-Grundschutzes gewährleistet höchste Sicherheit der Datenströme. Die Ergebnisse der Studie und neue IT-Module sollen den Weg für die flächendeckende Einführung der Telemedizin in die Regelversorgung von Kindern mit Krebserkrankungen sowie anderen sehr vulnerablen Patienten ebnen.</t>
         </is>
       </c>
-      <c r="C552"/>
-[...8 lines deleted...]
-      <c r="B553" t="inlineStr">
+      <c r="C556"/>
+      <c r="D556">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="s">
+        <v>574</v>
+      </c>
+      <c r="B557" t="inlineStr">
         <is>
           <t>Wer "Frontpage" kennt, hat eine Vorstellung davon, wie ich angefangen habe, die Artikel meiner freiberuflichen journalistischen Arbeit für Zeitungen selbst im Internet zu veröffentlichen. Mein Interesse an der Verbindung von guten Inhalten mit den vielen Aspekten guter digitaler Umsetzung ist mit den Möglichkeiten mitgewachsen. Heute liegt ein Fokus darauf, qualitätsgesicherte Gesundheitsinformationen über digitale Kanäle überall sinnvoll in die Versorgung einzubetten, wo Menschen miteinander reden.
 Das erfordert einerseits einen Blick auf Use Cases in diversen digitalen Anwendungen, andererseits aber die konsequente Berücksichtigung von Standards und Terminologien für eigene digitale Angebote.</t>
         </is>
       </c>
-      <c r="C553" t="s">
-[...10 lines deleted...]
-      <c r="B554" t="inlineStr">
+      <c r="C557" t="s">
+        <v>575</v>
+      </c>
+      <c r="D557">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="s">
+        <v>576</v>
+      </c>
+      <c r="B558" t="inlineStr">
         <is>
           <t>Die KDL wird ständig im produktiven Einsatz geprüft und stellt in der aktuellen Form eine überschaubares Value Set dar. Sie ist auf dem Ordnungsprinzip monohierarchische Klassifikation aufgebaut. Für die Klassierung ist ausschließlich die 3. Ebene (= Value Set)zu verwenden. Derzeit sind Dokumententyp-Benennungen aus der stationären und ambulanten Versorgung sowie der geriatrischen Pflege enthalten. Die KDL umfasst jedoch auch bereits essentielle Dokumententypen aus der Rehabilitation und Klinischen Forschung. Basis für die Weiterentwicklung sind insbesondere die Analyse der Resteklassen, aber auch Rückmeldungen aus dem Gesundheitswesen. Das Kernteam entscheidet gemeinsam über die Inhalte der KDL.
 Ein aktuell konkreter Anwendungsfall für die KDL ist der elektronische Dokumentenaustausch zwischen Krankenhaus und Medizinischem Dienst im Rahmen von Rechnungsprüfungen. Rechtliche Grundlage dafür bildet die elektronische Vorgangsübermittlungs-Vereinbarung (eVV). Diese fordert ab 1. Januar 2024 die Dokumentenklassifizierung u. a. mit KDL und den IHE-XDS Value Sets DocumentEntry.classCode &amp; -typeCode. Wobei die KDL im IHE-XDS Value Set DocumentEntry.eventCodeListe abgebildet wird.</t>
         </is>
       </c>
-      <c r="C554" t="s">
-[...56 lines deleted...]
-        <v>5</v>
+      <c r="C558" t="s">
+        <v>577</v>
       </c>
       <c r="D558">
         <v>0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s">
-        <v>570</v>
-[...8 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="B559"/>
+      <c r="C559"/>
       <c r="D559">
         <v>0</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Lars Fuhrmann ist Assistenzarzt der Augenheilkunde mit klinischem Schwerpunkt in der Okuloplastik. Er engagiert sich in der Entwicklung von Datenmodellen zur Speicherung und zum Austausch ophthalmologischer Befunddaten in openEHR und FHIR sowie in der notwendigen Ergänzung gängiger Terminologiesysteme.</t>
+          <t>Derzeit setze ich mich intensiv dafür ein, die Digitalisierung und Interoperabilität im öffentlichen Gesundheitsdienst am Robert Koch-Institut voranzutreiben. Dabei trage ich aktiv zur Erstellung eines elektronischen Berichts für die HIV-Präexpositionsprophylaxe bei und arbeite daran, das Digitale Impfquotenmonitoring zu ‚verFHIRen‘ und seine Migration auf die DEMIS-Plattform zu ermöglichen. Meine berufliche Laufbahn in der Informatik begann im privaten Sektor, wo ich als Datenanalyst tätig war. Der Wechsel in den öffentlichen Gesundheitssektor wurde durch den Wunsch motiviert, aktiv an Projekten teilzunehmen, die einen unmittelbaren Einfluss auf die Gesundheit und das Wohlbefinden der Gesellschaft haben. Ich habe Angewandte Informatik studiert, wobei mein Schwerpunkt auf Datenverarbeitung und -strukturen lag.</t>
         </is>
       </c>
       <c r="C560" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="D560">
         <v>0</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Festanstellung bei den medius KLINIKEN seit 24 Jahren Leitung der Abteilung Digitale Innovation  Verantwortlich für den Bereich Projekt- Prozessmanagement zur digitalen Transformation und Entwicklung. Koordination von Change-Prozessen zwischen Digitalstrategie, IT-Strategie und Unternehmensstrategie Koordination und Management von Fördervorhaben (KHZG) Projektleitung Digitalisierungsprojekte </t>
-[...4 lines deleted...]
-      </c>
+          <t>Mit dem Projekt OnkoRisk NET soll ein Kooperationsnetzwerk aus niedergelassenen Onkologen und Onkologinnen sowie Fachärzten und Fachärztinnen für Humangenetik in den Bundesländern Niedersachsen und Sachsen geschaffen werden. Durch strukturierte Behandlungspfade, Unterstützung bei Indikationsstellung und Befundinterpretation und telemedizinischer genetischer Beratung soll der Zugang zu genetischer Beratung, Diagnostik und risikoadaptierter Prävention bei genetischen Tumorrisikosyndromen in strukturschwachen Regionen gesichert werden.</t>
+        </is>
+      </c>
+      <c r="C561"/>
       <c r="D561">
         <v>0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Lars Treinat beschäftigt sich seit 2001 beruflich mit IT-Themen im Gesundheitswesen. Seit 2010 ist er im Kontext des Interoperabilitätsforums von HL7, IHE, und DIN im Bereich Standardisierung aktiv. Er verantwortet bei der HÄVG AG als Produktmanager die Entwicklung und Umsetzung von elektronischen Anwendungen in der elektronischen Arztvernetzung Baden-Württemberg (eAV). Hierzu zählen Anwendungen wie der eArztbrief, "HAUSKOMET" (hausärztlich kontrollierte medikamentöse Therapie) und die eAU, welche in der Kooperation von HÄVG, AOK Baden-Württemberg und MEDI in der selektivvertraglichen Versorgung bereits produktiv eingesetzt werden, ebenso wie neue Anwendungen wie der Einweisungs- und Entlassbrief sowie Teledermatologische Konsile (TeleScan).Herr Treinat ist Autor zahlreicher Fachartikel mit dem Schwerpunkt Interoperabilität und ist Inhaber des Zertifikats Medizinische Informatik der wissenschaftlichen Fachgesellschaften GMDS und GI.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Der Abrechnungsstandard im ambulanten Gesundheitswesen ist KVDT. Er ermöglicht die gebündelte Übertragung von Abrechnungsdaten der vertragsärztlichen Versorgung von einer Arztpraxis zur jeweils zuständigen Kassenärztlichen Vereinigung. Er umfasst u.a.Abrechnungsdaten (ADT), Kurärztlichen Abrechnungsdaten (KADT) und Abrechnungsdaten zum Schwangerschaftsabbruch (SADT).</t>
+        </is>
+      </c>
+      <c r="C562">
+        <v>5</v>
       </c>
       <c r="D562">
         <v>0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Im Leitfaden "Austausch von XML-Daten in der vertragsärztlichen Versorgung" wird festgelegt, in welcher Verzeichnisstruktur die DokumentationsdatenderDisease Management Programme(eDMP) sowie dereDoku bei den Datenannahmestellen bzw. Kassenärtzlichen Vereinigungeneinzureichen sind. Zu den eigentlichen Datenlieferungen werden Begleitdateien erstellt, deren Struktur und Inhalt wird im vorliegenden Leitfaden definiert. Dieser Leitfaden ist ergänzt daher dieeDMP- und eDoku/QS-Schnittstellendokumentation der KBV.</t>
+          <t>Die Labordatenkommunikaiton in der vertragsärztlichen Versorung wird aufBasis des LDTumgesetzt. DerLDT-Standard ist eine Schnittstelle zum systemunabhängigen Datentransfer im Rahmen der Labordatenkommunikation sowohl zwischen Kommunikationssystemen von Laborgemeinschaften und Facharztlaboren als auch zwischen Praxisverwaltungssystemen und Laborinformationssysteme. Der LDT ermöglicht hierbei den Austausch der Informationen für einen Laborauftrag sowie Laborbefund.</t>
         </is>
       </c>
       <c r="C563">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D563">
         <v>0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Dieses Dokument bietet eine Anleitung zum Auditieren von Managementsystemen, einschließlich der Auditprinzipien, der Steuerung eines Auditprogramms und der Durchführung von Audits von Managementsystemen sowie zur Beurteilung der Kompetenz derer, die in den Auditprozess einbezogen sind.</t>
-[...3 lines deleted...]
-        <v>43373</v>
+          <t>Lars Fuhrmann ist Assistenzarzt der Augenheilkunde mit klinischem Schwerpunkt in der Okuloplastik. Er engagiert sich in der Entwicklung von Datenmodellen zur Speicherung und zum Austausch ophthalmologischer Befunddaten in openEHR und FHIR sowie in der notwendigen Ergänzung gängiger Terminologiesysteme.</t>
+        </is>
+      </c>
+      <c r="C564" t="s">
+        <v>585</v>
       </c>
       <c r="D564">
         <v>0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Solutions Architect mit Fokus auf Integration und Interoperabilität im Gesundheitswesen. Erfahrung in HL7/FHIR, Telematik-Infrastruktur, SSO (OIDC, Oauth) und weiteren Subsystemanbindungen im stationären Umfeld.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Festanstellung bei den medius KLINIKEN seit 24 Jahren Leitung der Abteilung Digitale Innovation  Verantwortlich für den Bereich Projekt- Prozessmanagement zur digitalen Transformation und Entwicklung. Koordination von Change-Prozessen zwischen Digitalstrategie, IT-Strategie und Unternehmensstrategie Koordination und Management von Fördervorhaben (KHZG) Projektleitung Digitalisierungsprojekte </t>
+        </is>
+      </c>
+      <c r="C565" t="s">
+        <v>587</v>
       </c>
       <c r="D565">
         <v>0</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Leonie Meroth arbeitet als Senior Product Regulatory Strategist bei Oracle Cerner, einem der führenden KIS-Hersteller in Deutschland. In Ihrer Rolle verantwortet sie produktbezogene sowie -übergreifendende fachlichenThemen. Durch ihre verschiedenen beruflichen Stationen hat sie unterschiedliche Einblicke in das deutsche Gesundheitswesen gewonnen und sie weiß um die Bedeutung von interoperablen Standards.</t>
+          <t>Lars Treinat beschäftigt sich seit 2001 beruflich mit IT-Themen im Gesundheitswesen. Seit 2010 ist er im Kontext des Interoperabilitätsforums von HL7, IHE, und DIN im Bereich Standardisierung aktiv. Er verantwortet bei der HÄVG AG als Produktmanager die Entwicklung und Umsetzung von elektronischen Anwendungen in der elektronischen Arztvernetzung Baden-Württemberg (eAV). Hierzu zählen Anwendungen wie der eArztbrief, "HAUSKOMET" (hausärztlich kontrollierte medikamentöse Therapie) und die eAU, welche in der Kooperation von HÄVG, AOK Baden-Württemberg und MEDI in der selektivvertraglichen Versorgung bereits produktiv eingesetzt werden, ebenso wie neue Anwendungen wie der Einweisungs- und Entlassbrief sowie Teledermatologische Konsile (TeleScan).Herr Treinat ist Autor zahlreicher Fachartikel mit dem Schwerpunkt Interoperabilität und ist Inhaber des Zertifikats Medizinische Informatik der wissenschaftlichen Fachgesellschaften GMDS und GI.</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Fachanwendungen Telematikinfrastruktur, z.B. elektronische Patientenakte (ePA) und elektronischer Arztbrief, inter- und intrasektorale Interoperabilität, Transformation</t>
+          <t>Langjährige Erfahrung im Bereich E-Health, einrichtungs- und sektorenübergreifende Interoperabilität bei medizinischen Dokumenten und administrativen Prozessen im Gesundheitswesen, sowie im Kontext von internationalen Standards (HL7, IHE), Terminologien (SNOMED CT, LOINC) und nationalen Aktivitäten (TI-Anwendungen, KBV MIO’s)</t>
         </is>
       </c>
       <c r="D566">
         <v>0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Dr. Leonor Heinz ist Fachärztin für Allgemeinmedizin widmet sich seit 2020 vollständig dem Aufbau von Forschungsinfrastruktur im hausärztlichen Setting – als Projektleiterin der Koordinierungsstelle für die Initiative Deutscher Forschungspraxennetze – DESAM-ForNet (www.desam-fornet.de). Im engen Dialog mit ihren Kolleg:innen im hausärztlichen Versorgungsalltag steht Frau Dr. Heinz u.a. auch durch Ihre vielfältige berufspolitische Arbeit, beispielsweise als Beisitzerin im Bundesvorstand des Hausärzteverbandes , als Schatzmeisterin des Hausärzteverbandes Berlin und Brandenburg e.V. (BDA) sowie als Mitglied der Delegiertenversammlung der Ärztekammer Berlin.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Im Leitfaden "Austausch von XML-Daten in der vertragsärztlichen Versorgung" wird festgelegt, in welcher Verzeichnisstruktur die DokumentationsdatenderDisease Management Programme(eDMP) sowie dereDoku bei den Datenannahmestellen bzw. Kassenärtzlichen Vereinigungeneinzureichen sind. Zu den eigentlichen Datenlieferungen werden Begleitdateien erstellt, deren Struktur und Inhalt wird im vorliegenden Leitfaden definiert. Dieser Leitfaden ist ergänzt daher dieeDMP- und eDoku/QS-Schnittstellendokumentation der KBV.</t>
+        </is>
+      </c>
+      <c r="C567">
+        <v>1</v>
       </c>
       <c r="D567">
         <v>0</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Ich arbeite als Referentin für Digitalisierung bei der Bundeszahnärztekammer. Meine Arbeitsschwerpunkte liegen dabei auf den Themen elektronischen Patientenakte (ePA), Interoperabilität im Gesundheitswesen sowie Medizinische Informationsobjekte (MIO).</t>
-[...3 lines deleted...]
-        <v>582</v>
+          <t>Dieses Dokument bietet eine Anleitung zum Auditieren von Managementsystemen, einschließlich der Auditprinzipien, der Steuerung eines Auditprogramms und der Durchführung von Audits von Managementsystemen sowie zur Beurteilung der Kompetenz derer, die in den Auditprozess einbezogen sind.</t>
+        </is>
+      </c>
+      <c r="C568" s="3">
+        <v>43373</v>
       </c>
       <c r="D568">
         <v>0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Frau Dr. Lysyakova ist eine promovierte Physikerin und zertifizierte Projektmanagerin. Sie hat an mehereren Instituten zu Genvektoren, Krebsmedikamenten, plasmonischen Nano-Strukturen und Form-Gedächtnis-Polymeren geforscht. Alle ihre Projekte basierten auf lichtgesteuerten Effekten und zielten auf Anwendungen im medizinischen Bereich ab.Seit ihrem Wechsel zum Berlin Institute of Health at Charité arbeitet sie im Bereich Digital Health und koordiniert Projekte zur Konsensfindung und Harmonisierung von Datenstandards:Erweiterungen zum GECCO (German Corona Consensus) Dataset als gemeinsamer Kern im Rahmen vom NAPKON Projekt des Netzwerks UniversitätsmedizinGOLD (German OncoLogical Data) Standard initiiert von Vision Zero e.V."</t>
-[...3 lines deleted...]
-        <v>584</v>
+          <t>Solutions Architect mit Fokus auf Integration und Interoperabilität im Gesundheitswesen. Erfahrung in HL7/FHIR, Telematik-Infrastruktur, SSO (OIDC, Oauth) und weiteren Subsystemanbindungen im stationären Umfeld.</t>
+        </is>
+      </c>
+      <c r="C569" t="inlineStr">
+        <is>
+          <t>Technische Integrationen &amp; Standards:HL7 V2 / FHIROn-Premise-IntegrationenKIS-Anbindungen mit oder ohne KommunikationsserverSSO-Anbindungen (OAuth2 / OIDC)ISiK und ISiP-Projekte Cloud &amp; Architektur:Systemarchitektur und DesignProzessanalysen und OptimierungenSchnittstellen- und IntegrationsstrategienHarmonisierung heterogener IT-LandschaftenAzure Solutions Architect &amp; AWS Solutions Architect Soft Skills &amp; Kommunikation:Stakeholder-Management &amp; ModerationKomplexe technische Zusammenhänge verständlich erklärenNachhaltige Nachverfolgung von ProjektentscheidungenSchulung und Coaching von Fach- und IT-Personal</t>
+        </is>
       </c>
       <c r="D569">
         <v>0</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Lucas da Silva setzt sich auf Basis der ausgewiesenen Qualitätssicherungsexpertise aus dem als hochkritischen und besonders auf Qualität fokussierten Industriezweig Automobilbereich führ die Überführung dieses Knowhows in den Gesundheitsbereich ein. Seit 2021 ist er an der Qualitätssicherung und Zulassung verschiedener Komponenten der Telematik Infrastruktur beteiligt. Neben der Beratung von verschiedenen Stakeholdern der TI bezüglich Testautomatisierung und Simulation liegt sein Fokus auf der ganzheitlichen Betrachtung von Qualität im Software Engineering Prozess.</t>
-[...2 lines deleted...]
-      <c r="C570"/>
+          <t>Leonie Meroth arbeitet als Senior Product Regulatory Strategist bei Oracle Cerner, einem der führenden KIS-Hersteller in Deutschland. In Ihrer Rolle verantwortet sie produktbezogene sowie -übergreifendende fachlichenThemen. Durch ihre verschiedenen beruflichen Stationen hat sie unterschiedliche Einblicke in das deutsche Gesundheitswesen gewonnen und sie weiß um die Bedeutung von interoperablen Standards.</t>
+        </is>
+      </c>
+      <c r="C570" t="inlineStr">
+        <is>
+          <t>Fachanwendungen Telematikinfrastruktur, z.B. elektronische Patientenakte (ePA) und elektronischer Arztbrief, inter- und intrasektorale Interoperabilität, Transformation</t>
+        </is>
+      </c>
       <c r="D570">
         <v>0</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Seit 2015 in der Radiologie und seit 12/2020 im Berufsverband Deutscher Radiologen e.V. zum Thema Bildübertragung und elektronische Patientenakte engagiert. Breites Interesse an Programmierung und Automatisierung mit dem Ziel die Versorgung zu verbessern und die häufig umständlichen Arbeitsabläufe zu vereinfachen.</t>
+          <t>Seit 2020 Leiterin der Koordinierungsstelle für die Initiative Deutscher Forschungspraxennetze DEGAM-ForNet mit dem Ziel, deutschlandweit Infrastruktur für Forschung "aus der Praxis, für die Praxis" aufzubauen und damit die intersektorale Brücke der Universitätsmedizin in die Fläche zu schaffen, für informierte Entscheidungen und verbesserte Gesundheitsversorgung in Deutschland. </t>
         </is>
       </c>
       <c r="C571" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="D571">
         <v>0</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Lukas Schmidt-Russnak ist seit April 2024 Projektmanager in der Stabsstelle Kollaboration &amp; eHealth im Universitätsklinikum Hamburg-Eppendorf (UKE). Bereits seit Beginn seines Physikstudiums (Schwerpunkt: biomedizinische Physik) hatte er den Geschäftsbereich IT als Werkstudent unterstützt und ab 2022 vermehrt Berührungspunkte mit der Telematikinfrastruktur (TI). So programmierte er beispielsweise Tools zur Überwachung von Kartenterminals und Konnektoren. Inzwischen verantwortet er verschiedene TI-Projekte, darunter die Einführung von ePA, eRezept und TI-Gateway. Er pflegt einen intensiven Austausch mit anderen Einrichtungen und engagiert sich in verschiedenen Arbeitsgruppen der gematik sowie der DKG rund um den Themenkomplex Telematikinfrastruktur.Unabhängig von seiner beruflichen Tätigkeit im UKE veröffentlichte Schmidt-Russnak im Jahr 2025 das Python-basierte OpenSource-Tool "TI-Monitoring", das der Überwachung zentraler Komponenten der Telematikinfrastruktur (TI) dient.</t>
-[...3 lines deleted...]
-        <v>589</v>
+          <t>Dr. Leonor Heinz ist Fachärztin für Allgemeinmedizin widmet sich seit 2020 vollständig dem Aufbau von Forschungsinfrastruktur im hausärztlichen Setting – als Projektleiterin der Koordinierungsstelle für die Initiative Deutscher Forschungspraxennetze – DESAM-ForNet (www.desam-fornet.de). Im engen Dialog mit ihren Kolleg:innen im hausärztlichen Versorgungsalltag steht Frau Dr. Heinz u.a. auch durch Ihre vielfältige berufspolitische Arbeit, beispielsweise als Beisitzerin im Bundesvorstand des Hausärzteverbandes , als Schatzmeisterin des Hausärzteverbandes Berlin und Brandenburg e.V. (BDA) sowie als Mitglied der Delegiertenversammlung der Ärztekammer Berlin.</t>
+        </is>
+      </c>
+      <c r="C572" t="inlineStr">
+        <is>
+          <t>Evidenzbasierte Medizin, Implementation von Leitlinienwissen, Kodiersystematik, Praxisverwaltungssteme im Kontext des hausärztlichen Versorgungsalltags, Forschungsinfrastruktur im hausärztlichen Setting, practice-based evidence</t>
+        </is>
       </c>
       <c r="D572">
         <v>0</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="B573" t="inlineStr">
+        <is>
+          <t>Ich arbeite als Referentin für Digitalisierung bei der Bundeszahnärztekammer. Meine Arbeitsschwerpunkte liegen dabei auf den Themen elektronischen Patientenakte (ePA), Interoperabilität im Gesundheitswesen sowie Medizinische Informationsobjekte (MIO).</t>
+        </is>
+      </c>
+      <c r="C573" t="s">
+        <v>597</v>
+      </c>
+      <c r="D573">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="s">
+        <v>598</v>
+      </c>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>Frau Dr. Lysyakova ist eine promovierte Physikerin und zertifizierte Projektmanagerin. Sie hat an mehereren Instituten zu Genvektoren, Krebsmedikamenten, plasmonischen Nano-Strukturen und Form-Gedächtnis-Polymeren geforscht. Alle ihre Projekte basierten auf lichtgesteuerten Effekten und zielten auf Anwendungen im medizinischen Bereich ab.Seit ihrem Wechsel zum Berlin Institute of Health at Charité arbeitet sie im Bereich Digital Health und koordiniert Projekte zur Konsensfindung und Harmonisierung von Datenstandards:Erweiterungen zum GECCO (German Corona Consensus) Dataset als gemeinsamer Kern im Rahmen vom NAPKON Projekt des Netzwerks UniversitätsmedizinGOLD (German OncoLogical Data) Standard initiiert von Vision Zero e.V."</t>
+        </is>
+      </c>
+      <c r="C574" t="s">
+        <v>599</v>
+      </c>
+      <c r="D574">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="s">
+        <v>600</v>
+      </c>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Lucas da Silva setzt sich auf Basis der ausgewiesenen Qualitätssicherungsexpertise aus dem als hochkritischen und besonders auf Qualität fokussierten Industriezweig Automobilbereich führ die Überführung dieses Knowhows in den Gesundheitsbereich ein. Seit 2021 ist er an der Qualitätssicherung und Zulassung verschiedener Komponenten der Telematik Infrastruktur beteiligt. Neben der Beratung von verschiedenen Stakeholdern der TI bezüglich Testautomatisierung und Simulation liegt sein Fokus auf der ganzheitlichen Betrachtung von Qualität im Software Engineering Prozess.</t>
+        </is>
+      </c>
+      <c r="C575"/>
+      <c r="D575">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="s">
+        <v>601</v>
+      </c>
+      <c r="B576" t="inlineStr">
+        <is>
+          <t>Seit 2015 in der Radiologie und seit 12/2020 im Berufsverband Deutscher Radiologen e.V. zum Thema Bildübertragung und elektronische Patientenakte engagiert. Breites Interesse an Programmierung und Automatisierung mit dem Ziel die Versorgung zu verbessern und die häufig umständlichen Arbeitsabläufe zu vereinfachen.</t>
+        </is>
+      </c>
+      <c r="C576" t="s">
+        <v>602</v>
+      </c>
+      <c r="D576">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="s">
+        <v>603</v>
+      </c>
+      <c r="B577" t="inlineStr">
+        <is>
+          <t>Lukas Schmidt-Russnak ist seit April 2024 Projektmanager in der Stabsstelle Kollaboration &amp; eHealth im Universitätsklinikum Hamburg-Eppendorf (UKE). Bereits seit Beginn seines Physikstudiums (Schwerpunkt: biomedizinische Physik) hatte er den Geschäftsbereich IT als Werkstudent unterstützt und ab 2022 vermehrt Berührungspunkte mit der Telematikinfrastruktur (TI). So programmierte er beispielsweise Tools zur Überwachung von Kartenterminals und Konnektoren. Inzwischen verantwortet er verschiedene TI-Projekte, darunter die Einführung von ePA, eRezept und TI-Gateway. Er pflegt einen intensiven Austausch mit anderen Einrichtungen und engagiert sich in verschiedenen Arbeitsgruppen der gematik sowie der DKG rund um den Themenkomplex Telematikinfrastruktur.Unabhängig von seiner beruflichen Tätigkeit im UKE veröffentlichte Schmidt-Russnak im Jahr 2025 das Python-basierte OpenSource-Tool "TI-Monitoring", das der Überwachung zentraler Komponenten der Telematikinfrastruktur (TI) dient.</t>
+        </is>
+      </c>
+      <c r="C577" t="s">
+        <v>604</v>
+      </c>
+      <c r="D577">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="s">
+        <v>605</v>
+      </c>
+      <c r="B578" t="inlineStr">
         <is>
           <t>Dem MacuFix Test liegt das Prinzip der Formunterscheidungs-Übersehschärfe zugrunde.(1) Das menschliche Auge hat eine hohe Empfindlichkeit für die Erkennung von Verformungen einer gebogenen Linie bzw. eines Kreisausschnittes. Dieser Schwellenwert ist jedoch bei Augen mit einem verzerrten Seheindruck wie z.B. bei Makuladegeneration reduziert.(2).
 Nutzung
 Die App ermöglicht pro Auge die Klassifizierung der Stärke von Metamorphopsien und die Dokumentation der Messergebnisse im zeitlichen Verlauf.
 Nach mindestens 10 Durchläufen und abhängig von der Anzahl der korrekt benannten Szenen zeigt die App das Ergebnis der Prüfung in einer Zahl zwischen 1 und 15 als "ermittelte Klasse" an. Dabei bedeutet die 1 das beste Ergebnis. Das Handbuch enthält eine ergebnisbezogene Handlungsempfehlung im Kapitel "Augentest".[1]
 Die App speichert die Ergebnisse ausschließlich im Gerät. Der Benutzer kann sich pro Auge den Verlauf der Ergebnisse über die Zeit anzeigen lassen kann.
 [1] Hess RF, Wang YZ, Demanins R, Wilkinson F, Wilson HR: A deficit in amblyopia for global shape detection. Vision Res 1999;39:901-914</t>
         </is>
       </c>
-      <c r="C573"/>
-[...81 lines deleted...]
-      </c>
+      <c r="C578"/>
       <c r="D578">
         <v>0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Marcus Goerke (1971) ist studierter Betriebswirt mit Schwerpunkt Wirtschaftsinformatik. Sein Berufsleben startete in der Beratung von Krankenhäusern, der Konzeption von IT-Systemen sowie diversen Strategieprojekten im Gesundheitswesen bei IBM und PwC. Er hat fast 20 Jahre Erfahrung in Managementberatungen in leitenden Funktionen gesammelt und ist erfahren in der Neugründung, Reorganisation und Optimierung sowie der Sanierung von Unternehmen. Seit mehr als 6 Jahren beschäftigt sich Herr Goerke besonders mit datengetriebenen Geschäftsmodellen und der Entwicklung von digitalen KI-Services. Er ist Vorstand und Mit-Gründer der NEXT Data Service AG, einem "Company Builder" für Software mit Künstlicher Intelligenz sowie GF der nextOR GmbH, welche KI-basierte OP- und Ressourcenplanung für Krankenhäuser entwickelt. Herr Goerke ist als Mitglied im bvitg und vielfältig als Speaker auf Fach- und Managementkonferenzen zur KI aktiv. Er ist verheiratet, hat 2 erwachsene Kinder und lebt bei Berlin.</t>
+          <t>Maik Flock ist Experte für Schnittstellen und Interoperabilität bei der Solventum Germany GmbH. Sein Tätigkeitsbereich erstreckt sich über diverse Produkte und die gesamte EMEA-Region. Die von ihm betreuten Systeme befassen sich mit Abrechnung (Coding &amp; Grouping), Qualitätssicherung, Benchmarking &amp; Analyse und Dokumentation (Sprachlösungen).Ein besonderer Schwerpunkt seiner Arbeit liegt auf der Sicherstellung der Interoperabilität sowie Datenharmonisierung für Kunden der Solventum Germany GmbH. Dies bedeutet sowohl die Interoperabilität der Produkte innerhalb des eigenen Ökosystems als auch die Kompatibilität mit Systemen anderer Hersteller.</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Digitalisierung, IT, OP-Planung, Einsatz und Anwendung von Künstlicher Intelligenz; Prozessoptimierung und digitale Simulation, Geschäftsmodelle, Business Case, Start-up, KIS-Systeme, Big-Data, Data-lakes, KIS</t>
+          <t>Systeme zur Unterstützung und Analyse der Primärkodierung und DRG-Abrechnung (auch dokumentenbasiert), Systeme der Qualitätssicherung, Benchmarking- und Analyse-Systeme, Dokumentationssysteme (Sprachlösungen) und Schnittstellen zwischen solchen Systemen, KIS und weiteren Expertensystemen</t>
         </is>
       </c>
       <c r="D579">
         <v>0</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s">
-        <v>597</v>
-[...8 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="B580"/>
+      <c r="C580"/>
       <c r="D580">
         <v>0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="B581" t="inlineStr">
+        <is>
+          <t>Mandy Kettlitz ist im Digital Office in der Unternehmensentwicklung der Techniker Krankenkasse tätig. Im Schwerpunkt beschäftigt sie sich mit allen Aspekten der digitalen Transformation des Gesundheitswesens. Ihre Aufgaben umfassen auch die strategische Ausrichtung und Koordination von digitalen Aktivitäten sowie deren regulatorischen Rahmenbedingungen.Davor war sie Referentin im Bundesministerium für Gesundheit in der Abteilung 5 "Digitalisierung und Innovation".Als Diplom-Gesundheitsökonomin hat sie langjährige Erfahrungen auf dem Gebiet der Versorgungsinnovationen sowie der Entwicklung neuer Versorgungsformen im Gesundheitswesen.</t>
+        </is>
+      </c>
+      <c r="C581" t="inlineStr">
+        <is>
+          <t>die Förderung der Interoperabilität im Gesundheitswesen: Kenntnisse zu Prozessen, Datenaustauschverfahren und Informationsflüssen innerhalb der GKV (v.a. GKV-Routinedaten); Kenntnisse zu Anwendungen der Telematikinfrastruktur, insbesondere zur ePA; Mitglied im Expertengremium des DigitalRadar zur Unterstützung der Digitalisierungsowie Interoperabilität im Krankenhausbereich; Erfahrungen in gesundheitsökonomischen Analysen und in der Outcome-Messung im Gesundheitssystem; Projekterfahrung in der Umsetzung integrierter, telemedizinischer und digitaler Versorgungsangebote</t>
+        </is>
+      </c>
+      <c r="D581">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="s">
+        <v>609</v>
+      </c>
+      <c r="B582" t="inlineStr">
+        <is>
+          <t>Nach seiner Ausbildung begann Herr Criegee-Rieck seinen beruflichen Weg mit der Entwicklung von Software zur Vermeidung unerwünschter Arzneimittelwirkungen. Hier stellte sich schnell die Frage nach einer Standardisierung der verarbeiteten Daten und einer Normalisierung des zugrundeliegenden fachlich-konzeptionellen Schemas zu Arzneimitteln und klinischer Dokumentation. Dies führte zur Mitgliedschaft in der wissenschaftlichen Fachgesellschaft GMDS und vertieftem Engagement zu Fragen der Interoperabilität und der digitalen Repräsentation von medizinischem Wissen. Aktuell beschäftigt er sich neben dem dominanten Tagesbetrieb in einem Klinikkonzern mit Fragen zur optimalen IT-Strategie, geeigneten Wegen zur effizienten Digitalisierung und deren sicherer Gestaltung im Sinne der evidenten IT- und Informationssicherheit im Gesundheitswesen.</t>
+        </is>
+      </c>
+      <c r="C582" t="inlineStr">
+        <is>
+          <t>Mathematik, Informatik, Medizin, klinische Softwaresysteme, IT-Strategie im Krankenhaus, Wissensrepräsentation, computerbasierte Entscheidungsunterstützung, Arzneimitteltherapiesicherheit, semantische Standards in der Medizin</t>
+        </is>
+      </c>
+      <c r="D582">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="s">
+        <v>610</v>
+      </c>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>Marcel Susky studierte Medieninformatik an der Hochschule für Technik, Wirtschaft und Kultur Leipzig und ist seit 2017 wissenschaftlicher Mitarbeiter in der Forschungsgruppe Digital Health an der TU Dresden. Seine Forschungsinteressen liegen in den Bereichen Patientenintegration, Patientenpfade, Interoperabilität und Standardisierung im Gesundheitswesen sowie der agilen Softwareentwicklung und DevOps. Im Rahmen verschiedener Forschungsprojekte, z. B. dem Digitalen FortschrittsHub MiHUB(x), befasse ich mich mit der Entwicklung und Evaluation interoperabler digitaler Lösungen, beispielsweise von Patientenportalen, zur Verbesserung von Versorgungsprozessen und der Integration patientenzentrierter Ansätze. Ziel meiner Forschung ist es, durch innovative Technologien und Beteiligung an Standardisierungsprozessen, beispielsweise am Kerndatensatz der Medizininformatik-Initiative, die Qualität Gesundheitsversorgung und -forschung nachhaltig zu verbessern.</t>
+        </is>
+      </c>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>Semantische und syntaktische Interoperabilität (z.B. HL7 FHIR, SNOMED CT), Patientenpfade, Patientenportale, Daten- und Prozessmodellierung, Software- und Systementwicklung</t>
+        </is>
+      </c>
+      <c r="D583">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="s">
+        <v>611</v>
+      </c>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Marco Halber ist Neurologe mit Begeisterung fürKognitionswissenschaft. In den Neunzigern lernte er auchMedizinische Informatik und Ärztliches Qualitätsmanagement,was sein Hauptberuf wurde. Seit dieser Zeit ist er Mitglied derFachgesellschfat für Medizinische Informatik (GMDS). Auf einBWL-Studium folgte die Geschäftsführung vom ComprehensiveCancer Center am Universitätsklinikum Tübingen. Nach einigenherausfordernden Jahren als Krankenhaus-Geschäftsführerwurde er schließlich Fachhochschul-Professor fürGesundheitsökonomie. Seit 2020 leitet er die KlinischeLandesregisterstelle des Krebsregisters Baden-Württemberg.Dort schließt sich der Kreis seiner IT-Leidenschaft mit Projektenzu angewandter Künstlicher Intelligenz und Datenbanken sowieWissensmanagement. Dabei bleibt die wichtigste Aufgabe diestete Verbesserung der Versorgung von Krebspatienten imSüdwesten und dank vielfältiger Kooperationen auch aufBundesebene. </t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>Krebsregister, Qualitätsmanagement, Qualitätssicherung,Onkologie, Datenbanken, Künstliche Intelligenz,Wissensmanagement, Onkologischer Basisdatensatz (oBDS), Elektronische Patientenakte (ePA), Datenschutz,Versorgungsstrukturen in der Digitalen Onkologie</t>
+        </is>
+      </c>
+      <c r="D584">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="s">
+        <v>612</v>
+      </c>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>Marcus Goerke (1971) ist studierter Betriebswirt mit Schwerpunkt Wirtschaftsinformatik. Sein Berufsleben startete in der Beratung von Krankenhäusern, der Konzeption von IT-Systemen sowie diversen Strategieprojekten im Gesundheitswesen bei IBM und PwC. Er hat fast 20 Jahre Erfahrung in Managementberatungen in leitenden Funktionen gesammelt und ist erfahren in der Neugründung, Reorganisation und Optimierung sowie der Sanierung von Unternehmen. Seit mehr als 6 Jahren beschäftigt sich Herr Goerke besonders mit datengetriebenen Geschäftsmodellen und der Entwicklung von digitalen KI-Services. Er ist Vorstand und Mit-Gründer der NEXT Data Service AG, einem "Company Builder" für Software mit Künstlicher Intelligenz sowie GF der nextOR GmbH, welche KI-basierte OP- und Ressourcenplanung für Krankenhäuser entwickelt. Herr Goerke ist als Mitglied im bvitg und vielfältig als Speaker auf Fach- und Managementkonferenzen zur KI aktiv. Er ist verheiratet, hat 2 erwachsene Kinder und lebt bei Berlin.</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Digitalisierung, IT, OP-Planung, Einsatz und Anwendung von Künstlicher Intelligenz; Prozessoptimierung und digitale Simulation, Geschäftsmodelle, Business Case, Start-up, KIS-Systeme, Big-Data, Data-lakes, KIS</t>
+        </is>
+      </c>
+      <c r="D585">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="s">
+        <v>613</v>
+      </c>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Meine Leidenschaft ist die Vernetzung von Reha-IT-Verfahren.
+Mit der Zeit erweiterte sich mein Wirkungskreis von der Vernetzung klinik-interner Verfahren über den Kommunikationsserver Cloverleaf auf Integrationsprojekte an der Schnittstelle zu Kostenträgern und externen Dienstleistern (bspw. externen Labordienstleistern) und die damit einhergehenden Interoperabilitätsherausforderungen, verbunden mit dem Ziel, die bestmögliche Prozesssicherheit für die Anwendenden der Informationstechnologie zu erreichen.
+Meine Rolle bei der DRV Bund ermöglicht mir dabei zwei Wirkungsebenen: Zum einen, die Datenaustauschverfahren und Spezifikationen der DRV mitzugestalten und weiterzuentwickeln, wie auch die Anwendung von Interoperabilitätsspezifikationen in der Versorgung sicherzustellen.
+Momentan liegt der Fokus meines Wirkens insbesondere auf der Anbindung der DRV und der DRV Reha-Zentren an die Telematikinfrastruktur sowie entsprechender Maßnahmen zur Nutzung der TI-Fachdienste im Versorgungskontext.</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>RehaKlinikinformationssysteme, Kontext RehaDatenaustausch zwischen Primärsystem, Subsystemen und externen DienstleisternHL7 v2 / v3 / CDA / FHIR, DICOM ...Datenaustausch nach §301.4 SGB V für Reha-KlinikenKlassifikationen mit Schwerpunktnutzung in der Reha (ICF, KTL, ICD ...)Ärtzlicher Reha-Entlassungsbericht der Deutschen Rentenversicherung
+</t>
+        </is>
+      </c>
+      <c r="D586">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="s">
+        <v>614</v>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Mareike Przysucha ist wissenschaftliche Mitarbeiterin in der Forschungsgruppe Informatik im Gesundheitswesen an der Hochschule Osnabrück. Dort spezialisiert sie sich auf die Bereiche eHealth und Interoperabilität. Sie wirkte an der Erstellung der digitalen Überleitungsinstrumente ePflegebericht und eWundbericht mit, für die sie die technische Spezifikationen in HL7 CDA und HL7 FHIR verantwortete. Diese Arbeiten führt sie fort, u.a. als Mitglied in der Arbeitsgruppe ISiP, im Pflegebeirat der mio42 für das PIO Überleitungsbogen und im Team zur Erstellung des assistierten MIOs Überleitungsbogen Chronische Wunde. Darüber hinaus bringt sie sich als Mitglied von HL7 Deutschland in die technischen Komitees Terminologien und FHIR ein und ist aktives Mitglied im Forum Interoperabilität in der Pflege.</t>
+        </is>
+      </c>
+      <c r="C587" t="s">
+        <v>615</v>
+      </c>
+      <c r="D587">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="s">
+        <v>616</v>
+      </c>
+      <c r="B588" t="inlineStr">
         <is>
           <t>In meiner Position als Produktmanager bei Dedalus liegt mein Fokus auf der Entwicklung von Softwarelösungen für die Medikation sowie klinische Entscheidungsunterstützungstools. Meine Expertise umfasst außerdem Erfahrungen im Bereich der Interoperabilität und Terminologien.
 Ich habe an der Konzeption und Entwicklung von Softwarelösungen für die Medikation und Apotheke im Krankenhaus gearbeitet, die die Patientenversorgung optimieren und Fehler reduzieren. Darüber hinaus habe ich klinische Entscheidungsunterstützungstools entwickelt, die Ärzten und Apothekern wertvolle Informationen bieten, um fundierte medizinische Entscheidungen zu treffen.
 Ein weiterer Schwerpunkt meiner Arbeit liegt in der Gewährleistung der Interoperabilität unserer Software mit anderen Gesundheitssystemen und -anwendungen.
 Fachapotekering für Klinische Pharmazie, habe ich als Krankenhausapothekerin in Spanien und in Deutschland gearbeitet. Mein Fokus liegt unter anderem auf der Verbesserung der Medikationsprozesse an den Schnittstellen der Versorgung
 Pharm.D. mit Schwerpunkt auf den Einfluss von Apothekern auf Gesundheitsergebnisse.</t>
         </is>
       </c>
-      <c r="C581" t="inlineStr">
+      <c r="C588" t="inlineStr">
         <is>
           <t>Entwicklungserfahrung in Verordnung- und Apothekensoftware und arzneimittelbezogene Entscheidungsunterstützung. Medikationskataloge, semantische Standards und Terminologien (SNOMED, LOINC)</t>
         </is>
       </c>
-      <c r="D581">
-[...7 lines deleted...]
-      <c r="B582" t="inlineStr">
+      <c r="D588">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="s">
+        <v>617</v>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Seit mehreren Jahren bin ich im Bereich eHealth tätig und beschäftige mich insbesondere mit Interoperabilität und semantischen Standards im Gesundheitswesen. In diesem Kontext wirke ich an der Konzeption und Architektur von Infrastrukturen für den Austausch medizinischer Daten mit und habe dabei vertiefte Expertise in HL7 FHIR sowie in der Nutzung und Bereitstellung medizinischer Terminologien aufgebaut. Mein zentrales Anliegen ist es, die technischen und semantischen Voraussetzungen dafür zu schaffen, dass Systeme, die miteinander kommunizieren, Daten nicht nur austauschen, sondern auch eindeutig verstehen. Aktuell arbeite ich als Solution Architect und befasse mich insbesondere mit dem Aufbau und der Architektur des Zentralen Terminologieservers für Deutschland sowie mit Fragen der Versionierung, Governance und interoperablen Bereitstellung von Terminologien.</t>
+        </is>
+      </c>
+      <c r="C589" t="s">
+        <v>618</v>
+      </c>
+      <c r="D589">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="s">
+        <v>619</v>
+      </c>
+      <c r="B590" t="inlineStr">
         <is>
           <t>Markus Ritthaler ist ausgebildeter Rettungsassistent und Medizininformatiker (M.Sc.). Seit 2022 ist er als Produktmanager für Interoperabilität bei der Meierhofer AG beschäftigt. Zuvor hat er als wissenschaftlicher bzw. technischer Mitarbeiter Forschungsprojekte im Bereich eHealth mit Schwerpunkten Identitymanagement und Interoperabilität betreut. Vor seiner Karriere in der Informatik hat Markus Ritthaler eine Ausbildung zum Rettungsassistent absolviert und ist auch nach seiner hauptamtlichen Tätigkeit weiterhin im Rettungsdienst aktiv, wodurch er auch die Anwenderseite durchaus kennt.</t>
         </is>
       </c>
-      <c r="C582" t="s">
-[...10 lines deleted...]
-      <c r="B583" t="inlineStr">
+      <c r="C590" t="s">
+        <v>620</v>
+      </c>
+      <c r="D590">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="s">
+        <v>621</v>
+      </c>
+      <c r="B591" t="inlineStr">
         <is>
           <t>Martha Büttner steht an der Schnittstelle von Zahnmedizin und Informatik. Sie arbeitet beim marktführenden Softwareunternehen für zahnmedizinische PVS-Systeme. Im Team Produktinnovation hat sie Ihren Schwerpunkt auf die Entwicklung arbeitserleichternder Prozesse durch künstliche Intelligenz. Zuvor leitete sie das zahnmedizinische Data Science Team der Abteilung für Orale Diagnostik, Digitale Zahnmedizin und Versorgungsforschung der Charité – Universitätsmedizin Berlin. Sie studierte Zahnmedizin an der Technischen Universität Dresden und erlernte das Programmieren in Python. In ihrer Forschung konzentrierte sie sich auf den Wandel der Zahnmedizin durch "Big Data" und bringt Erfahrung in der Analyse diverser Gesundheitsdaten mit.   </t>
         </is>
       </c>
-      <c r="C583" t="s">
-[...10 lines deleted...]
-      <c r="B584" t="inlineStr">
+      <c r="C591" t="s">
+        <v>622</v>
+      </c>
+      <c r="D591">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="s">
+        <v>623</v>
+      </c>
+      <c r="B592" t="inlineStr">
         <is>
           <t>Dr. Martin Bialke ist Informatiker und bearbeitet seit 2012 in einer Vielzahl von Förderprojekten (DFG, BMBF, EU) konzeptuelle und methodische Fragestellungen zur Umsetzung der Anforderungen des Datenschutzes in der medizinischen Forschung. Insbesondere koordiniert er in diesem Zusammenhang die Weiterentwicklung der offenen Software- Lösungen E-PIX, gPAS und gICS für die Unabhängige Treuhandstelle der Universitätsmedizin Greifswald. Dabei ist er Ansprechpartner für die Anwender-Community in Bezug auf Datenschutz- und Terminologiefragen und die praktische Umsetzung von Record Linkage, Pseudonymisierung und Einwilligungsmanagement in medizinischen Forschungsvorhaben. Dr. Martin Bialke ist Mitglied in verschiedenen Arbeitsgruppen der TMF, u.a. der AG Datenschutz, und der HL7 Deutschland Arbeitsgruppe 'Einwilligungsmanagement'.</t>
         </is>
       </c>
-      <c r="C584" t="s">
-[...10 lines deleted...]
-      <c r="B585" t="inlineStr">
+      <c r="C592" t="s">
+        <v>624</v>
+      </c>
+      <c r="D592">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="s">
+        <v>625</v>
+      </c>
+      <c r="B593" t="inlineStr">
         <is>
           <t>Herr Staemmler lehrt als Professor für Medizininformatik an der Hochschule Stralsund. Er forscht zu Themen der Interoperabilität, Plattformkonzepten und Systemarchitekturen für medizinische Einrichtungen und zu eHealth Anwendungen. Im Jahr 2015 erhielt der den Innovationspreis der Deutschen Gesellschaft für Unfallchirurgie. Er ist Mitglied im Vorstand von HL7, im Fachausschuss Medizininformatik der GMDS, im IHE Steering Committee Europe, Vertreter der GMDS in der EFMI und wiss. Beirat im Bundesverband KH-IT.</t>
         </is>
       </c>
-      <c r="C585" t="inlineStr">
+      <c r="C593" t="inlineStr">
         <is>
           <t>Informationssysteme in Krankenhäusern / Praxen; Systemarchitekturen; Plattformen zum Dokumentaustausch / -management; Bilddatenaustausch (DICOM, Teleradiologie); HL7 V2 / V3, CDA, IHE, FHIR; semantische Auszeichnung</t>
         </is>
       </c>
-      <c r="D585">
-[...7 lines deleted...]
-      <c r="B586" t="inlineStr">
+      <c r="D593">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="s">
+        <v>626</v>
+      </c>
+      <c r="B594" t="inlineStr">
         <is>
           <t>Nach dem Studium der Informatik folgten Stationen im Wissenschaftsbetrieb und der Berliner Startup-Szene. Danach bei einem Dienstleister der Apothekerkammern und von dort der Schritt zur ABDA - Bundesvereinigung Deutscher Apothekerverbände e. V., unter deren Dach auch der Deutsche Apothekerverband (DAV) organisiert ist. Hier als technisch Verantwortlicher für das E-Rezept entstand auch Erfahrung bei der Profilierung von FHIR und im Zusammenhang mit der Entwicklung des Referenzvalidators erweitertes Vertständnis für die Governance von FHIR-Profilen und Schnittstellen. </t>
         </is>
       </c>
-      <c r="C586" t="s">
-[...10 lines deleted...]
-      <c r="B587" t="inlineStr">
+      <c r="C594" t="s">
+        <v>627</v>
+      </c>
+      <c r="D594">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="s">
+        <v>628</v>
+      </c>
+      <c r="B595" t="inlineStr">
         <is>
           <t>Dr. Martina Sender ist Expertin für medizinische Modellierung und Terminologie bei der mio42 GmbH, mit Fokus auf das MIO Laborbefund.
 Als promovierte Medizinerin bringt sie Expertise aus Klinik und ambulanter Praxis mit, sowie 16 Jahre Erfahrung mit der Konzeption von klinischer Software (i.s.h.med).</t>
         </is>
       </c>
-      <c r="C587" t="inlineStr">
+      <c r="C595" t="inlineStr">
         <is>
           <t> 	Expertin Medizinische Modellierung und Terminologie 	Informationsmodell MIO Laborbefund 	Gremienarbeit mit labormedizinischem Beirat 	Prozess-Modellierung BPMN </t>
         </is>
       </c>
-      <c r="D587">
-[...4 lines deleted...]
-      <c r="A588" t="inlineStr">
+      <c r="D595">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr">
         <is>
           <t>Maschinenlesbare Karten - Anwendungen im Gesundheitswesen - Benummerungssystem und Registrierverfahren für Kartenausgeberschlüssel; Deutsche Fassung EN 1867:1997</t>
         </is>
       </c>
-      <c r="B588" t="inlineStr">
+      <c r="B596" t="inlineStr">
         <is>
           <t>Das Dokument legt die Antrags- und die Registrierverfahren für Nummern, die an Herausgeber von Karten für eine Anwendung im Gesundheitswesen, in der Krankenversicherung oder bei dessen Leistungsanspruch ausgegeben werden, und die prEN 1387 entsprechen, fest.</t>
         </is>
       </c>
-      <c r="C588" s="3">
+      <c r="C596" s="3">
         <v>35764</v>
       </c>
-      <c r="D588">
-[...19 lines deleted...]
-      <c r="B590" t="inlineStr">
+      <c r="D596">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="s">
+        <v>629</v>
+      </c>
+      <c r="B597"/>
+      <c r="C597" t="s">
+        <v>630</v>
+      </c>
+      <c r="D597">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="s">
+        <v>631</v>
+      </c>
+      <c r="B598" t="inlineStr">
         <is>
           <t>Ich bin seit fast 30 Jahren mit Informationssystemen im Krankenhaus als Anwender vertraut. In meiner Tätigkeit im "Qualitätsmanagement und medizinische Prozesse" im Klinikum Stuttgart bin ich bei der Auswahl und Integration spezifischer digitaler Krankenhausanwendungen damit betraut, Aufgaben und Prozesse zu analysieren und dabei zu unterstützen, die Sprache des "normalen" Mediziners und die der IT zusammenzuführen. Mein Ziel ist es, die vielfachen, auch interprofessionellen Doppeleingaben in IT-System auf ein Minimum zu reduzieren und Arbeitsabläufe durch Digitalisierung zu vereinfachen. Durch zunehmende Standardisierung, nicht zuletzt auch durch das Digital-Gesetz, sehe ich Deutschland auf dem richtigen Weg.</t>
         </is>
       </c>
-      <c r="C590" t="inlineStr">
+      <c r="C598" t="inlineStr">
         <is>
           <t> 	30 Jahre Erfahrung mit nicht gut vernetzten Informationssystemen im Krankenhaus 	Umstellung Dokumentenarchivsystem von proprietären Dokumentenamen auf IHE – KDL-Klassifizierung </t>
         </is>
       </c>
-      <c r="D590">
-[...7 lines deleted...]
-      <c r="B591" t="inlineStr">
+      <c r="D598">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="s">
+        <v>632</v>
+      </c>
+      <c r="B599" t="inlineStr">
         <is>
           <t>Matthias Kirste hat sich schon während seines Studiums der Informatik mit der Sammlung, Auswertung und Erzeugung von Daten des Gesundheitswesens – insbesondere mit Bezug zu medizinischen Klassifikationen und Abrechnungssystemen - beschäftigt. Zu den von ihm verantworteten Softwareprojekten zählten Kodiersysteme (ICD, OPS, CHOP), Grouper (G-DRG, SwissDRG), krankanhausin- und externe Kommunikation (u.a. HL7, §301) und die Ermittlung und Auswertung von Qualitätsindikatoren (G-IQI, CH-IQI, APR-ROM).
 Auch in weiteren Ländern der EMEA-Region war er für die Implementierung von Lösungen für Kodierung und Gruppierung verantwortlich, darunter eine Cloudlösung für über 280 Krankenhäuser zur Etablierung einer vereinheitlichten Dokumentation gemäß AR-DRG (ICD-10-AM, ACHI).
 Sein Schwerpunkt liegt jetzt in Bereich der Kommunikation von Falldaten und Dokumenten zwischen KIS/KAS und Lösungen zur Verbesserung der Dokumentationsqualität und Erlössicherung.</t>
         </is>
       </c>
-      <c r="C591" t="s">
-[...10 lines deleted...]
-      <c r="B592" t="inlineStr">
+      <c r="C599" t="s">
+        <v>633</v>
+      </c>
+      <c r="D599">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="s">
+        <v>634</v>
+      </c>
+      <c r="B600" t="inlineStr">
         <is>
           <t>Matthias Löbe ist Informatiker und arbeitet am IMISE Leipzig. Er ist Leiter der Taskforce Metadaten der Medizininformatikinitiative (MII). Er arbeitet ferner in der Taskforce zum MII Kerndatensatz mit und ist verantwortlich für die Entwicklung der Module für Strukturdaten und medizinische Forschungsstudien sowie für die Governance. Darüber hinaus ist er Leiter der Taskforce Semantische Interoperabilität des SMITH-Konsortiums der MII. Darüber hinaus ist er mitverantwortlich für den Anwendungsfall T5.4 Clinical Trials innerhalb der Nationalen Forschungsdateninfrastruktur für personenbezogene Gesundheitsdaten (NFDI4Health). Seit 2022 ist er stellvertretender Sprecher der Arbeitsgruppe IT-Infrastruktur und Qualitätsmanagement (AG IT-QM) der TMF - Technologie- und Methodenplattform für die vernetzte medizinische Forschung und Co-Vorsitzender der Arbeitsgruppe zu FAIR Data in Health Research Performing Organizations der European Federation for Medical Informatics (EFMI).</t>
         </is>
       </c>
-      <c r="C592" t="inlineStr">
+      <c r="C600" t="inlineStr">
         <is>
           <t>Syntaktische und semantische Standards der klinischen Forschung, FAIRes Forschungsdatenmanagement, Metadatenvokabulare, medizinische Terminologien, Provenance und Datenqualität</t>
         </is>
       </c>
-      <c r="D592">
-[...7 lines deleted...]
-      <c r="B593" t="inlineStr">
+      <c r="D600">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="s">
+        <v>635</v>
+      </c>
+      <c r="B601" t="inlineStr">
         <is>
           <t>Maximilian Greschke studierte VWL an der Universität St. Gallen und Informatik an der Harvard University in den USA. 2013 zog er nach Berlin um eine Technologiefirma im Bereich Retail Analytics zu gründen. Nach dieser ersten unternehmerischen Erfahrung wechselte er 2014 zu der deutschen Startup-Erfolgsgeschichte "Delivery Hero”, wo er das Big Data Team aufbaute. Das ehemalige Startup ist mittlerweile im DAX notiert. Anfang 2017 gründete er die digitale Entlassmanagement-Plattform Recare. Recare ist heute eine der führenden Plattformen im Bereich des digitalen Entlassmanagements und verbindet bereits über 15.000 Gesundheitseinrichtungen miteinander.</t>
         </is>
       </c>
-      <c r="C593" t="inlineStr">
+      <c r="C601" t="inlineStr">
         <is>
           <t>Erfahrung im Aufbau komplexer Big Data Systeme; Erfahrung im unternehmerischen Aufbau einer Entlassmanagement-Plattform mit strukturierter Datenübermittlung zwischen Akutkrankenhaus, nachgelagerten Leistungserbringern und Kostenträgern</t>
         </is>
       </c>
-      <c r="D593">
-[...7 lines deleted...]
-      <c r="B594" t="inlineStr">
+      <c r="D601">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="s">
+        <v>636</v>
+      </c>
+      <c r="B602" t="inlineStr">
         <is>
           <t>Ich bin aktuell Spezialist für Unternehmensstrategie in der Stabsstelle Unternehmenssteuerung der Kaufmännischen Krankenkasse in Hannover. Mit Erfahrung in der strategischen Beratung des Vorstandes, insbesondere zu technologischen Fragestellungen, bringe ich analytische Fähigkeiten und ein breites Interesse am Gesundheitswesen mit. Parallel dazu promoviere ich an der Professur für Betriebswirtschaftslehre, insb. Wirtschaftsinformatik der Georg-August-Universität Göttingen, wo ich mich auf die Interaktion von Künstlicher Intelligenz und dem Gesundheitswesen konzentriere. Durch meine akademische und berufliche Laufbahn habe ich fundierte Expertise in der Entwicklung digitaler Tools und der Implementierung von KI-Lösungen im Gesundheitssektor erworben.</t>
         </is>
       </c>
-      <c r="C594" t="s">
-[...10 lines deleted...]
-      <c r="B595" t="inlineStr">
+      <c r="C602" t="s">
+        <v>637</v>
+      </c>
+      <c r="D602">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="s">
+        <v>638</v>
+      </c>
+      <c r="B603" t="inlineStr">
         <is>
           <t>Datenmodellierer und Interoperabilitätsexperte aus Österreich mit mehrjähriger Projekterfahrung in der zeichen) Modellierung, Profilierung und Implementierung von HL7 FHIR, hauptsächlich in den Bereichen Labor und Dialyse. Erfahrung mit den Vor- und Nachteilen der Transformation von HL7 CDA in HL7 FHIR sowie dabei auftretende Probleme. Wissen im Umgang mit Terminologien, Codesystemen und Value Sets, etwa SNOMED-CT, LOINC oder jene der HL7. Interessiert an Themen rund um die Interoperabilität, Gemeinsamkeit und Unterschieden von FHIR mit anderen Standards sowohl der HL7 (HL7 v2, CDA) als auch anderer Standardisierungsorganisationen, wie etwa LDT sowie dem Einsatz von FHIR in Bereichen mit geringer bis keiner Abdeckung des Standards, beispielsweise der Dialyse um die Standardisierung und damit einher gehenden Verbreitung von FHIR im Gesundheitswesen weiter voranzutreiben.</t>
         </is>
       </c>
-      <c r="C595" t="inlineStr">
+      <c r="C603" t="inlineStr">
         <is>
           <t>Experte für semantische Standards der HL7, insbesondere HL7 FHIR und CDA sowie deren Interoperabilität sowie Anwendung in der österreichischen Gesundheitsakte (ELGA). Erfahrung mit Projekten vor allem im Dialyse- und Laborbereich.</t>
         </is>
       </c>
-      <c r="D595">
-[...7 lines deleted...]
-      <c r="B596" t="inlineStr">
+      <c r="D603">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="s">
+        <v>639</v>
+      </c>
+      <c r="B604" t="inlineStr">
         <is>
           <t>Maximilian Purk absolvierte sein Medizinstudium an der Universität Münster und promovierte dort am Institut für Medizinische Informatik. Anschließend vertiefte er sein Wissen im Bereich Digital Health im Rahmen eines Masterstudiums am Hasso-Plattner-Institut in Potsdam. Darüber hinaus sammelte er wertvolle Erfahrungen in der Softwareentwicklung in San Francisco, wo er an innovativen KI-Lösungen mitwirkte. Heute ist er als Clinical Advisor bei InterSystems tätig.</t>
         </is>
       </c>
-      <c r="C596" t="inlineStr">
+      <c r="C604" t="inlineStr">
         <is>
           <t>Interoperabilitätsstandards
 Technologien
 - Kommunikationsserver, Interoperabilitätsplattform,
 Clinical Data Repository
 Domainexpertise
 - Medizinische Erfahrung</t>
         </is>
       </c>
-      <c r="D596">
-[...7 lines deleted...]
-      <c r="B597" t="inlineStr">
+      <c r="D604">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="s">
+        <v>640</v>
+      </c>
+      <c r="B605" t="inlineStr">
         <is>
           <t>Maximilian Reith hat Informationstechnik im Maschinenwesen in Berlin studiert. Als wissenschaftlicher Mitarbeiter am Fraunhofer-Institut Produktionsanalgen und Konstruktionstechnik (IPK) forschte und entwickelte er Geräte für die praktische Anwendung von maschinellem Lernen im industriellen Umfeld. Nach einer 1,5-jährigen Reisetätigkeit kam er nach Berlin zurück und ist seitdem Mitarbeiter der KBV. Dort spezifiziert er FHIR Schnittstellen (MIO, AWS, VOS_SST) und ist für die Interoperabilität zuständig. Er versucht die FHIR der KBV und MIO durch die gemeinsame Basis zu standardisieren (KBV. Basis), die nicht nur intern, sondern auch sektorübergreifend abgestimmt wird.</t>
         </is>
       </c>
-      <c r="C597" t="s">
-[...10 lines deleted...]
-      <c r="B598" t="inlineStr">
+      <c r="C605" t="s">
+        <v>641</v>
+      </c>
+      <c r="D605">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="s">
+        <v>642</v>
+      </c>
+      <c r="B606" t="inlineStr">
         <is>
           <t>Maximilian Schoeppe verfügt über eine Ausbildung im Bereich Biomedizinische Technik und Gesundheitswissenschaften mit dem Schwerpunkt Epidemiologie.
 Seit 2016 ist Maximilian Schoeppe für die Black Tusk GmbH tätig. Zunächst als Product Owner konnte er umfangreiche Erfahrungen in der Produktentwicklung im Zusammenhang CDR, Vorordnungssoftware und Medikationsmodulen für den ambulanten Bereich sammeln.
 Seit Mai 2020 verantwortet Maximilian Schoeppe als COO die strategische Ausrichtung der Organisation auf FHIR. Das Angebot umfasst neben der Beratung sowie den bestehenden FHIR-Produkten auch projektspezifische Implementierungen.</t>
         </is>
       </c>
-      <c r="C598" t="s">
-[...128 lines deleted...]
-        <v>38837</v>
+      <c r="C606" t="s">
+        <v>643</v>
       </c>
       <c r="D606">
         <v>0</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>644</v>
+      </c>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. Dieser Teil 1 gibt einen informativen Überblick über die Reihe von Normen und beinhaltet Regeln für die Anwendung der Komponenten, wie sie in den anderen Teilen beschrieben werden.</t>
+        </is>
       </c>
       <c r="C607" s="3">
-        <v>44469</v>
+        <v>38837</v>
       </c>
       <c r="D607">
         <v>0</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>644</v>
+      </c>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. Dieser Teil 1 gibt einen informativen Überblick über die Reihe von Normen und beinhaltet Regeln für die Anwendung der Komponenten, wie sie in den anderen Teilen beschrieben werden.</t>
+        </is>
       </c>
       <c r="C608" s="3">
-        <v>44469</v>
+        <v>38837</v>
       </c>
       <c r="D608">
         <v>0</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>Der Anwendungsbereich dieser Technischen Spezifikation (TS) für Anforderungen an Arzneimittelverzeichnisse (en: Medicinal Product Dictionary, MPD) im Gesundheitsbereich liegt in der Definition der erforderlichen Merkmale, mit denen jedes MPD-System konform sein sollte, um die Anwendungsfälle im Gesundheitswesen zu unterstützen. Diese Merkmale beinhalten Arzneimittelbegriffe, Identifikatoren und die Zusammenhänge zur Bildung einer Art von Struktur, die die Anwendungsfälle unterstützt.</t>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. In diesem Teil werden die nichtklinischen Komponenten beschrieben, insbesondere Daten zu den Objekten der medizinischen Betreuung, zu Heilberuflern, zu Geräten, Angaben zum Ort der medizinischen Betreuung, geographische Angaben, Transport und Finanzierung. Der Begriff "klinisch" beschreibt hier alle medizinischen Daten und geht über den klinikinternen Verwendungszweck hinaus und gilt insbesondere auch für den ambulanten Bereich. Die Komponenten sollen gerade auch sektorenübergreifend benutzt werden.</t>
         </is>
       </c>
       <c r="C609" s="3">
-        <v>42886</v>
+        <v>38837</v>
       </c>
       <c r="D609">
         <v>0</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Der Anwendungsbereich dieser Technischen Spezifikation (TS) für Anforderungen an Arzneimittelverzeichnisse (en: Medicinal Product Dictionary, MPD) im Gesundheitsbereich liegt in der Definition der erforderlichen Merkmale, mit denen jedes MPD-System konform sein sollte, um die Anwendungsfälle im Gesundheitswesen zu unterstützen. Diese Merkmale beinhalten Arzneimittelbegriffe, Identifikatoren und die Zusammenhänge zur Bildung einer Art von Struktur, die die Anwendungsfälle unterstützt.</t>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. In diesem Teil werden die nichtklinischen Komponenten beschrieben, insbesondere Daten zu den Objekten der medizinischen Betreuung, zu Heilberuflern, zu Geräten, Angaben zum Ort der medizinischen Betreuung, geographische Angaben, Transport und Finanzierung. Der Begriff "klinisch" beschreibt hier alle medizinischen Daten und geht über den klinikinternen Verwendungszweck hinaus und gilt insbesondere auch für den ambulanten Bereich. Die Komponenten sollen gerade auch sektorenübergreifend benutzt werden.</t>
         </is>
       </c>
       <c r="C610" s="3">
-        <v>42886</v>
+        <v>38837</v>
       </c>
       <c r="D610">
         <v>0</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt Anforderungen an die Dokumentation zur Abgabe eines Arzneimittels fest. Es soll durch ausführliche, umsetzbare Spezifikationen wie Interoperabilitätsnormen, Systemspezifikationen und Regulierungsprogramme übernommen zu werden. Dieses Dokument gilt für Informationssysteme, in denen die Abgabe eines Arzneimittels erfasst wird, sowie für die Systeme, die derartige Informationen konsumieren. Diese Systeme finden sich üblicherweise in Apotheken oder anderen Einrichtungen des Gesundheitswesens. Dieses Dokument gilt nicht zwangsläufig für Geschäfte außerhalb der Apotheke oder sonstige nicht klinische Systeme (z. B. Supermarktkassen). Der Anwendungsbereich dieses Dokuments umfasst die Tätigkeiten, die sich auf die Abgabe eines Arzneimittels beziehen, sowie den Inhalt von Informationen zur Erfassung strukturierter Informationen, die sich bei diesen Abläufen ergeben. Diese Tätigkeiten schließen jegliche tatsächliche Abgabe, Zurückziehung oder andere Ergebnisse ein, die möglicherweise zum Zeitpunkt einer geplanten oder tatsächlichen Abgabe aufgetreten sind. Anders gesagt enthält die Abgabeakte auch Informationen darüber, dass die Abgabe eines Arzneimittels erwartet wurde, jedoch dann nicht erfolgt ist.</t>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. In diesem Teil werden die klinischen Daten beschrieben, insbesondere die Daten zu den zu analysierenden Objekten, medizinischen Informationen, Medizinprodukten, Angaben zur Medikation und anderen Maßnahmen sowie Informationen zu Gesundheitsdienstleistungen. Der Begriff "klinisch" beschreibt hier alle medizinischen Daten und geht über den klinikinternen Verwendungszweck hinaus und gilt insbesondere auch für den ambulanten Bereich. Die Komponenten sollen gerade auch sektorenübergreifend benutzt werden.</t>
         </is>
       </c>
       <c r="C611" s="3">
-        <v>43312</v>
+        <v>38837</v>
       </c>
       <c r="D611">
         <v>0</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt Anforderungen an die Dokumentation zur Abgabe eines Arzneimittels fest. Es soll durch ausführliche, umsetzbare Spezifikationen wie Interoperabilitätsnormen, Systemspezifikationen und Regulierungsprogramme übernommen zu werden. Dieses Dokument gilt für Informationssysteme, in denen die Abgabe eines Arzneimittels erfasst wird, sowie für die Systeme, die derartige Informationen konsumieren. Diese Systeme finden sich üblicherweise in Apotheken oder anderen Einrichtungen des Gesundheitswesens. Dieses Dokument gilt nicht zwangsläufig für Geschäfte außerhalb der Apotheke oder sonstige nicht klinische Systeme (z. B. Supermarktkassen). Der Anwendungsbereich dieses Dokuments umfasst die Tätigkeiten, die sich auf die Abgabe eines Arzneimittels beziehen, sowie den Inhalt von Informationen zur Erfassung strukturierter Informationen, die sich bei diesen Abläufen ergeben. Diese Tätigkeiten schließen jegliche tatsächliche Abgabe, Zurückziehung oder andere Ergebnisse ein, die möglicherweise zum Zeitpunkt einer geplanten oder tatsächlichen Abgabe aufgetreten sind. Anders gesagt enthält die Abgabeakte auch Informationen darüber, dass die Abgabe eines Arzneimittels erwartet wurde, jedoch dann nicht erfolgt ist.</t>
+          <t>Diese europäische mehrteilige Norm legt generelle Anforderungen für allgemein verwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Die Komponenten die durch diese Norm festgelegt werden, sind die am häufigsten gebrauchten, grundlegenden Bausteine für derartige Normen. Diese können allerdings weitere Spezialisierungen und Ergänzungen für bestimmte Anwendungen benötigen, die nicht durch die hier beschriebenen generell anwendbaren Komponenten abgedeckt werden. In diesem Teil werden die klinischen Daten beschrieben, insbesondere die Daten zu den zu analysierenden Objekten, medizinischen Informationen, Medizinprodukten, Angaben zur Medikation und anderen Maßnahmen sowie Informationen zu Gesundheitsdienstleistungen. Der Begriff "klinisch" beschreibt hier alle medizinischen Daten und geht über den klinikinternen Verwendungszweck hinaus und gilt insbesondere auch für den ambulanten Bereich. Die Komponenten sollen gerade auch sektorenübergreifend benutzt werden.</t>
         </is>
       </c>
       <c r="C612" s="3">
-        <v>43312</v>
+        <v>38837</v>
       </c>
       <c r="D612">
         <v>0</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>647</v>
+      </c>
+      <c r="B613" t="inlineStr">
+        <is>
+          <t>Diese europäische mehrteilige Norm EN 14822 legt generelle Anforderungen für allgemeinverwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Computersysteme sollten ihre Informationen effektiv austauschen können. Dafür sind Festlegungen zwischen den kommunizierenden Parteien, insbesondere für deren Computersysteme, bezüglich der Darstellung der Informationen festzulegen. Dieser Austausch von Informationen erfolgt dabei in verschiedenen Ebenen, meistens erfolgt dies auf einer Datendarstellungs- oder syntaktischen Ebene, wie sie in der CEN/TS 14796 beschrieben wird, aber auch auf einer Makro- oder semantischen Ebene, wo Datengruppen verwendet werden, um den Zusammenhang oder eine Gruppe von Zusammenhängen für die Daten darzustellen. Dieser Teil 4 der Normenreihe beschränkt sich auf die Beschreibung von Komponenten, die zuständig für den Datentransfer sind, insbesondere auf Nachrichtendateiköpfe.</t>
+        </is>
       </c>
       <c r="C613" s="3">
-        <v>40633</v>
+        <v>38837</v>
       </c>
       <c r="D613">
         <v>0</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>647</v>
+      </c>
+      <c r="B614" t="inlineStr">
+        <is>
+          <t>Diese europäische mehrteilige Norm EN 14822 legt generelle Anforderungen für allgemeinverwendbare Informationskomponenten, die in Normen zum Datenaustausch eingesetzt werden, unter gesundheitsspezifischen Aspekten fest. Computersysteme sollten ihre Informationen effektiv austauschen können. Dafür sind Festlegungen zwischen den kommunizierenden Parteien, insbesondere für deren Computersysteme, bezüglich der Darstellung der Informationen festzulegen. Dieser Austausch von Informationen erfolgt dabei in verschiedenen Ebenen, meistens erfolgt dies auf einer Datendarstellungs- oder syntaktischen Ebene, wie sie in der CEN/TS 14796 beschrieben wird, aber auch auf einer Makro- oder semantischen Ebene, wo Datengruppen verwendet werden, um den Zusammenhang oder eine Gruppe von Zusammenhängen für die Daten darzustellen. Dieser Teil 4 der Normenreihe beschränkt sich auf die Beschreibung von Komponenten, die zuständig für den Datentransfer sind, insbesondere auf Nachrichtendateiköpfe.</t>
+        </is>
       </c>
       <c r="C614" s="3">
-        <v>40633</v>
+        <v>38837</v>
       </c>
       <c r="D614">
         <v>0</v>
       </c>
     </row>
     <row r="615">
-      <c r="A615" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A615" t="s">
+        <v>648</v>
+      </c>
+      <c r="B615" t="s">
+        <v>326</v>
       </c>
       <c r="C615" s="3">
-        <v>44227</v>
+        <v>44469</v>
       </c>
       <c r="D615">
         <v>0</v>
       </c>
     </row>
     <row r="616">
-      <c r="A616" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A616" t="s">
+        <v>648</v>
+      </c>
+      <c r="B616" t="s">
+        <v>326</v>
       </c>
       <c r="C616" s="3">
-        <v>44227</v>
+        <v>44469</v>
       </c>
       <c r="D616">
         <v>0</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s">
-        <v>633</v>
+        <v>649</v>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Diese Norm beschreibt die Anforderungen an elektronische Verschreibungen. Sie legt generische Grundsätze fest, die als für alle elektronischen Verschreibungen wichtig betrachtet werden, woraus sich eine Auflistung von Elementen ergibt, die als Kernelemente aller elektronischen Verschreibungen angesehen werden. Der Anwendungsbereich ist auf den Inhalt der Verschreibung selbst begrenzt. Das verschriebene Produkt ist direkt oder über eine ernannte Person abzugeben und einem menschlichen Patienten zu verabreichen. Weitere Meldungen, Rollen und Szenarios liegen außerhalb des Anwendungsbereichs einer Internationalen Norm, da sie aufgrund der kulturellen und gesetzgeberischen sowie der kostenerstattungstechnischen Unterschiede in Bezug auf das Gesundheitswesen mehr oder weniger länder- oder regionsspezifisch sind. Die Art und Weise, auf die elektronische Verschreibungen zur Verfügung gestellt oder ausgetauscht werden, liegt außerhalb des Anwendungsbereichs dieser Norm.</t>
+          <t>Der Anwendungsbereich dieser Technischen Spezifikation (TS) für Anforderungen an Arzneimittelverzeichnisse (en: Medicinal Product Dictionary, MPD) im Gesundheitsbereich liegt in der Definition der erforderlichen Merkmale, mit denen jedes MPD-System konform sein sollte, um die Anwendungsfälle im Gesundheitswesen zu unterstützen. Diese Merkmale beinhalten Arzneimittelbegriffe, Identifikatoren und die Zusammenhänge zur Bildung einer Art von Struktur, die die Anwendungsfälle unterstützt.</t>
         </is>
       </c>
       <c r="C617" s="3">
-        <v>42704</v>
+        <v>42886</v>
       </c>
       <c r="D617">
         <v>0</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s">
-        <v>633</v>
+        <v>649</v>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Diese Norm beschreibt die Anforderungen an elektronische Verschreibungen. Sie legt generische Grundsätze fest, die als für alle elektronischen Verschreibungen wichtig betrachtet werden, woraus sich eine Auflistung von Elementen ergibt, die als Kernelemente aller elektronischen Verschreibungen angesehen werden. Der Anwendungsbereich ist auf den Inhalt der Verschreibung selbst begrenzt. Das verschriebene Produkt ist direkt oder über eine ernannte Person abzugeben und einem menschlichen Patienten zu verabreichen. Weitere Meldungen, Rollen und Szenarios liegen außerhalb des Anwendungsbereichs einer Internationalen Norm, da sie aufgrund der kulturellen und gesetzgeberischen sowie der kostenerstattungstechnischen Unterschiede in Bezug auf das Gesundheitswesen mehr oder weniger länder- oder regionsspezifisch sind. Die Art und Weise, auf die elektronische Verschreibungen zur Verfügung gestellt oder ausgetauscht werden, liegt außerhalb des Anwendungsbereichs dieser Norm.</t>
+          <t>Der Anwendungsbereich dieser Technischen Spezifikation (TS) für Anforderungen an Arzneimittelverzeichnisse (en: Medicinal Product Dictionary, MPD) im Gesundheitsbereich liegt in der Definition der erforderlichen Merkmale, mit denen jedes MPD-System konform sein sollte, um die Anwendungsfälle im Gesundheitswesen zu unterstützen. Diese Merkmale beinhalten Arzneimittelbegriffe, Identifikatoren und die Zusammenhänge zur Bildung einer Art von Struktur, die die Anwendungsfälle unterstützt.</t>
         </is>
       </c>
       <c r="C618" s="3">
-        <v>42704</v>
+        <v>42886</v>
       </c>
       <c r="D618">
         <v>0</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>650</v>
+      </c>
+      <c r="B619" t="inlineStr">
+        <is>
+          <t>Dieses Dokument legt Anforderungen an die Dokumentation zur Abgabe eines Arzneimittels fest. Es soll durch ausführliche, umsetzbare Spezifikationen wie Interoperabilitätsnormen, Systemspezifikationen und Regulierungsprogramme übernommen zu werden. Dieses Dokument gilt für Informationssysteme, in denen die Abgabe eines Arzneimittels erfasst wird, sowie für die Systeme, die derartige Informationen konsumieren. Diese Systeme finden sich üblicherweise in Apotheken oder anderen Einrichtungen des Gesundheitswesens. Dieses Dokument gilt nicht zwangsläufig für Geschäfte außerhalb der Apotheke oder sonstige nicht klinische Systeme (z. B. Supermarktkassen). Der Anwendungsbereich dieses Dokuments umfasst die Tätigkeiten, die sich auf die Abgabe eines Arzneimittels beziehen, sowie den Inhalt von Informationen zur Erfassung strukturierter Informationen, die sich bei diesen Abläufen ergeben. Diese Tätigkeiten schließen jegliche tatsächliche Abgabe, Zurückziehung oder andere Ergebnisse ein, die möglicherweise zum Zeitpunkt einer geplanten oder tatsächlichen Abgabe aufgetreten sind. Anders gesagt enthält die Abgabeakte auch Informationen darüber, dass die Abgabe eines Arzneimittels erwartet wurde, jedoch dann nicht erfolgt ist.</t>
+        </is>
       </c>
       <c r="C619" s="3">
-        <v>43738</v>
+        <v>43312</v>
       </c>
       <c r="D619">
         <v>0</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>650</v>
+      </c>
+      <c r="B620" t="inlineStr">
+        <is>
+          <t>Dieses Dokument legt Anforderungen an die Dokumentation zur Abgabe eines Arzneimittels fest. Es soll durch ausführliche, umsetzbare Spezifikationen wie Interoperabilitätsnormen, Systemspezifikationen und Regulierungsprogramme übernommen zu werden. Dieses Dokument gilt für Informationssysteme, in denen die Abgabe eines Arzneimittels erfasst wird, sowie für die Systeme, die derartige Informationen konsumieren. Diese Systeme finden sich üblicherweise in Apotheken oder anderen Einrichtungen des Gesundheitswesens. Dieses Dokument gilt nicht zwangsläufig für Geschäfte außerhalb der Apotheke oder sonstige nicht klinische Systeme (z. B. Supermarktkassen). Der Anwendungsbereich dieses Dokuments umfasst die Tätigkeiten, die sich auf die Abgabe eines Arzneimittels beziehen, sowie den Inhalt von Informationen zur Erfassung strukturierter Informationen, die sich bei diesen Abläufen ergeben. Diese Tätigkeiten schließen jegliche tatsächliche Abgabe, Zurückziehung oder andere Ergebnisse ein, die möglicherweise zum Zeitpunkt einer geplanten oder tatsächlichen Abgabe aufgetreten sind. Anders gesagt enthält die Abgabeakte auch Informationen darüber, dass die Abgabe eines Arzneimittels erwartet wurde, jedoch dann nicht erfolgt ist.</t>
+        </is>
       </c>
       <c r="C620" s="3">
-        <v>43738</v>
+        <v>43312</v>
       </c>
       <c r="D620">
         <v>0</v>
       </c>
     </row>
     <row r="621">
-      <c r="A621" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A621" t="s">
+        <v>651</v>
+      </c>
+      <c r="B621" t="s">
+        <v>326</v>
       </c>
       <c r="C621" s="3">
-        <v>44227</v>
+        <v>40633</v>
       </c>
       <c r="D621">
         <v>0</v>
       </c>
     </row>
     <row r="622">
-      <c r="A622" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A622" t="s">
+        <v>651</v>
+      </c>
+      <c r="B622" t="s">
+        <v>326</v>
       </c>
       <c r="C622" s="3">
-        <v>44227</v>
+        <v>40633</v>
       </c>
       <c r="D622">
         <v>0</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Anleitung zur Verwendung von persönlichen Gesundheitsdaten in internationalen Anwendungen vor dem Hintergrund der EU-Datenschutzrichtlinie; Deutsche Fassung EN 14485:2003, Text Englisch</t>
+          <t>Medizinische Informatik - Anforderungen an eine Wissensbasis für medizinische Entscheidungsunterstützungssysteme von medikationsbezogenen Prozessen (ISO/TS 22756:2020); Englische Fassung CEN ISO/TS 22756:2020</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Dieses Projekt will eine Anleitung zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
+          <t>Dieses Dokument legt die Anforderungen für die Entwicklung einer Wissensbasis fest: was sind die Kriterien für die Auswahl einer Rohdatenquelle, was sind die Qualitätskriterien für die Entwicklung und Pflege für die Algorithmen oder klinische Regeln für die Arzneimittelsicherheit, usw. Dieses Dokument beschreibt daher den Prozess, wie man eine Wissensbasis entwickelt. Es beschreibt die Themen, die von den Entwicklern einer Wissensbasis zu berücksichtigen sind und gibt Anleitungen, wie diese Überlegungen zu berücksichtigen sind.</t>
         </is>
       </c>
       <c r="C623" s="3">
-        <v>38046</v>
+        <v>44227</v>
       </c>
       <c r="D623">
         <v>0</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Anleitung zur Verwendung von persönlichen Gesundheitsdaten in internationalen Anwendungen vor dem Hintergrund der EU-Datenschutzrichtlinie; Deutsche Fassung EN 14485:2003, Text Englisch</t>
+          <t>Medizinische Informatik - Anforderungen an eine Wissensbasis für medizinische Entscheidungsunterstützungssysteme von medikationsbezogenen Prozessen (ISO/TS 22756:2020); Englische Fassung CEN ISO/TS 22756:2020</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>Dieses Projekt will eine Anleitung zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
+          <t>Dieses Dokument legt die Anforderungen für die Entwicklung einer Wissensbasis fest: was sind die Kriterien für die Auswahl einer Rohdatenquelle, was sind die Qualitätskriterien für die Entwicklung und Pflege für die Algorithmen oder klinische Regeln für die Arzneimittelsicherheit, usw. Dieses Dokument beschreibt daher den Prozess, wie man eine Wissensbasis entwickelt. Es beschreibt die Themen, die von den Entwicklern einer Wissensbasis zu berücksichtigen sind und gibt Anleitungen, wie diese Überlegungen zu berücksichtigen sind.</t>
         </is>
       </c>
       <c r="C624" s="3">
-        <v>38046</v>
+        <v>44227</v>
       </c>
       <c r="D624">
         <v>0</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt einen gemeinsamen Rahmen für Audit-Trails für elektronische Gesundheitsakten (eGA), für die auslösenden Ereignisse eines Audits und für Auditdaten fest, um die Auditierbarkeit des vollständigen Satzes der persönlichen Gesundheitsinformationen über Informationssysteme und Zuständigkeitsbereiche hinweg aufrechtzuerhalten. Sie ist anwendbar für Systeme, die persönliche Gesundheitsinformationen verarbeiten, und jedes Mal einen sicheren Auditeintrag erstellen, wenn ein Benutzer über das System diese Informationen liest, sie erzeugt, aktualisiert oder archiviert.</t>
+          <t>Diese Norm beschreibt die Anforderungen an elektronische Verschreibungen. Sie legt generische Grundsätze fest, die als für alle elektronischen Verschreibungen wichtig betrachtet werden, woraus sich eine Auflistung von Elementen ergibt, die als Kernelemente aller elektronischen Verschreibungen angesehen werden. Der Anwendungsbereich ist auf den Inhalt der Verschreibung selbst begrenzt. Das verschriebene Produkt ist direkt oder über eine ernannte Person abzugeben und einem menschlichen Patienten zu verabreichen. Weitere Meldungen, Rollen und Szenarios liegen außerhalb des Anwendungsbereichs einer Internationalen Norm, da sie aufgrund der kulturellen und gesetzgeberischen sowie der kostenerstattungstechnischen Unterschiede in Bezug auf das Gesundheitswesen mehr oder weniger länder- oder regionsspezifisch sind. Die Art und Weise, auf die elektronische Verschreibungen zur Verfügung gestellt oder ausgetauscht werden, liegt außerhalb des Anwendungsbereichs dieser Norm.</t>
         </is>
       </c>
       <c r="C625" s="3">
-        <v>44561</v>
+        <v>42704</v>
       </c>
       <c r="D625">
         <v>0</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt einen gemeinsamen Rahmen für Audit-Trails für elektronische Gesundheitsakten (eGA), für die auslösenden Ereignisse eines Audits und für Auditdaten fest, um die Auditierbarkeit des vollständigen Satzes der persönlichen Gesundheitsinformationen über Informationssysteme und Zuständigkeitsbereiche hinweg aufrechtzuerhalten. Sie ist anwendbar für Systeme, die persönliche Gesundheitsinformationen verarbeiten, und jedes Mal einen sicheren Auditeintrag erstellen, wenn ein Benutzer über das System diese Informationen liest, sie erzeugt, aktualisiert oder archiviert.</t>
+          <t>Diese Norm beschreibt die Anforderungen an elektronische Verschreibungen. Sie legt generische Grundsätze fest, die als für alle elektronischen Verschreibungen wichtig betrachtet werden, woraus sich eine Auflistung von Elementen ergibt, die als Kernelemente aller elektronischen Verschreibungen angesehen werden. Der Anwendungsbereich ist auf den Inhalt der Verschreibung selbst begrenzt. Das verschriebene Produkt ist direkt oder über eine ernannte Person abzugeben und einem menschlichen Patienten zu verabreichen. Weitere Meldungen, Rollen und Szenarios liegen außerhalb des Anwendungsbereichs einer Internationalen Norm, da sie aufgrund der kulturellen und gesetzgeberischen sowie der kostenerstattungstechnischen Unterschiede in Bezug auf das Gesundheitswesen mehr oder weniger länder- oder regionsspezifisch sind. Die Art und Weise, auf die elektronische Verschreibungen zur Verfügung gestellt oder ausgetauscht werden, liegt außerhalb des Anwendungsbereichs dieser Norm.</t>
         </is>
       </c>
       <c r="C626" s="3">
-        <v>44561</v>
+        <v>42704</v>
       </c>
       <c r="D626">
         <v>0</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="B627" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C627" s="3">
-        <v>40025</v>
+        <v>43738</v>
       </c>
       <c r="D627">
         <v>0</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="B628" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C628" s="3">
-        <v>40025</v>
+        <v>43738</v>
       </c>
       <c r="D628">
         <v>0</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Automatische Identifikation und Datenerfassungskennzeichnung und -beschriftung - Identifikation von Behandelten und individuellen Anbietern (ISO 18530:2021); Englische Fassung EN ISO 18530:2021</t>
+          <t>Medizinische Informatik - Anforderungen für internationale maschinenlesbare Kodierungen von Identifikatoren für Arzneimittelpackungen (ISO/TS 16791:2020); Deutsche Fassung CEN ISO/TS 16791:2020</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>Dieses Dokument identifiziert die erforderlichen Normen zur Identifizierung und Kennzeichnung des zu Behandelnden und der einzelnen Anbieter von Objekten wie Armbänder, Erkennungsmarken und anderen, um die automatische Datenerfassung auf Datenträgern im Pflege-Lieferprozess zu ermöglichen. Es beschreibt eine eindeutige Identifikation der zu Behandelnden, die auch für andere Zwecke genutzt werden darf, beispielsweise für die Aufzeichnung der Identität des zu Behandelnden in der persönlichen elektronischen Gesundheitsakte. Das vorliegende Dokument dient als Referenz für alle Organisationen, die planen, eine automatische Identifikation und Datenerfassung (AIDC) ihrer Liefer- oder Pflegeprozesses umzusetzen oder zu verbessern. Sie ist im Zusammenhang mit dem GS1-Normensystem anzuwenden. Andere Lösungen, wie z.B. die Verwendung anderer Identifizierungssysteme, sind möglich, werden aber in diesem Dokument nicht behandelt. Dieses Dokument beschreibt eine praktikable Möglichkeit zur Reduzierung und Vermeidung von Variationen und Workarounds, die die Effizienz der automatischen Identifikation und Datenerfassung am Ort der Behandlung verringern und die Sicherheit der Patienten gefährden können. Das vorliegende Dokument legt Identifikatoren für die automatische Identifikation und Datenerfassung fest und ergänzt und ergänzt die Angaben nach ISO/TS 22220 und ISO /TS 27575.</t>
+          <t>Die Technische Spezifikation gibt einen Leitfaden zur Identifizierung und Markierung von Arzneimitteln vom Zeitpunkt der Die Technische Spezifikation enthält Leitlinien zur Identifizierung und Kennzeichnung (Markierung) von Arzneimitteln vom Punkt der Herstellung von verpackten Arzneimitteln bis zur Abgabe des Produktes. Es beschreibt bewährte Verfahren für AIDC-Lösungen für Barcode-Anwendungen. Anwender können jedoch die kodierenden Interoperabilitätsanforderungen für andere AIDC-Technologien betrachten, z. B. Radio Frequency Identification (RFID).</t>
         </is>
       </c>
       <c r="C629" s="3">
-        <v>44316</v>
+        <v>44227</v>
       </c>
       <c r="D629">
         <v>0</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Automatische Identifikation und Datenerfassungskennzeichnung und -beschriftung - Identifikation von Behandelten und individuellen Anbietern (ISO 18530:2021); Englische Fassung EN ISO 18530:2021</t>
+          <t>Medizinische Informatik - Anforderungen für internationale maschinenlesbare Kodierungen von Identifikatoren für Arzneimittelpackungen (ISO/TS 16791:2020); Deutsche Fassung CEN ISO/TS 16791:2020</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Dieses Dokument identifiziert die erforderlichen Normen zur Identifizierung und Kennzeichnung des zu Behandelnden und der einzelnen Anbieter von Objekten wie Armbänder, Erkennungsmarken und anderen, um die automatische Datenerfassung auf Datenträgern im Pflege-Lieferprozess zu ermöglichen. Es beschreibt eine eindeutige Identifikation der zu Behandelnden, die auch für andere Zwecke genutzt werden darf, beispielsweise für die Aufzeichnung der Identität des zu Behandelnden in der persönlichen elektronischen Gesundheitsakte. Das vorliegende Dokument dient als Referenz für alle Organisationen, die planen, eine automatische Identifikation und Datenerfassung (AIDC) ihrer Liefer- oder Pflegeprozesses umzusetzen oder zu verbessern. Sie ist im Zusammenhang mit dem GS1-Normensystem anzuwenden. Andere Lösungen, wie z.B. die Verwendung anderer Identifizierungssysteme, sind möglich, werden aber in diesem Dokument nicht behandelt. Dieses Dokument beschreibt eine praktikable Möglichkeit zur Reduzierung und Vermeidung von Variationen und Workarounds, die die Effizienz der automatischen Identifikation und Datenerfassung am Ort der Behandlung verringern und die Sicherheit der Patienten gefährden können. Das vorliegende Dokument legt Identifikatoren für die automatische Identifikation und Datenerfassung fest und ergänzt und ergänzt die Angaben nach ISO/TS 22220 und ISO /TS 27575.</t>
+          <t>Die Technische Spezifikation gibt einen Leitfaden zur Identifizierung und Markierung von Arzneimitteln vom Zeitpunkt der Die Technische Spezifikation enthält Leitlinien zur Identifizierung und Kennzeichnung (Markierung) von Arzneimitteln vom Punkt der Herstellung von verpackten Arzneimitteln bis zur Abgabe des Produktes. Es beschreibt bewährte Verfahren für AIDC-Lösungen für Barcode-Anwendungen. Anwender können jedoch die kodierenden Interoperabilitätsanforderungen für andere AIDC-Technologien betrachten, z. B. Radio Frequency Identification (RFID).</t>
         </is>
       </c>
       <c r="C630" s="3">
-        <v>44316</v>
+        <v>44227</v>
       </c>
       <c r="D630">
         <v>0</v>
       </c>
     </row>
     <row r="631">
-      <c r="A631" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A631" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Anleitung zur Verwendung von persönlichen Gesundheitsdaten in internationalen Anwendungen vor dem Hintergrund der EU-Datenschutzrichtlinie; Deutsche Fassung EN 14485:2003, Text Englisch</t>
+        </is>
+      </c>
+      <c r="B631" t="inlineStr">
+        <is>
+          <t>Dieses Projekt will eine Anleitung zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
+        </is>
       </c>
       <c r="C631" s="3">
-        <v>40329</v>
+        <v>38046</v>
       </c>
       <c r="D631">
         <v>0</v>
       </c>
     </row>
     <row r="632">
-      <c r="A632" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A632" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Anleitung zur Verwendung von persönlichen Gesundheitsdaten in internationalen Anwendungen vor dem Hintergrund der EU-Datenschutzrichtlinie; Deutsche Fassung EN 14485:2003, Text Englisch</t>
+        </is>
+      </c>
+      <c r="B632" t="inlineStr">
+        <is>
+          <t>Dieses Projekt will eine Anleitung zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
+        </is>
       </c>
       <c r="C632" s="3">
-        <v>40329</v>
+        <v>38046</v>
       </c>
       <c r="D632">
         <v>0</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s">
-        <v>638</v>
+        <v>654</v>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt ein Begriffssystem für unterschiedliche Aspekte der Pflege im Gesundheitswesen fest. Im Gesundheitswesen geht es im Kern um die Interaktion zwischen der (den) zu pflegenden Person(en) und den Gesundheitsexperten. Zu solchen Interaktionen kommt es im Gesundheitswesen/in klinischen Prozessen, und sie sind der Grund für den Prozessansatz dieser Norm. Um die Darstellung von sowohl klinischen Inhalten als auch klinischem Kontext zu ermöglichen, basiert diese Internationale Norm auf einem generischen Modell klinischer Prozesse und auf umfassenden Konzeptdefinitionen und Konzeptmodellen für die klinischen, verwaltungstechnischen und ressourcenbezogenen Aspekte von Gesundheitsdienstleistungen.</t>
+          <t>Diese Internationale Norm legt einen gemeinsamen Rahmen für Audit-Trails für elektronische Gesundheitsakten (eGA), für die auslösenden Ereignisse eines Audits und für Auditdaten fest, um die Auditierbarkeit des vollständigen Satzes der persönlichen Gesundheitsinformationen über Informationssysteme und Zuständigkeitsbereiche hinweg aufrechtzuerhalten. Sie ist anwendbar für Systeme, die persönliche Gesundheitsinformationen verarbeiten, und jedes Mal einen sicheren Auditeintrag erstellen, wenn ein Benutzer über das System diese Informationen liest, sie erzeugt, aktualisiert oder archiviert.</t>
         </is>
       </c>
       <c r="C633" s="3">
-        <v>42551</v>
+        <v>44561</v>
       </c>
       <c r="D633">
         <v>0</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s">
-        <v>638</v>
+        <v>654</v>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt ein Begriffssystem für unterschiedliche Aspekte der Pflege im Gesundheitswesen fest. Im Gesundheitswesen geht es im Kern um die Interaktion zwischen der (den) zu pflegenden Person(en) und den Gesundheitsexperten. Zu solchen Interaktionen kommt es im Gesundheitswesen/in klinischen Prozessen, und sie sind der Grund für den Prozessansatz dieser Norm. Um die Darstellung von sowohl klinischen Inhalten als auch klinischem Kontext zu ermöglichen, basiert diese Internationale Norm auf einem generischen Modell klinischer Prozesse und auf umfassenden Konzeptdefinitionen und Konzeptmodellen für die klinischen, verwaltungstechnischen und ressourcenbezogenen Aspekte von Gesundheitsdienstleistungen.</t>
+          <t>Diese Internationale Norm legt einen gemeinsamen Rahmen für Audit-Trails für elektronische Gesundheitsakten (eGA), für die auslösenden Ereignisse eines Audits und für Auditdaten fest, um die Auditierbarkeit des vollständigen Satzes der persönlichen Gesundheitsinformationen über Informationssysteme und Zuständigkeitsbereiche hinweg aufrechtzuerhalten. Sie ist anwendbar für Systeme, die persönliche Gesundheitsinformationen verarbeiten, und jedes Mal einen sicheren Auditeintrag erstellen, wenn ein Benutzer über das System diese Informationen liest, sie erzeugt, aktualisiert oder archiviert.</t>
         </is>
       </c>
       <c r="C634" s="3">
-        <v>42551</v>
+        <v>44561</v>
       </c>
       <c r="D634">
         <v>0</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="B635" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C635" s="3">
-        <v>42216</v>
+        <v>40025</v>
       </c>
       <c r="D635">
         <v>0</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="B636" t="s">
-        <v>641</v>
+        <v>326</v>
       </c>
       <c r="C636" s="3">
-        <v>38960</v>
+        <v>40025</v>
       </c>
       <c r="D636">
         <v>0</v>
       </c>
     </row>
     <row r="637">
-      <c r="A637" t="s">
-[...3 lines deleted...]
-        <v>641</v>
+      <c r="A637" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Automatische Identifikation und Datenerfassungskennzeichnung und -beschriftung - Identifikation von Behandelten und individuellen Anbietern (ISO 18530:2021); Englische Fassung EN ISO 18530:2021</t>
+        </is>
+      </c>
+      <c r="B637" t="inlineStr">
+        <is>
+          <t>Dieses Dokument identifiziert die erforderlichen Normen zur Identifizierung und Kennzeichnung des zu Behandelnden und der einzelnen Anbieter von Objekten wie Armbänder, Erkennungsmarken und anderen, um die automatische Datenerfassung auf Datenträgern im Pflege-Lieferprozess zu ermöglichen. Es beschreibt eine eindeutige Identifikation der zu Behandelnden, die auch für andere Zwecke genutzt werden darf, beispielsweise für die Aufzeichnung der Identität des zu Behandelnden in der persönlichen elektronischen Gesundheitsakte. Das vorliegende Dokument dient als Referenz für alle Organisationen, die planen, eine automatische Identifikation und Datenerfassung (AIDC) ihrer Liefer- oder Pflegeprozesses umzusetzen oder zu verbessern. Sie ist im Zusammenhang mit dem GS1-Normensystem anzuwenden. Andere Lösungen, wie z.B. die Verwendung anderer Identifizierungssysteme, sind möglich, werden aber in diesem Dokument nicht behandelt. Dieses Dokument beschreibt eine praktikable Möglichkeit zur Reduzierung und Vermeidung von Variationen und Workarounds, die die Effizienz der automatischen Identifikation und Datenerfassung am Ort der Behandlung verringern und die Sicherheit der Patienten gefährden können. Das vorliegende Dokument legt Identifikatoren für die automatische Identifikation und Datenerfassung fest und ergänzt und ergänzt die Angaben nach ISO/TS 22220 und ISO /TS 27575.</t>
+        </is>
       </c>
       <c r="C637" s="3">
-        <v>38960</v>
+        <v>44316</v>
       </c>
       <c r="D637">
         <v>0</v>
       </c>
     </row>
     <row r="638">
-      <c r="A638" t="s">
-        <v>642</v>
+      <c r="A638" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Automatische Identifikation und Datenerfassungskennzeichnung und -beschriftung - Identifikation von Behandelten und individuellen Anbietern (ISO 18530:2021); Englische Fassung EN ISO 18530:2021</t>
+        </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Das Dokument beschreibt ein zusammenhängendes System von grundsätzlichen Begriffen für Klassifikationsnamen, Klassifikationen und Kodierung für Eigenschaften in der Laboratoriumsmedizin. Das System soll die Nachrichtenverständigung über solche Eigenschaften über Rechner- und Telekommunikationsgeräte erleichtern. Das Dokument revidiert die ENV 1614 von 1995.</t>
+          <t>Dieses Dokument identifiziert die erforderlichen Normen zur Identifizierung und Kennzeichnung des zu Behandelnden und der einzelnen Anbieter von Objekten wie Armbänder, Erkennungsmarken und anderen, um die automatische Datenerfassung auf Datenträgern im Pflege-Lieferprozess zu ermöglichen. Es beschreibt eine eindeutige Identifikation der zu Behandelnden, die auch für andere Zwecke genutzt werden darf, beispielsweise für die Aufzeichnung der Identität des zu Behandelnden in der persönlichen elektronischen Gesundheitsakte. Das vorliegende Dokument dient als Referenz für alle Organisationen, die planen, eine automatische Identifikation und Datenerfassung (AIDC) ihrer Liefer- oder Pflegeprozesses umzusetzen oder zu verbessern. Sie ist im Zusammenhang mit dem GS1-Normensystem anzuwenden. Andere Lösungen, wie z.B. die Verwendung anderer Identifizierungssysteme, sind möglich, werden aber in diesem Dokument nicht behandelt. Dieses Dokument beschreibt eine praktikable Möglichkeit zur Reduzierung und Vermeidung von Variationen und Workarounds, die die Effizienz der automatischen Identifikation und Datenerfassung am Ort der Behandlung verringern und die Sicherheit der Patienten gefährden können. Das vorliegende Dokument legt Identifikatoren für die automatische Identifikation und Datenerfassung fest und ergänzt und ergänzt die Angaben nach ISO/TS 22220 und ISO /TS 27575.</t>
         </is>
       </c>
       <c r="C638" s="3">
-        <v>39051</v>
+        <v>44316</v>
       </c>
       <c r="D638">
         <v>0</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s">
-        <v>642</v>
-[...4 lines deleted...]
-        </is>
+        <v>656</v>
+      </c>
+      <c r="B639" t="s">
+        <v>326</v>
       </c>
       <c r="C639" s="3">
-        <v>39051</v>
+        <v>40329</v>
       </c>
       <c r="D639">
         <v>0</v>
       </c>
     </row>
     <row r="640">
-      <c r="A640" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A640" t="s">
+        <v>656</v>
       </c>
       <c r="B640" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C640" s="3">
-        <v>42855</v>
+        <v>40329</v>
       </c>
       <c r="D640">
         <v>0</v>
       </c>
     </row>
     <row r="641">
-      <c r="A641" t="inlineStr">
-[...5 lines deleted...]
-        <v>322</v>
+      <c r="A641" t="s">
+        <v>657</v>
+      </c>
+      <c r="B641" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm legt ein Begriffssystem für unterschiedliche Aspekte der Pflege im Gesundheitswesen fest. Im Gesundheitswesen geht es im Kern um die Interaktion zwischen der (den) zu pflegenden Person(en) und den Gesundheitsexperten. Zu solchen Interaktionen kommt es im Gesundheitswesen/in klinischen Prozessen, und sie sind der Grund für den Prozessansatz dieser Norm. Um die Darstellung von sowohl klinischen Inhalten als auch klinischem Kontext zu ermöglichen, basiert diese Internationale Norm auf einem generischen Modell klinischer Prozesse und auf umfassenden Konzeptdefinitionen und Konzeptmodellen für die klinischen, verwaltungstechnischen und ressourcenbezogenen Aspekte von Gesundheitsdienstleistungen.</t>
+        </is>
       </c>
       <c r="C641" s="3">
-        <v>42855</v>
+        <v>42551</v>
       </c>
       <c r="D641">
         <v>0</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation: - beschreibt Anforderungen und empfohlene Verfahren, mit deren Hilfe klinisch tätige Ärzte den klinischen Kontext, den Inhalt und die Struktur detaillierter klinischer Modelle erfassen, analysieren und festlegen können; - definiert detaillierte klinische Modelle (DCM) auf der Grundlage eines logischen Modells. Hierbei handelt es sich um logische Modelle klinischer Begriffe, die zur Definition und Strukturierung klinischer Informationen genutzt werden können; - beschreibt Anforderungen an und Grundsätze für DCM, die Spezifikation von Metadaten, Versionierung, Inhalt und Kontext sowie die Spezifikation von und Zusammenhänge zwischen Datenelementen und liefert einen Leitfaden und Beispiele; - legt Grundsätze der Steuerung von DCM fest, um die konzeptionelle Integrität aller DCM-Attribute und die Genauigkeit der logischen Modelle sicherzustellen; - beschreibt die Entwicklung von DCM und die methodischen Grundsätze ihrer Anwendung, die die Erzeugung qualitativ hochwertiger DCM fördern und so Risiken auf ein Mindestmaß verringern und die Patientensicherheit sicherstellen. Diese Technische Spezifikation ist nicht anwendbar auf: - Einzelheiten des Inhalts von Instanzen detaillierter klinischer Modelle. Diese Technische Spezifikation legt z. B. nicht die konkreten Datenelemente der Glasgow-Koma-Skala, Körperhöhe usw. fest (mit Ausnahme einiger Beispiele zur Erläuterung der Abschnitte). Sie enthält jedoch eine Anleitung zur angemessenen Festlegung des klinischen Wissens zur Glasgow-Koma-Skala oder der Körperhöhe, zur ordnungsgemäßen Identifikation, Bezeichnung und Modellierung der Datenelemente für diese klinischen Begriffe sowie zur Zuweisung einmaliger Codes für jedes Datenelement und, sofern möglich, jeden Wertesatz. Mit anderen Worten: sie erläutert die Erzeugung von Instanzen, enthält jedoch nicht die Instanzen selbst; - Spezifikationen der dynamischen Modellierung, z. B. des Arbeitsablaufes; - Spezifikationen zur Modellierung ganzer Domänen oder Aggregate zahlreicher detaillierter klinischer Modelle, wie z. B. vollständige Beurteilungsdokumente oder Entlassungsberichte. Sie legt nicht die Zusammensetzung von DCM fest.</t>
+          <t>Diese Internationale Norm legt ein Begriffssystem für unterschiedliche Aspekte der Pflege im Gesundheitswesen fest. Im Gesundheitswesen geht es im Kern um die Interaktion zwischen der (den) zu pflegenden Person(en) und den Gesundheitsexperten. Zu solchen Interaktionen kommt es im Gesundheitswesen/in klinischen Prozessen, und sie sind der Grund für den Prozessansatz dieser Norm. Um die Darstellung von sowohl klinischen Inhalten als auch klinischem Kontext zu ermöglichen, basiert diese Internationale Norm auf einem generischen Modell klinischer Prozesse und auf umfassenden Konzeptdefinitionen und Konzeptmodellen für die klinischen, verwaltungstechnischen und ressourcenbezogenen Aspekte von Gesundheitsdienstleistungen.</t>
         </is>
       </c>
       <c r="C642" s="3">
-        <v>42429</v>
+        <v>42551</v>
       </c>
       <c r="D642">
         <v>0</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="B643" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C643" s="3">
-        <v>44286</v>
+        <v>42216</v>
       </c>
       <c r="D643">
         <v>0</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s">
-        <v>645</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="B644" t="s">
+        <v>660</v>
       </c>
       <c r="C644" s="3">
-        <v>43921</v>
+        <v>38960</v>
       </c>
       <c r="D644">
         <v>0</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s">
-        <v>646</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="B645" t="s">
+        <v>660</v>
       </c>
       <c r="C645" s="3">
-        <v>44043</v>
+        <v>38960</v>
       </c>
       <c r="D645">
         <v>0</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation (TS) bietet einen Implementierungsleitfaden zur Unterstützung der Nutzung des Datensatzes der internationalen Patienten-Kurzakte im europäischen Kontext. Der Schwerpunkt dieser TS berücksichtigt europäische spezifische Zuständigkeitsanforderungen, Bedürfnisse und Kontexte, die Europa für eine effektive Umsetzung erfüllen muss. Sie adressiert sowohl funktionale als auch nicht-funktionale Anforderungen für den Dataset-Austausch. Im Rahmen der Verwendbarkeit der internationalen Patienten-Kurzakte werden europäische Perspektiven, Richtlinien und Verordnungen kontextualisiert und wertverbessernd hinzugefügt, um die generische Referenzimplementierungen für die Verwendung durch die Mitgliedsstaaten zu erreichen. Die TS wendet den verfeinerten europäischen Interoperabilitätsrahmen (en: refined European Interoperability Framework, ReEIF) an, der rechtliche, organisatorische, semantische und technologische Aspekte für die Interoperabilität beschreibt. Diese Überlegungen unterstreichen die eHealth Network (eHN) -Anleitung für die grenzüberschreitende Versorgung und untermauern den Pflegeprozess. Die TS formalisiert Grundsätze, um die sichere und legitime Nutzung von Daten der Patienten-Kurzakte zu unterstützen und den Schutz für einen effizienten grenzüberschreitenden Datenaustausch innerhalb von Szenarien für eine unplanmäßige Betreuung zu gewährleisten. Diese TS gibt Auswahlkriterien und liefert Beispiele für verschiedene Transportformate und Terminologien, die für den Austausch des Datensatzes der internationalen Patienten-Kurzakte geeignet sind. Compliance, Einsatz und Migration sind ebenfalls enthalten. Die TS unterscheidet zwischen grenzüberschreitenden Anforderungen nur für den Austausch des Datensatzes und diejenigen, die in der Regel innerhalb der nationalen Grenzen gelten.</t>
+          <t>Das Dokument beschreibt ein zusammenhängendes System von grundsätzlichen Begriffen für Klassifikationsnamen, Klassifikationen und Kodierung für Eigenschaften in der Laboratoriumsmedizin. Das System soll die Nachrichtenverständigung über solche Eigenschaften über Rechner- und Telekommunikationsgeräte erleichtern. Das Dokument revidiert die ENV 1614 von 1995.</t>
         </is>
       </c>
       <c r="C646" s="3">
-        <v>44043</v>
+        <v>39051</v>
       </c>
       <c r="D646">
         <v>0</v>
       </c>
     </row>
     <row r="647">
-      <c r="A647" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A647" t="s">
+        <v>661</v>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Im Rahmen der medizinischen Informatik behandelt diese Internationale Norm den Austausch von digitalen Bildern und von Informationen zur Herstellung und Verwaltung dieser Bilder zwischen bildgebenden medizinischen Geräten und Systemen zur Verwaltung und Weitergabe dieser Informationen. Diese Internationale Norm vereinfacht die Interoperabilität bildgebender medizinischer Geräte durch folgende Angaben: - hinsichtlich der Netzwerkkommunikation, eine Reihe von Protokollen, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen; - die Syntax und Semantik von Befehlen sowie die dazugehörigen Informationen, die mit diesen Protokollen ausgetauscht werden können; - hinsichtlich der Medienkommunikation, eine Reihe von Medienspeicherdiensten, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen, sowie ein Dateiformat und eine medizinische Verzeichnisstruktur, um den Zugang zu den Bildern und zugehörigen Informationen, die auf den Austauschmedien gespeichert sind, zu erleichtern; - Informationen, die mit einer Implementierung geliefert werden müssen, für die die Konformität mit dieser Internationalen Norm beansprucht wird. Diese Internationale Norm legt Folgendes nicht fest: - die Details einer Implementierung sämtlicher Merkmale der Norm auf einem Gerät, das Konformität beansprucht; - die ganze Palette von Merkmalen und Funktionen, die von einem System erwartet werden, das durch Vernetzung einer Gruppe von Geräten implementiert wird, die jeweils Konformität mit dieser Internationalen Norm beanspruchen; - ein Prüf /Validierungsverfahren zur Bewertung der Konformität einer Implementierung mit dieser Internationalen Norm. Diese Internationale Norm gilt für den Bereich der medizinischen Informatik. Innerhalb dieses Bereichs behandelt sie den Austausch digitaler Informationen zwischen bildgebenden medizinischen Geräten und anderen Systemen. Weil solche Geräte mit anderen Medizinprodukten und Informationssystemen interagieren dürfen, überschneidet sich der Anwendungsbereich dieser Norm zwangsläufig mit anderen Bereichen der medizinischen Informatik. Diese Internationale Norm behandelt jedoch nicht die gesamte Breite dieses Bereichs. Diese Internationale Norm wurde entwickelt mit Schwerpunkt auf der diagnostischen medizinischen Bildgebung, wie sie in der Radiologie, Kardiologie, Pathologie, Zahnheilkunde, Augenheilkunde und verwandten Fachbereichen praktiziert wird, und auf mit Bildgebung zusammenhängenden Behandlungsmethoden, wie beispielsweise der interventionellen Radiologie, Strahlentherapie und Chirurgie. Sie ist jedoch auch auf ein breites Spektrum von bildbezogenen und nicht bildbezogenen Informationen anwendbar, die im klinischen Umfeld sowie in Forschungs , tierärztlichen und anderen medizinischen Bereichen ausgetauscht werden. Diese Internationale Norm erleichtert die Interoperabilität von Systemen, die Kompatibilität in einer herstellerneutralen Umgebung beanspruchen, garantiert aber selbst keine Interoperabilität.</t>
+          <t>Das Dokument beschreibt ein zusammenhängendes System von grundsätzlichen Begriffen für Klassifikationsnamen, Klassifikationen und Kodierung für Eigenschaften in der Laboratoriumsmedizin. Das System soll die Nachrichtenverständigung über solche Eigenschaften über Rechner- und Telekommunikationsgeräte erleichtern. Das Dokument revidiert die ENV 1614 von 1995.</t>
         </is>
       </c>
       <c r="C647" s="3">
-        <v>43069</v>
+        <v>39051</v>
       </c>
       <c r="D647">
         <v>0</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Digitale Bildverarbeitung und Kommunikation in der Medizin (DICOM) inklusive Workflow und Datenmanagement (ISO 12052:2017); Englische Fassung EN ISO 12052:2017</t>
-[...5 lines deleted...]
-        </is>
+          <t>Medizinische Informatik - Datenelemente und ihre Metadaten zur Beschreibung strukturierter medizinischer Genom-Sequenzinformationen in elektronischen Gesundheitsakten</t>
+        </is>
+      </c>
+      <c r="B648" t="s">
+        <v>326</v>
       </c>
       <c r="C648" s="3">
-        <v>43069</v>
+        <v>42855</v>
       </c>
       <c r="D648">
         <v>0</v>
       </c>
     </row>
     <row r="649">
-      <c r="A649" t="s">
-        <v>647</v>
+      <c r="A649" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Datenelemente und ihre Metadaten zur Beschreibung strukturierter medizinischer Genom-Sequenzinformationen in elektronischen Gesundheitsakten</t>
+        </is>
       </c>
       <c r="B649" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C649" s="3">
-        <v>41943</v>
+        <v>42855</v>
       </c>
       <c r="D649">
         <v>0</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt eine Reihe von begrifflichen Grundformen und semantischen Beziehungen fest, die für eine eindeutige Darstellung expliziter Zeitangaben in der Gesundheitsinformatik benötigt werden. Dieses Dokument führt keine spezifische Ontologie der Zeit ein oder erzwingt sie, noch erzwingt es die Verwendung eines festen Repräsentationsschemas für eine solche Ontologie. Vielmehr stellt dieses Dokument eine Reihe von Grundsätzen für die syntaktische und semantische Darstellung bereit, die die Vergleichbarkeit von bestimmten Ontologien über die Zeit und den Austausch von konkreten zeitbezogenen Informationen ermöglichen. Dieses Dokument gilt sowohl für die Darstellung tatsächlicher Vorkommnisse in der realen Welt (z. B. Registrierungen in medizinischen Unterlagen) als auch für die Beschreibung von Konzepten (z. B. medizinische Wissensdatenbanken).</t>
+          <t>Diese Technische Spezifikation: - beschreibt Anforderungen und empfohlene Verfahren, mit deren Hilfe klinisch tätige Ärzte den klinischen Kontext, den Inhalt und die Struktur detaillierter klinischer Modelle erfassen, analysieren und festlegen können; - definiert detaillierte klinische Modelle (DCM) auf der Grundlage eines logischen Modells. Hierbei handelt es sich um logische Modelle klinischer Begriffe, die zur Definition und Strukturierung klinischer Informationen genutzt werden können; - beschreibt Anforderungen an und Grundsätze für DCM, die Spezifikation von Metadaten, Versionierung, Inhalt und Kontext sowie die Spezifikation von und Zusammenhänge zwischen Datenelementen und liefert einen Leitfaden und Beispiele; - legt Grundsätze der Steuerung von DCM fest, um die konzeptionelle Integrität aller DCM-Attribute und die Genauigkeit der logischen Modelle sicherzustellen; - beschreibt die Entwicklung von DCM und die methodischen Grundsätze ihrer Anwendung, die die Erzeugung qualitativ hochwertiger DCM fördern und so Risiken auf ein Mindestmaß verringern und die Patientensicherheit sicherstellen. Diese Technische Spezifikation ist nicht anwendbar auf: - Einzelheiten des Inhalts von Instanzen detaillierter klinischer Modelle. Diese Technische Spezifikation legt z. B. nicht die konkreten Datenelemente der Glasgow-Koma-Skala, Körperhöhe usw. fest (mit Ausnahme einiger Beispiele zur Erläuterung der Abschnitte). Sie enthält jedoch eine Anleitung zur angemessenen Festlegung des klinischen Wissens zur Glasgow-Koma-Skala oder der Körperhöhe, zur ordnungsgemäßen Identifikation, Bezeichnung und Modellierung der Datenelemente für diese klinischen Begriffe sowie zur Zuweisung einmaliger Codes für jedes Datenelement und, sofern möglich, jeden Wertesatz. Mit anderen Worten: sie erläutert die Erzeugung von Instanzen, enthält jedoch nicht die Instanzen selbst; - Spezifikationen der dynamischen Modellierung, z. B. des Arbeitsablaufes; - Spezifikationen zur Modellierung ganzer Domänen oder Aggregate zahlreicher detaillierter klinischer Modelle, wie z. B. vollständige Beurteilungsdokumente oder Entlassungsberichte. Sie legt nicht die Zusammensetzung von DCM fest.</t>
         </is>
       </c>
       <c r="C650" s="3">
-        <v>43799</v>
+        <v>42429</v>
       </c>
       <c r="D650">
         <v>0</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s">
-        <v>648</v>
-[...4 lines deleted...]
-        </is>
+        <v>663</v>
+      </c>
+      <c r="B651" t="s">
+        <v>326</v>
       </c>
       <c r="C651" s="3">
-        <v>43799</v>
+        <v>44286</v>
       </c>
       <c r="D651">
         <v>0</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt ein Modell für die Beschreibung von funktionalen und strukturellen Rollen fest und füllt dieses mit einem Basissatz von Rollen für den internationalen Einsatz für Anwendungen im Gesundheitswesen. Rollen werden in der Regel Entitäten, die Akteure sind, zugeordnet. Dies wird auf Rollen von Personen (z. B. die Rollen der Heilberufe) und ihre Rollen im Rahmen der Erbringung von Pflege (z. B. Behandelter) fokussiert. Rollen können struktureller (z. B. lizenzierter Arzt, nicht-lizenzierte Schreibkraft) oder funktioneller (z. B. Anbieter, der ein Mitglied eines therapeutischen Teams ist, behandelnder Arzt, verschreibender Arzt) Art sein. Strukturelle Rollen sind relativ statisch, oft über viele Jahre hinweg. Sie beschäftigen sich mit Beziehungen zwischen Entitäten, die auf einem Niveau von komplexen Konzepten ausgedrückt werden. Funktionelle Rollen sind an der Realisierung von Maßnahmen ausgerichtet und daher sehr dynamisch. Sie werden normalerweise in einem aufteilbaren Niveau durch feingliedrige Konzepte ausgedrückt. Die Rollenkonzepte, die in diesem Standard festgelegt sind, werden in vielen internationalen Standards erstellt, z. B. durch ISO, CEN, HL7 International, wiederverwendet bzw. es wird auf diese verwiesen. Beispiele sind ISO 22600 "Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung", HL7 International "HL7 Healthcare privacy and security classification system (HCS)", HL7 International "HL7 Security and privacy ontology", HL7 International "The HL7 RBAC Healthcare Permission Catalog" oder HL7 International "HL7 Composite security and privacy domain analysis model DSTU". Rollen, die in dieser internationalen Norm behandelt werden, sind nicht auf Zwecke des Privilegienmanagements beschränkt, obwohl die Rechteverwaltung und Zugriffskontrolle eine der Anwendungen dieser internationalen Norm ist. Diese Norm bezieht sich nicht auf Spezifikationen, die sich auf Berechtigungen beziehen. Dieses Dokument behandelt die Rolle und die Berechtigung als separate Konstrukte. Weitere Details über die Beziehungen zwischen Berechtigungen, Policies und Zugriffskontrollen sind in der ISO 22600 beschrieben.</t>
+          <t>Diese Norm formalisiert den Datensatz, der erforderlich ist, um Informationen über den medizinischen Hintergrund und die Geschichte eines Patienten aus dem Heimatland des Patienten mit einem medizinischen Fachpersonal in einem anderen Land zu teilen, in dem eine ungeplante Behandlung erforderlich ist. Sie nutzt die europäischen Richtlinien (Version 2, November 2016) als offizielle Quelle für die Anforderungen. Der Anwendungsbereich der Norm "Die Patienten-Kurzakte für ungeplante, grenzüberschreitende Pflege" ist von internationaler Bedeutung. Diese Norm ergänzt daher koordinierte internationale Bemühungen, um eine interoperable Datensatzspezifikation zu schaffen und deren Nützlichkeit und Wert zu maximieren. Der Datensatz ist minimal und nicht erschöpfend und bietet einen robusten, klar definierten Satz von Dingen, die spezialistisch-agnostisch, zustandsunabhängig und von allen Klinikern für die außerplanmäßige Betreuung einer Person verwendbar sind. Der Datensatz wird auch als wertvolle Teilmenge von Daten für die geplante Pflege verwendbar sein. Der Datensatz ermöglicht eine grenzüberschreitende Anwendung und unterstützt die nationale Kommunikation der Daten einer Patienten-Kurzakte und bietet damit eine größere Anwendbarkeit und einen größeren Nutzen der Norm für die Kontinuität der Betreuung einer bedürftigen Person. Diese internationale Norm umfasst nicht die Workflow-Prozesse der Dateneingabe, der Datenerfassung, der Datenzusammenfassung und der nachfolgenden Datenpräsentation. Die Implementierungsleitfäden für spezifisch europäische Belange, z. B. Richtlinien, Terminologien, Formate, werden in der zugehörigen Technischen Spezifikation festgelegt.</t>
         </is>
       </c>
       <c r="C652" s="3">
-        <v>42916</v>
+        <v>43921</v>
       </c>
       <c r="D652">
         <v>0</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s">
-        <v>649</v>
+        <v>665</v>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt ein Modell für die Beschreibung von funktionalen und strukturellen Rollen fest und füllt dieses mit einem Basissatz von Rollen für den internationalen Einsatz für Anwendungen im Gesundheitswesen. Rollen werden in der Regel Entitäten, die Akteure sind, zugeordnet. Dies wird auf Rollen von Personen (z. B. die Rollen der Heilberufe) und ihre Rollen im Rahmen der Erbringung von Pflege (z. B. Behandelter) fokussiert. Rollen können struktureller (z. B. lizenzierter Arzt, nicht-lizenzierte Schreibkraft) oder funktioneller (z. B. Anbieter, der ein Mitglied eines therapeutischen Teams ist, behandelnder Arzt, verschreibender Arzt) Art sein. Strukturelle Rollen sind relativ statisch, oft über viele Jahre hinweg. Sie beschäftigen sich mit Beziehungen zwischen Entitäten, die auf einem Niveau von komplexen Konzepten ausgedrückt werden. Funktionelle Rollen sind an der Realisierung von Maßnahmen ausgerichtet und daher sehr dynamisch. Sie werden normalerweise in einem aufteilbaren Niveau durch feingliedrige Konzepte ausgedrückt. Die Rollenkonzepte, die in diesem Standard festgelegt sind, werden in vielen internationalen Standards erstellt, z. B. durch ISO, CEN, HL7 International, wiederverwendet bzw. es wird auf diese verwiesen. Beispiele sind ISO 22600 "Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung", HL7 International "HL7 Healthcare privacy and security classification system (HCS)", HL7 International "HL7 Security and privacy ontology", HL7 International "The HL7 RBAC Healthcare Permission Catalog" oder HL7 International "HL7 Composite security and privacy domain analysis model DSTU". Rollen, die in dieser internationalen Norm behandelt werden, sind nicht auf Zwecke des Privilegienmanagements beschränkt, obwohl die Rechteverwaltung und Zugriffskontrolle eine der Anwendungen dieser internationalen Norm ist. Diese Norm bezieht sich nicht auf Spezifikationen, die sich auf Berechtigungen beziehen. Dieses Dokument behandelt die Rolle und die Berechtigung als separate Konstrukte. Weitere Details über die Beziehungen zwischen Berechtigungen, Policies und Zugriffskontrollen sind in der ISO 22600 beschrieben.</t>
+          <t>Diese Technische Spezifikation (TS) bietet einen Implementierungsleitfaden zur Unterstützung der Nutzung des Datensatzes der internationalen Patienten-Kurzakte im europäischen Kontext. Der Schwerpunkt dieser TS berücksichtigt europäische spezifische Zuständigkeitsanforderungen, Bedürfnisse und Kontexte, die Europa für eine effektive Umsetzung erfüllen muss. Sie adressiert sowohl funktionale als auch nicht-funktionale Anforderungen für den Dataset-Austausch. Im Rahmen der Verwendbarkeit der internationalen Patienten-Kurzakte werden europäische Perspektiven, Richtlinien und Verordnungen kontextualisiert und wertverbessernd hinzugefügt, um die generische Referenzimplementierungen für die Verwendung durch die Mitgliedsstaaten zu erreichen. Die TS wendet den verfeinerten europäischen Interoperabilitätsrahmen (en: refined European Interoperability Framework, ReEIF) an, der rechtliche, organisatorische, semantische und technologische Aspekte für die Interoperabilität beschreibt. Diese Überlegungen unterstreichen die eHealth Network (eHN) -Anleitung für die grenzüberschreitende Versorgung und untermauern den Pflegeprozess. Die TS formalisiert Grundsätze, um die sichere und legitime Nutzung von Daten der Patienten-Kurzakte zu unterstützen und den Schutz für einen effizienten grenzüberschreitenden Datenaustausch innerhalb von Szenarien für eine unplanmäßige Betreuung zu gewährleisten. Diese TS gibt Auswahlkriterien und liefert Beispiele für verschiedene Transportformate und Terminologien, die für den Austausch des Datensatzes der internationalen Patienten-Kurzakte geeignet sind. Compliance, Einsatz und Migration sind ebenfalls enthalten. Die TS unterscheidet zwischen grenzüberschreitenden Anforderungen nur für den Austausch des Datensatzes und diejenigen, die in der Regel innerhalb der nationalen Grenzen gelten.</t>
         </is>
       </c>
       <c r="C653" s="3">
-        <v>42916</v>
+        <v>44043</v>
       </c>
       <c r="D653">
         <v>0</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>665</v>
+      </c>
+      <c r="B654" t="inlineStr">
+        <is>
+          <t>Diese Technische Spezifikation (TS) bietet einen Implementierungsleitfaden zur Unterstützung der Nutzung des Datensatzes der internationalen Patienten-Kurzakte im europäischen Kontext. Der Schwerpunkt dieser TS berücksichtigt europäische spezifische Zuständigkeitsanforderungen, Bedürfnisse und Kontexte, die Europa für eine effektive Umsetzung erfüllen muss. Sie adressiert sowohl funktionale als auch nicht-funktionale Anforderungen für den Dataset-Austausch. Im Rahmen der Verwendbarkeit der internationalen Patienten-Kurzakte werden europäische Perspektiven, Richtlinien und Verordnungen kontextualisiert und wertverbessernd hinzugefügt, um die generische Referenzimplementierungen für die Verwendung durch die Mitgliedsstaaten zu erreichen. Die TS wendet den verfeinerten europäischen Interoperabilitätsrahmen (en: refined European Interoperability Framework, ReEIF) an, der rechtliche, organisatorische, semantische und technologische Aspekte für die Interoperabilität beschreibt. Diese Überlegungen unterstreichen die eHealth Network (eHN) -Anleitung für die grenzüberschreitende Versorgung und untermauern den Pflegeprozess. Die TS formalisiert Grundsätze, um die sichere und legitime Nutzung von Daten der Patienten-Kurzakte zu unterstützen und den Schutz für einen effizienten grenzüberschreitenden Datenaustausch innerhalb von Szenarien für eine unplanmäßige Betreuung zu gewährleisten. Diese TS gibt Auswahlkriterien und liefert Beispiele für verschiedene Transportformate und Terminologien, die für den Austausch des Datensatzes der internationalen Patienten-Kurzakte geeignet sind. Compliance, Einsatz und Migration sind ebenfalls enthalten. Die TS unterscheidet zwischen grenzüberschreitenden Anforderungen nur für den Austausch des Datensatzes und diejenigen, die in der Regel innerhalb der nationalen Grenzen gelten.</t>
+        </is>
       </c>
       <c r="C654" s="3">
-        <v>42338</v>
+        <v>44043</v>
       </c>
       <c r="D654">
         <v>0</v>
       </c>
     </row>
     <row r="655">
-      <c r="A655" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A655" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Digitale Bildverarbeitung und Kommunikation in der Medizin (DICOM) inklusive Workflow und Datenmanagement (ISO 12052:2017); Englische Fassung EN ISO 12052:2017</t>
+        </is>
+      </c>
+      <c r="B655" t="inlineStr">
+        <is>
+          <t>Im Rahmen der medizinischen Informatik behandelt diese Internationale Norm den Austausch von digitalen Bildern und von Informationen zur Herstellung und Verwaltung dieser Bilder zwischen bildgebenden medizinischen Geräten und Systemen zur Verwaltung und Weitergabe dieser Informationen. Diese Internationale Norm vereinfacht die Interoperabilität bildgebender medizinischer Geräte durch folgende Angaben: - hinsichtlich der Netzwerkkommunikation, eine Reihe von Protokollen, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen; - die Syntax und Semantik von Befehlen sowie die dazugehörigen Informationen, die mit diesen Protokollen ausgetauscht werden können; - hinsichtlich der Medienkommunikation, eine Reihe von Medienspeicherdiensten, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen, sowie ein Dateiformat und eine medizinische Verzeichnisstruktur, um den Zugang zu den Bildern und zugehörigen Informationen, die auf den Austauschmedien gespeichert sind, zu erleichtern; - Informationen, die mit einer Implementierung geliefert werden müssen, für die die Konformität mit dieser Internationalen Norm beansprucht wird. Diese Internationale Norm legt Folgendes nicht fest: - die Details einer Implementierung sämtlicher Merkmale der Norm auf einem Gerät, das Konformität beansprucht; - die ganze Palette von Merkmalen und Funktionen, die von einem System erwartet werden, das durch Vernetzung einer Gruppe von Geräten implementiert wird, die jeweils Konformität mit dieser Internationalen Norm beanspruchen; - ein Prüf /Validierungsverfahren zur Bewertung der Konformität einer Implementierung mit dieser Internationalen Norm. Diese Internationale Norm gilt für den Bereich der medizinischen Informatik. Innerhalb dieses Bereichs behandelt sie den Austausch digitaler Informationen zwischen bildgebenden medizinischen Geräten und anderen Systemen. Weil solche Geräte mit anderen Medizinprodukten und Informationssystemen interagieren dürfen, überschneidet sich der Anwendungsbereich dieser Norm zwangsläufig mit anderen Bereichen der medizinischen Informatik. Diese Internationale Norm behandelt jedoch nicht die gesamte Breite dieses Bereichs. Diese Internationale Norm wurde entwickelt mit Schwerpunkt auf der diagnostischen medizinischen Bildgebung, wie sie in der Radiologie, Kardiologie, Pathologie, Zahnheilkunde, Augenheilkunde und verwandten Fachbereichen praktiziert wird, und auf mit Bildgebung zusammenhängenden Behandlungsmethoden, wie beispielsweise der interventionellen Radiologie, Strahlentherapie und Chirurgie. Sie ist jedoch auch auf ein breites Spektrum von bildbezogenen und nicht bildbezogenen Informationen anwendbar, die im klinischen Umfeld sowie in Forschungs , tierärztlichen und anderen medizinischen Bereichen ausgetauscht werden. Diese Internationale Norm erleichtert die Interoperabilität von Systemen, die Kompatibilität in einer herstellerneutralen Umgebung beanspruchen, garantiert aber selbst keine Interoperabilität.</t>
+        </is>
       </c>
       <c r="C655" s="3">
-        <v>42338</v>
+        <v>43069</v>
       </c>
       <c r="D655">
         <v>0</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 10101: Kommunikation patientennaher medizinischer Geräte - Nomenklatur (ISO/IEEE 11073-10101:2020); Englische Fassung EN ISO 11073-10101:2020, nur auf CD-ROM</t>
+          <t>Medizinische Informatik - Digitale Bildverarbeitung und Kommunikation in der Medizin (DICOM) inklusive Workflow und Datenmanagement (ISO 12052:2017); Englische Fassung EN ISO 12052:2017</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" eine einheitliche Nomenklatur zur Verfügung gestellt.</t>
+          <t>Im Rahmen der medizinischen Informatik behandelt diese Internationale Norm den Austausch von digitalen Bildern und von Informationen zur Herstellung und Verwaltung dieser Bilder zwischen bildgebenden medizinischen Geräten und Systemen zur Verwaltung und Weitergabe dieser Informationen. Diese Internationale Norm vereinfacht die Interoperabilität bildgebender medizinischer Geräte durch folgende Angaben: - hinsichtlich der Netzwerkkommunikation, eine Reihe von Protokollen, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen; - die Syntax und Semantik von Befehlen sowie die dazugehörigen Informationen, die mit diesen Protokollen ausgetauscht werden können; - hinsichtlich der Medienkommunikation, eine Reihe von Medienspeicherdiensten, die von denjenigen Geräten zu unterstützen sind, die Konformität mit der Norm beanspruchen, sowie ein Dateiformat und eine medizinische Verzeichnisstruktur, um den Zugang zu den Bildern und zugehörigen Informationen, die auf den Austauschmedien gespeichert sind, zu erleichtern; - Informationen, die mit einer Implementierung geliefert werden müssen, für die die Konformität mit dieser Internationalen Norm beansprucht wird. Diese Internationale Norm legt Folgendes nicht fest: - die Details einer Implementierung sämtlicher Merkmale der Norm auf einem Gerät, das Konformität beansprucht; - die ganze Palette von Merkmalen und Funktionen, die von einem System erwartet werden, das durch Vernetzung einer Gruppe von Geräten implementiert wird, die jeweils Konformität mit dieser Internationalen Norm beanspruchen; - ein Prüf /Validierungsverfahren zur Bewertung der Konformität einer Implementierung mit dieser Internationalen Norm. Diese Internationale Norm gilt für den Bereich der medizinischen Informatik. Innerhalb dieses Bereichs behandelt sie den Austausch digitaler Informationen zwischen bildgebenden medizinischen Geräten und anderen Systemen. Weil solche Geräte mit anderen Medizinprodukten und Informationssystemen interagieren dürfen, überschneidet sich der Anwendungsbereich dieser Norm zwangsläufig mit anderen Bereichen der medizinischen Informatik. Diese Internationale Norm behandelt jedoch nicht die gesamte Breite dieses Bereichs. Diese Internationale Norm wurde entwickelt mit Schwerpunkt auf der diagnostischen medizinischen Bildgebung, wie sie in der Radiologie, Kardiologie, Pathologie, Zahnheilkunde, Augenheilkunde und verwandten Fachbereichen praktiziert wird, und auf mit Bildgebung zusammenhängenden Behandlungsmethoden, wie beispielsweise der interventionellen Radiologie, Strahlentherapie und Chirurgie. Sie ist jedoch auch auf ein breites Spektrum von bildbezogenen und nicht bildbezogenen Informationen anwendbar, die im klinischen Umfeld sowie in Forschungs , tierärztlichen und anderen medizinischen Bereichen ausgetauscht werden. Diese Internationale Norm erleichtert die Interoperabilität von Systemen, die Kompatibilität in einer herstellerneutralen Umgebung beanspruchen, garantiert aber selbst keine Interoperabilität.</t>
         </is>
       </c>
       <c r="C656" s="3">
-        <v>44196</v>
+        <v>43069</v>
       </c>
       <c r="D656">
         <v>0</v>
       </c>
     </row>
     <row r="657">
-      <c r="A657" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A657" t="s">
+        <v>666</v>
+      </c>
+      <c r="B657" t="s">
+        <v>326</v>
       </c>
       <c r="C657" s="3">
-        <v>44196</v>
+        <v>41943</v>
       </c>
       <c r="D657">
         <v>0</v>
       </c>
     </row>
     <row r="658">
-      <c r="A658" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A658" t="s">
+        <v>667</v>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein einheitliches Modell und eine methodologische Grundlage für die Entwicklung aller weiteren Spezialisierungen und Anwendungsnormen dieser Reihe festgelegt.</t>
+          <t>Dieses Dokument legt eine Reihe von begrifflichen Grundformen und semantischen Beziehungen fest, die für eine eindeutige Darstellung expliziter Zeitangaben in der Gesundheitsinformatik benötigt werden. Dieses Dokument führt keine spezifische Ontologie der Zeit ein oder erzwingt sie, noch erzwingt es die Verwendung eines festen Repräsentationsschemas für eine solche Ontologie. Vielmehr stellt dieses Dokument eine Reihe von Grundsätzen für die syntaktische und semantische Darstellung bereit, die die Vergleichbarkeit von bestimmten Ontologien über die Zeit und den Austausch von konkreten zeitbezogenen Informationen ermöglichen. Dieses Dokument gilt sowohl für die Darstellung tatsächlicher Vorkommnisse in der realen Welt (z. B. Registrierungen in medizinischen Unterlagen) als auch für die Beschreibung von Konzepten (z. B. medizinische Wissensdatenbanken).</t>
         </is>
       </c>
       <c r="C658" s="3">
-        <v>44074</v>
+        <v>43799</v>
       </c>
       <c r="D658">
         <v>0</v>
       </c>
     </row>
     <row r="659">
-      <c r="A659" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A659" t="s">
+        <v>667</v>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein einheitliches Modell und eine methodologische Grundlage für die Entwicklung aller weiteren Spezialisierungen und Anwendungsnormen dieser Reihe festgelegt.</t>
+          <t>Dieses Dokument legt eine Reihe von begrifflichen Grundformen und semantischen Beziehungen fest, die für eine eindeutige Darstellung expliziter Zeitangaben in der Gesundheitsinformatik benötigt werden. Dieses Dokument führt keine spezifische Ontologie der Zeit ein oder erzwingt sie, noch erzwingt es die Verwendung eines festen Repräsentationsschemas für eine solche Ontologie. Vielmehr stellt dieses Dokument eine Reihe von Grundsätzen für die syntaktische und semantische Darstellung bereit, die die Vergleichbarkeit von bestimmten Ontologien über die Zeit und den Austausch von konkreten zeitbezogenen Informationen ermöglichen. Dieses Dokument gilt sowohl für die Darstellung tatsächlicher Vorkommnisse in der realen Welt (z. B. Registrierungen in medizinischen Unterlagen) als auch für die Beschreibung von Konzepten (z. B. medizinische Wissensdatenbanken).</t>
         </is>
       </c>
       <c r="C659" s="3">
-        <v>44074</v>
+        <v>43799</v>
       </c>
       <c r="D659">
         <v>0</v>
       </c>
     </row>
     <row r="660">
-      <c r="A660" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A660" t="s">
+        <v>668</v>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Der Anwendungsbereich dieses Standards legt eine Service-orientierte Medizinproduktarchitektur und Kommunikationsprotokollspezifikation für verteilte Point-of-Care-Medizinprodukte (PoC) und medizinische IT-Systeme fest, die Daten austauschen oder vernetzte PoC-Medizinprodukte sicher steuern müssen. Das Dokument identifiziert die funktionalen Komponenten, ihre Kommunikationsbeziehungen sowie die Verbindung der Komponenten und Kommunikationsbeziehungen zu den Protokollspezifikationen.</t>
+          <t>Diese Internationale Norm legt ein Modell für die Beschreibung von funktionalen und strukturellen Rollen fest und füllt dieses mit einem Basissatz von Rollen für den internationalen Einsatz für Anwendungen im Gesundheitswesen. Rollen werden in der Regel Entitäten, die Akteure sind, zugeordnet. Dies wird auf Rollen von Personen (z. B. die Rollen der Heilberufe) und ihre Rollen im Rahmen der Erbringung von Pflege (z. B. Behandelter) fokussiert. Rollen können struktureller (z. B. lizenzierter Arzt, nicht-lizenzierte Schreibkraft) oder funktioneller (z. B. Anbieter, der ein Mitglied eines therapeutischen Teams ist, behandelnder Arzt, verschreibender Arzt) Art sein. Strukturelle Rollen sind relativ statisch, oft über viele Jahre hinweg. Sie beschäftigen sich mit Beziehungen zwischen Entitäten, die auf einem Niveau von komplexen Konzepten ausgedrückt werden. Funktionelle Rollen sind an der Realisierung von Maßnahmen ausgerichtet und daher sehr dynamisch. Sie werden normalerweise in einem aufteilbaren Niveau durch feingliedrige Konzepte ausgedrückt. Die Rollenkonzepte, die in diesem Standard festgelegt sind, werden in vielen internationalen Standards erstellt, z. B. durch ISO, CEN, HL7 International, wiederverwendet bzw. es wird auf diese verwiesen. Beispiele sind ISO 22600 "Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung", HL7 International "HL7 Healthcare privacy and security classification system (HCS)", HL7 International "HL7 Security and privacy ontology", HL7 International "The HL7 RBAC Healthcare Permission Catalog" oder HL7 International "HL7 Composite security and privacy domain analysis model DSTU". Rollen, die in dieser internationalen Norm behandelt werden, sind nicht auf Zwecke des Privilegienmanagements beschränkt, obwohl die Rechteverwaltung und Zugriffskontrolle eine der Anwendungen dieser internationalen Norm ist. Diese Norm bezieht sich nicht auf Spezifikationen, die sich auf Berechtigungen beziehen. Dieses Dokument behandelt die Rolle und die Berechtigung als separate Konstrukte. Weitere Details über die Beziehungen zwischen Berechtigungen, Policies und Zugriffskontrollen sind in der ISO 22600 beschrieben.</t>
         </is>
       </c>
       <c r="C660" s="3">
-        <v>44012</v>
+        <v>42916</v>
       </c>
       <c r="D660">
         <v>0</v>
       </c>
     </row>
     <row r="661">
-      <c r="A661" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A661" t="s">
+        <v>668</v>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>Der Anwendungsbereich dieses Standards legt eine Service-orientierte Medizinproduktarchitektur und Kommunikationsprotokollspezifikation für verteilte Point-of-Care-Medizinprodukte (PoC) und medizinische IT-Systeme fest, die Daten austauschen oder vernetzte PoC-Medizinprodukte sicher steuern müssen. Das Dokument identifiziert die funktionalen Komponenten, ihre Kommunikationsbeziehungen sowie die Verbindung der Komponenten und Kommunikationsbeziehungen zu den Protokollspezifikationen.</t>
+          <t>Diese Internationale Norm legt ein Modell für die Beschreibung von funktionalen und strukturellen Rollen fest und füllt dieses mit einem Basissatz von Rollen für den internationalen Einsatz für Anwendungen im Gesundheitswesen. Rollen werden in der Regel Entitäten, die Akteure sind, zugeordnet. Dies wird auf Rollen von Personen (z. B. die Rollen der Heilberufe) und ihre Rollen im Rahmen der Erbringung von Pflege (z. B. Behandelter) fokussiert. Rollen können struktureller (z. B. lizenzierter Arzt, nicht-lizenzierte Schreibkraft) oder funktioneller (z. B. Anbieter, der ein Mitglied eines therapeutischen Teams ist, behandelnder Arzt, verschreibender Arzt) Art sein. Strukturelle Rollen sind relativ statisch, oft über viele Jahre hinweg. Sie beschäftigen sich mit Beziehungen zwischen Entitäten, die auf einem Niveau von komplexen Konzepten ausgedrückt werden. Funktionelle Rollen sind an der Realisierung von Maßnahmen ausgerichtet und daher sehr dynamisch. Sie werden normalerweise in einem aufteilbaren Niveau durch feingliedrige Konzepte ausgedrückt. Die Rollenkonzepte, die in diesem Standard festgelegt sind, werden in vielen internationalen Standards erstellt, z. B. durch ISO, CEN, HL7 International, wiederverwendet bzw. es wird auf diese verwiesen. Beispiele sind ISO 22600 "Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung", HL7 International "HL7 Healthcare privacy and security classification system (HCS)", HL7 International "HL7 Security and privacy ontology", HL7 International "The HL7 RBAC Healthcare Permission Catalog" oder HL7 International "HL7 Composite security and privacy domain analysis model DSTU". Rollen, die in dieser internationalen Norm behandelt werden, sind nicht auf Zwecke des Privilegienmanagements beschränkt, obwohl die Rechteverwaltung und Zugriffskontrolle eine der Anwendungen dieser internationalen Norm ist. Diese Norm bezieht sich nicht auf Spezifikationen, die sich auf Berechtigungen beziehen. Dieses Dokument behandelt die Rolle und die Berechtigung als separate Konstrukte. Weitere Details über die Beziehungen zwischen Berechtigungen, Policies und Zugriffskontrollen sind in der ISO 22600 beschrieben.</t>
         </is>
       </c>
       <c r="C661" s="3">
-        <v>44012</v>
+        <v>42916</v>
       </c>
       <c r="D661">
         <v>0</v>
       </c>
     </row>
     <row r="662">
-      <c r="A662" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A662" t="s">
+        <v>669</v>
+      </c>
+      <c r="B662" t="s">
+        <v>326</v>
       </c>
       <c r="C662" s="3">
-        <v>42643</v>
+        <v>42338</v>
       </c>
       <c r="D662">
         <v>0</v>
       </c>
     </row>
     <row r="663">
-      <c r="A663" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A663" t="s">
+        <v>669</v>
+      </c>
+      <c r="B663" t="s">
+        <v>326</v>
       </c>
       <c r="C663" s="3">
-        <v>42643</v>
+        <v>42338</v>
       </c>
       <c r="D663">
         <v>0</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Harmonisierte Datentypen für den Datenaustausch im Gesundheitswesen (ISO 21090:2011); Englische Fassung EN ISO 21090:2011, nur auf CD-ROM</t>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 10101: Kommunikation patientennaher medizinischer Geräte - Nomenklatur (ISO/IEEE 11073-10101:2020); Englische Fassung EN ISO 11073-10101:2020, nur auf CD-ROM</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm beschreibt einen Satz von Datentypen, der im Gesundheitswesen üblich ist, um den Informationsaustausch im Gesundheitswesen zu unterstützen.</t>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" eine einheitliche Nomenklatur zur Verfügung gestellt.</t>
         </is>
       </c>
       <c r="C664" s="3">
-        <v>40694</v>
+        <v>44196</v>
       </c>
       <c r="D664">
         <v>0</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Harmonisierte Datentypen für den Datenaustausch im Gesundheitswesen (ISO 21090:2011); Englische Fassung EN ISO 21090:2011, nur auf CD-ROM</t>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 10101: Kommunikation patientennaher medizinischer Geräte - Nomenklatur (ISO/IEEE 11073-10101:2020); Englische Fassung EN ISO 11073-10101:2020, nur auf CD-ROM</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm beschreibt einen Satz von Datentypen, der im Gesundheitswesen üblich ist, um den Informationsaustausch im Gesundheitswesen zu unterstützen.</t>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" eine einheitliche Nomenklatur zur Verfügung gestellt.</t>
         </is>
       </c>
       <c r="C665" s="3">
-        <v>40694</v>
+        <v>44196</v>
       </c>
       <c r="D665">
         <v>0</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - HL 7 Funktionales Modell für ein elektronisches Gesundheitsaktensystem (EHRS FM), Ausgabe 2 (ISO 10781:2015); Englische Fassung EN ISO 10781:2015</t>
-[...3 lines deleted...]
-        <v>651</v>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 10201: Kommunikation patientennaher medizinischer Geräte - Bereichs-Informationsmodell (ISO/IEEE 11073-10201:2020); Englische Fassung EN ISO 11073-10201:2020</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein einheitliches Modell und eine methodologische Grundlage für die Entwicklung aller weiteren Spezialisierungen und Anwendungsnormen dieser Reihe festgelegt.</t>
+        </is>
       </c>
       <c r="C666" s="3">
-        <v>42338</v>
+        <v>44074</v>
       </c>
       <c r="D666">
         <v>0</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - HL 7 Funktionales Modell für ein elektronisches Gesundheitsaktensystem (EHRS FM), Ausgabe 2 (ISO 10781:2015); Englische Fassung EN ISO 10781:2015</t>
-[...3 lines deleted...]
-        <v>651</v>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 10201: Kommunikation patientennaher medizinischer Geräte - Bereichs-Informationsmodell (ISO/IEEE 11073-10201:2020); Englische Fassung EN ISO 11073-10201:2020</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein einheitliches Modell und eine methodologische Grundlage für die Entwicklung aller weiteren Spezialisierungen und Anwendungsnormen dieser Reihe festgelegt.</t>
+        </is>
       </c>
       <c r="C667" s="3">
-        <v>42338</v>
+        <v>44074</v>
       </c>
       <c r="D667">
         <v>0</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente, Struktur und kontrolliertes Vokabular für Maßeinheiten (ISO 11240:2012); Deutsche Fassung EN ISO 11240:2012</t>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 20701: Kommunikation patientennaher medizinischer Geräte - Service-orientierte Architektur und Protokoll für Medizingeräte-Kommunikation (ISO/IEEE 11073-20701:2020); Englische Fassung EN ISO 11073-2</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm: - legt Regeln für die Verwendung und kodierte Repräsentation von Maßeinheiten fest für den Austausch von Informationen zu quantitativen Arzneimittelmerkmalen (z. B. Stärke) im Bereich der Humanmedizin, bei denen die Angabe von Maßeinheiten erforderlich ist; - stellt Anforderungen an Einheiten auf, um eine Rückführung auf internationale metrologische Normale zu ermöglichen; - gibt Regeln an für die genormte und maschinenlesbare Dokumentation der quantitativen Zusammensetzung und Stärke von Arzneimitteln, vor allem im Zusammenhang mit der Arzneimittel Identifikation; - definiert die Anforderungen an die Repräsentation von Maßeinheiten in kodierter Form; - stellt Strukturen und Regeln bereit, um unterschiedliche Vokabularien und Übersetzungen im Zusammenhang mit Einheiten aufeinander abbilden zu können und so die Implementierung dieser Norm zu unterstützen, wobei berücksichtigt wird, dass bestehende Systeme, Wörterbücher und Verzeichnisse eine Vielzahl von Benennungen und Codes für die Darstellung von Einheiten anwenden. Der Anwendungsbereich dieser Norm ist auf die Repräsentation von Maßeinheiten zum Datenaustausch zwischen Rechneranwendungen begrenzt.</t>
+          <t>Der Anwendungsbereich dieses Standards legt eine Service-orientierte Medizinproduktarchitektur und Kommunikationsprotokollspezifikation für verteilte Point-of-Care-Medizinprodukte (PoC) und medizinische IT-Systeme fest, die Daten austauschen oder vernetzte PoC-Medizinprodukte sicher steuern müssen. Das Dokument identifiziert die funktionalen Komponenten, ihre Kommunikationsbeziehungen sowie die Verbindung der Komponenten und Kommunikationsbeziehungen zu den Protokollspezifikationen.</t>
         </is>
       </c>
       <c r="C668" s="3">
-        <v>41333</v>
+        <v>44012</v>
       </c>
       <c r="D668">
         <v>0</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente, Struktur und kontrolliertes Vokabular für Maßeinheiten (ISO 11240:2012); Deutsche Fassung EN ISO 11240:2012</t>
+          <t>Medizinische Informatik - Geräteinteroperabilität - Teil 20701: Kommunikation patientennaher medizinischer Geräte - Service-orientierte Architektur und Protokoll für Medizingeräte-Kommunikation (ISO/IEEE 11073-20701:2020); Englische Fassung EN ISO 11073-2</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm: - legt Regeln für die Verwendung und kodierte Repräsentation von Maßeinheiten fest für den Austausch von Informationen zu quantitativen Arzneimittelmerkmalen (z. B. Stärke) im Bereich der Humanmedizin, bei denen die Angabe von Maßeinheiten erforderlich ist; - stellt Anforderungen an Einheiten auf, um eine Rückführung auf internationale metrologische Normale zu ermöglichen; - gibt Regeln an für die genormte und maschinenlesbare Dokumentation der quantitativen Zusammensetzung und Stärke von Arzneimitteln, vor allem im Zusammenhang mit der Arzneimittel Identifikation; - definiert die Anforderungen an die Repräsentation von Maßeinheiten in kodierter Form; - stellt Strukturen und Regeln bereit, um unterschiedliche Vokabularien und Übersetzungen im Zusammenhang mit Einheiten aufeinander abbilden zu können und so die Implementierung dieser Norm zu unterstützen, wobei berücksichtigt wird, dass bestehende Systeme, Wörterbücher und Verzeichnisse eine Vielzahl von Benennungen und Codes für die Darstellung von Einheiten anwenden. Der Anwendungsbereich dieser Norm ist auf die Repräsentation von Maßeinheiten zum Datenaustausch zwischen Rechneranwendungen begrenzt.</t>
+          <t>Der Anwendungsbereich dieses Standards legt eine Service-orientierte Medizinproduktarchitektur und Kommunikationsprotokollspezifikation für verteilte Point-of-Care-Medizinprodukte (PoC) und medizinische IT-Systeme fest, die Daten austauschen oder vernetzte PoC-Medizinprodukte sicher steuern müssen. Das Dokument identifiziert die funktionalen Komponenten, ihre Kommunikationsbeziehungen sowie die Verbindung der Komponenten und Kommunikationsbeziehungen zu den Protokollspezifikationen.</t>
         </is>
       </c>
       <c r="C669" s="3">
-        <v>41333</v>
+        <v>44012</v>
       </c>
       <c r="D669">
         <v>0</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO 11615:2017); Deutsche Fassung EN ISO 11615:2017</t>
+          <t>Medizinische Informatik - Geschäftsanforderungen an eine Syntax zum Austausch von Dosisinformationen für Arzneimittel (ISO/TS 17251:2016); Englische Fassung CEN ISO/TS 17251:2016</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt Definitionen und Begriffe fest und beschreibt Datenelemente und deren strukturelle Beziehungen, die für eine detaillierte Beschreibung und eine eindeutige Identifikation von Arzneimitteln erforderlich sind. Die in der Einleitung aufgelisteten Normen definieren, charakterisieren und identifizieren zulassungs-bedürftige Humanarzneimittel während ihres gesamten Lebenszyklus, d. h. von der Entwicklung bis zur Zulassung des Arzneimittels, nachdem es in den Verkehr gebracht wurde, wenn eine Verlängerung der Zulassung ansteht oder das Arzneimittel gegebenenfalls aus dem Verkehr zu ziehen ist. Des Weiteren sind zur Unterstützung des erfolgreichen Informationsaustausches im Zusammenhang mit der eindeutigen Identifikation und der Charakterisierung von Arzneimitteln weitere Normen zur Nachrichtenübermittlung angegeben, die im Kontext dieses Dokuments ebenfalls anzuwenden sind.</t>
+          <t>Dieses Dokument legt die betriebswirtschaftlichen Anforderungen für den strukturierten Inhalt strukturierter oder semi-strukturierter Dosierungsanweisungen fest, indem es die Dosierungsanweisungen in der elektronischen Gesundheitsakte (eGA; en: electronic health record, EHR) registriert, klinische Entscheidungshilfen unterstützt und durch Austausch der Arzneimittelbestellungen, bei primärer, sekundärer und tertiärer Versorgung. Dass der Patient die Dosierungsanweisung versteht, ist eine allumfassende Überlegung für die Patientensicherheit und das beste Ergebnis für den Patienten. Verwandte Faktoren werden besprochen, sind aber nicht Teil des eigentlichen Anwendungsbereichs. Dieses Dokument legt kein Informationsmodell fest, außer, dass diese Informationsmodellbegriffe wichtig zur Festlegung der betriebswirtschaftlichen Anforderungen sind.</t>
         </is>
       </c>
       <c r="C670" s="3">
-        <v>43190</v>
+        <v>42643</v>
       </c>
       <c r="D670">
         <v>0</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen zu Stoffen (ISO 11238:2018); Deutsche Fassung EN ISO 11238:2018</t>
+          <t>Medizinische Informatik - Geschäftsanforderungen an eine Syntax zum Austausch von Dosisinformationen für Arzneimittel (ISO/TS 17251:2016); Englische Fassung CEN ISO/TS 17251:2016</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Dieses Internationale Norm bietet ein Informationsmodell zur Definition und Identifikation von Stoffen in Arzneimitteln oder von Stoffen, die für medizinische Zwecke verwendet werden, einschließlich Nahrungsergänzungsmittel, Lebensmittel und Kosmetika. Das Informationsmodell kann sowohl in der Human- als auch in der Veterinärmedizin verwendet werden, da die Grundsätze übertragbar sind.</t>
+          <t>Dieses Dokument legt die betriebswirtschaftlichen Anforderungen für den strukturierten Inhalt strukturierter oder semi-strukturierter Dosierungsanweisungen fest, indem es die Dosierungsanweisungen in der elektronischen Gesundheitsakte (eGA; en: electronic health record, EHR) registriert, klinische Entscheidungshilfen unterstützt und durch Austausch der Arzneimittelbestellungen, bei primärer, sekundärer und tertiärer Versorgung. Dass der Patient die Dosierungsanweisung versteht, ist eine allumfassende Überlegung für die Patientensicherheit und das beste Ergebnis für den Patienten. Verwandte Faktoren werden besprochen, sind aber nicht Teil des eigentlichen Anwendungsbereichs. Dieses Dokument legt kein Informationsmodell fest, außer, dass diese Informationsmodellbegriffe wichtig zur Festlegung der betriebswirtschaftlichen Anforderungen sind.</t>
         </is>
       </c>
       <c r="C671" s="3">
-        <v>43404</v>
+        <v>42643</v>
       </c>
       <c r="D671">
         <v>0</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen zu Stoffen (ISO 11238:2018); Deutsche Fassung EN ISO 11238:2018</t>
+          <t>Medizinische Informatik - Harmonisierte Datentypen für den Datenaustausch im Gesundheitswesen (ISO 21090:2011); Englische Fassung EN ISO 21090:2011, nur auf CD-ROM</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Dieses Internationale Norm bietet ein Informationsmodell zur Definition und Identifikation von Stoffen in Arzneimitteln oder von Stoffen, die für medizinische Zwecke verwendet werden, einschließlich Nahrungsergänzungsmittel, Lebensmittel und Kosmetika. Das Informationsmodell kann sowohl in der Human- als auch in der Veterinärmedizin verwendet werden, da die Grundsätze übertragbar sind.</t>
+          <t>Diese Internationale Norm beschreibt einen Satz von Datentypen, der im Gesundheitswesen üblich ist, um den Informationsaustausch im Gesundheitswesen zu unterstützen.</t>
         </is>
       </c>
       <c r="C672" s="3">
-        <v>43404</v>
+        <v>40694</v>
       </c>
       <c r="D672">
         <v>0</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO 11616:2017); Deutsche Fassung EN ISO 11616:2017</t>
+          <t>Medizinische Informatik - Harmonisierte Datentypen für den Datenaustausch im Gesundheitswesen (ISO 21090:2011); Englische Fassung EN ISO 21090:2011, nur auf CD-ROM</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Dieses Dokument soll spezielle Informationsebenen zur Verfügung stellen, die für die Identifikation eines Arzneimittels oder einer Arzneimittelgruppe von Bedeutung sind. Sie definiert die Datenelemente, strukturen und Beziehungen zwischen Datenelementen, die für den Austausch zulassungsbezogener Informationen für die Zwecke der eindeutigen Identifikation pharmazeutischer Produkte erforderlich sind. Diese Identifikation ist während des gesamten Lebenszyklus zur Unterstützung von Aktivitäten im Zusammenhang mit der Zulassung von Arzneimitteln und der Pharmakovigilanz und von sonstigen weltweit stattfindenden Aktivitäten durchzuführen. Darüber hinaus ist dieses Dokument von wesentlicher Bedeutung, um sowohl für zulassungsbezogene als auch für klinische Zwecke (z. B. elektronische Verschreibung, klinische Entscheidungshilfen) sicherzustellen, dass die Arzneimittelinformationen in einem strukturierten Format zusammengestellt werden, das die Übermittlung innerhalb einer Gruppe unterschiedlicher Beteiligter ermöglicht. Auf diese Weise werden Interoperabilität und Kompatibilität für sowohl den Sender als auch den Empfänger sichergestellt.</t>
+          <t>Diese Internationale Norm beschreibt einen Satz von Datentypen, der im Gesundheitswesen üblich ist, um den Informationsaustausch im Gesundheitswesen zu unterstützen.</t>
         </is>
       </c>
       <c r="C673" s="3">
-        <v>43190</v>
+        <v>40694</v>
       </c>
       <c r="D673">
         <v>0</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO 11616:2017); Deutsche Fassung EN ISO 11616:2017</t>
-[...5 lines deleted...]
-        </is>
+          <t>Medizinische Informatik - HL 7 Funktionales Modell für ein elektronisches Gesundheitsaktensystem (EHRS FM), Ausgabe 2 (ISO 10781:2015); Englische Fassung EN ISO 10781:2015</t>
+        </is>
+      </c>
+      <c r="B674" t="s">
+        <v>670</v>
       </c>
       <c r="C674" s="3">
-        <v>43190</v>
+        <v>42338</v>
       </c>
       <c r="D674">
         <v>0</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen von Stoffen (ISO/TS 19844:2016); Englische Fassung</t>
-[...5 lines deleted...]
-        </is>
+          <t>Medizinische Informatik - HL 7 Funktionales Modell für ein elektronisches Gesundheitsaktensystem (EHRS FM), Ausgabe 2 (ISO 10781:2015); Englische Fassung EN ISO 10781:2015</t>
+        </is>
+      </c>
+      <c r="B675" t="s">
+        <v>670</v>
       </c>
       <c r="C675" s="3">
-        <v>43069</v>
+        <v>42338</v>
       </c>
       <c r="D675">
         <v>0</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen von Stoffen (ISO/TS 19844:2016); Englische Fassung</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente, Struktur und kontrolliertes Vokabular für Maßeinheiten (ISO 11240:2012); Deutsche Fassung EN ISO 11240:2012</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Dieses Dokument stellt einen Implementierungsleitfaden für Informationsmodell zur Definition und Identifikation von in Arzneimitteln enthaltenen oder zu medizinischen Zwecken verwendeten Stoffen bereit, einschließlich Nahrungsergänzungsmittel, Lebens- und Futtermittelzusatzstoffe und Kosmetika.</t>
+          <t>Diese Internationale Norm: - legt Regeln für die Verwendung und kodierte Repräsentation von Maßeinheiten fest für den Austausch von Informationen zu quantitativen Arzneimittelmerkmalen (z. B. Stärke) im Bereich der Humanmedizin, bei denen die Angabe von Maßeinheiten erforderlich ist; - stellt Anforderungen an Einheiten auf, um eine Rückführung auf internationale metrologische Normale zu ermöglichen; - gibt Regeln an für die genormte und maschinenlesbare Dokumentation der quantitativen Zusammensetzung und Stärke von Arzneimitteln, vor allem im Zusammenhang mit der Arzneimittel Identifikation; - definiert die Anforderungen an die Repräsentation von Maßeinheiten in kodierter Form; - stellt Strukturen und Regeln bereit, um unterschiedliche Vokabularien und Übersetzungen im Zusammenhang mit Einheiten aufeinander abbilden zu können und so die Implementierung dieser Norm zu unterstützen, wobei berücksichtigt wird, dass bestehende Systeme, Wörterbücher und Verzeichnisse eine Vielzahl von Benennungen und Codes für die Darstellung von Einheiten anwenden. Der Anwendungsbereich dieser Norm ist auf die Repräsentation von Maßeinheiten zum Datenaustausch zwischen Rechneranwendungen begrenzt.</t>
         </is>
       </c>
       <c r="C676" s="3">
-        <v>43069</v>
+        <v>41333</v>
       </c>
       <c r="D676">
         <v>0</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11239 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen über pharmazeutische Darreichungsformen,</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente, Struktur und kontrolliertes Vokabular für Maßeinheiten (ISO 11240:2012); Deutsche Fassung EN ISO 11240:2012</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Die Technische Spezifikation enthält einen Anwendungsleitfaden für ISO 11239 Struktur und kontrollierte Vokabularien zur Identifikation von pharmazeutischen Darreichungsformen, pharmazeutischen Konventionseinheiten, Verabreichungswegen und Verpackungen</t>
+          <t>Diese Internationale Norm: - legt Regeln für die Verwendung und kodierte Repräsentation von Maßeinheiten fest für den Austausch von Informationen zu quantitativen Arzneimittelmerkmalen (z. B. Stärke) im Bereich der Humanmedizin, bei denen die Angabe von Maßeinheiten erforderlich ist; - stellt Anforderungen an Einheiten auf, um eine Rückführung auf internationale metrologische Normale zu ermöglichen; - gibt Regeln an für die genormte und maschinenlesbare Dokumentation der quantitativen Zusammensetzung und Stärke von Arzneimitteln, vor allem im Zusammenhang mit der Arzneimittel Identifikation; - definiert die Anforderungen an die Repräsentation von Maßeinheiten in kodierter Form; - stellt Strukturen und Regeln bereit, um unterschiedliche Vokabularien und Übersetzungen im Zusammenhang mit Einheiten aufeinander abbilden zu können und so die Implementierung dieser Norm zu unterstützen, wobei berücksichtigt wird, dass bestehende Systeme, Wörterbücher und Verzeichnisse eine Vielzahl von Benennungen und Codes für die Darstellung von Einheiten anwenden. Der Anwendungsbereich dieser Norm ist auf die Repräsentation von Maßeinheiten zum Datenaustausch zwischen Rechneranwendungen begrenzt.</t>
         </is>
       </c>
       <c r="C677" s="3">
-        <v>42704</v>
+        <v>41333</v>
       </c>
       <c r="D677">
         <v>0</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO/TS 20443:2017); Englisch</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO 11615:2017); Deutsche Fassung EN ISO 11615:2017</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Die Technische Spezifikation enthält einen Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen.</t>
+          <t>Dieses Dokument legt Definitionen und Begriffe fest und beschreibt Datenelemente und deren strukturelle Beziehungen, die für eine detaillierte Beschreibung und eine eindeutige Identifikation von Arzneimitteln erforderlich sind. Die in der Einleitung aufgelisteten Normen definieren, charakterisieren und identifizieren zulassungs-bedürftige Humanarzneimittel während ihres gesamten Lebenszyklus, d. h. von der Entwicklung bis zur Zulassung des Arzneimittels, nachdem es in den Verkehr gebracht wurde, wenn eine Verlängerung der Zulassung ansteht oder das Arzneimittel gegebenenfalls aus dem Verkehr zu ziehen ist. Des Weiteren sind zur Unterstützung des erfolgreichen Informationsaustausches im Zusammenhang mit der eindeutigen Identifikation und der Charakterisierung von Arzneimitteln weitere Normen zur Nachrichtenübermittlung angegeben, die im Kontext dieses Dokuments ebenfalls anzuwenden sind.</t>
         </is>
       </c>
       <c r="C678" s="3">
-        <v>43404</v>
+        <v>43190</v>
       </c>
       <c r="D678">
         <v>0</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO/TS 20443:2017); Englisch</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen zu Stoffen (ISO 11238:2018); Deutsche Fassung EN ISO 11238:2018</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Die Technische Spezifikation enthält einen Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen.</t>
+          <t>Dieses Internationale Norm bietet ein Informationsmodell zur Definition und Identifikation von Stoffen in Arzneimitteln oder von Stoffen, die für medizinische Zwecke verwendet werden, einschließlich Nahrungsergänzungsmittel, Lebensmittel und Kosmetika. Das Informationsmodell kann sowohl in der Human- als auch in der Veterinärmedizin verwendet werden, da die Grundsätze übertragbar sind.</t>
         </is>
       </c>
       <c r="C679" s="3">
         <v>43404</v>
       </c>
       <c r="D679">
         <v>0</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11616 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO/TS 20451:2017)</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen zu Stoffen (ISO 11238:2018); Deutsche Fassung EN ISO 11238:2018</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Die Technische Spezifikation enhält einen Implementierungsleitfaden für ISO 11616 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen.</t>
+          <t>Dieses Internationale Norm bietet ein Informationsmodell zur Definition und Identifikation von Stoffen in Arzneimitteln oder von Stoffen, die für medizinische Zwecke verwendet werden, einschließlich Nahrungsergänzungsmittel, Lebensmittel und Kosmetika. Das Informationsmodell kann sowohl in der Human- als auch in der Veterinärmedizin verwendet werden, da die Grundsätze übertragbar sind.</t>
         </is>
       </c>
       <c r="C680" s="3">
         <v>43404</v>
       </c>
       <c r="D680">
         <v>0</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Struktur und kontrollierte Vokabularien zur Identifikation von pharmazeutischen Darreichungsformen, pharmazeutischen Konventionseinheiten, Anwendungsarten und Verpackungen (ISO 11239:2012); Deut</t>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO 11616:2017); Deutsche Fassung EN ISO 11616:2017</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm: - legt die Datenelemente und strukturen und die Beziehungen zwischen den Datenelementen fest, die für den Austausch von Informationen erforderlich sind, mit denen pharmazeutische Dosierungsformen, Bereitstellungseinheiten, Verabreichungswege und Verpackungsartikel (Behältnisse, Verschlüsse und Verabreichungsvorrichtungen) im Zusammenhang mit Arzneimitteln eindeutig und sicher identifiziert werden können; - legt einen Mechanismus fest zur Übersetzung der Benennungen aus dem Englischen in weitere Sprachen, was einen festen Bestandteil des Informationsaustausches darstellt; - legt einen Mechanismus für die Versionierung der Begriffe fest, um ihre Entwicklung verfolgen zu können; - legt Regeln fest, um es regionalen Behörden zu ermöglichen, bestehende regionale Benennungen auf die mit Hilfe dieser Norm erzeugten Benennungen abzubilden, und zwar in einer harmonisierten und sinntragenden Weise. Darüber hinaus wird gegebenenfalls auf weitere Normen zur Identifikation von Arzneimitteln (IDMP) und zur Übermittlung von Informationen zu Arzneimitteln verwiesen.</t>
+          <t>Dieses Dokument soll spezielle Informationsebenen zur Verfügung stellen, die für die Identifikation eines Arzneimittels oder einer Arzneimittelgruppe von Bedeutung sind. Sie definiert die Datenelemente, strukturen und Beziehungen zwischen Datenelementen, die für den Austausch zulassungsbezogener Informationen für die Zwecke der eindeutigen Identifikation pharmazeutischer Produkte erforderlich sind. Diese Identifikation ist während des gesamten Lebenszyklus zur Unterstützung von Aktivitäten im Zusammenhang mit der Zulassung von Arzneimitteln und der Pharmakovigilanz und von sonstigen weltweit stattfindenden Aktivitäten durchzuführen. Darüber hinaus ist dieses Dokument von wesentlicher Bedeutung, um sowohl für zulassungsbezogene als auch für klinische Zwecke (z. B. elektronische Verschreibung, klinische Entscheidungshilfen) sicherzustellen, dass die Arzneimittelinformationen in einem strukturierten Format zusammengestellt werden, das die Übermittlung innerhalb einer Gruppe unterschiedlicher Beteiligter ermöglicht. Auf diese Weise werden Interoperabilität und Kompatibilität für sowohl den Sender als auch den Empfänger sichergestellt.</t>
         </is>
       </c>
       <c r="C681" s="3">
-        <v>41333</v>
+        <v>43190</v>
       </c>
       <c r="D681">
         <v>0</v>
       </c>
     </row>
     <row r="682">
-      <c r="A682" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A682" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO 11616:2017); Deutsche Fassung EN ISO 11616:2017</t>
+        </is>
+      </c>
+      <c r="B682" t="inlineStr">
+        <is>
+          <t>Dieses Dokument soll spezielle Informationsebenen zur Verfügung stellen, die für die Identifikation eines Arzneimittels oder einer Arzneimittelgruppe von Bedeutung sind. Sie definiert die Datenelemente, strukturen und Beziehungen zwischen Datenelementen, die für den Austausch zulassungsbezogener Informationen für die Zwecke der eindeutigen Identifikation pharmazeutischer Produkte erforderlich sind. Diese Identifikation ist während des gesamten Lebenszyklus zur Unterstützung von Aktivitäten im Zusammenhang mit der Zulassung von Arzneimitteln und der Pharmakovigilanz und von sonstigen weltweit stattfindenden Aktivitäten durchzuführen. Darüber hinaus ist dieses Dokument von wesentlicher Bedeutung, um sowohl für zulassungsbezogene als auch für klinische Zwecke (z. B. elektronische Verschreibung, klinische Entscheidungshilfen) sicherzustellen, dass die Arzneimittelinformationen in einem strukturierten Format zusammengestellt werden, das die Übermittlung innerhalb einer Gruppe unterschiedlicher Beteiligter ermöglicht. Auf diese Weise werden Interoperabilität und Kompatibilität für sowohl den Sender als auch den Empfänger sichergestellt.</t>
+        </is>
       </c>
       <c r="C682" s="3">
-        <v>40390</v>
+        <v>43190</v>
       </c>
       <c r="D682">
         <v>0</v>
       </c>
     </row>
     <row r="683">
-      <c r="A683" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A683" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen von Stoffen (ISO/TS 19844:2016); Englische Fassung</t>
+        </is>
+      </c>
+      <c r="B683" t="inlineStr">
+        <is>
+          <t>Dieses Dokument stellt einen Implementierungsleitfaden für Informationsmodell zur Definition und Identifikation von in Arzneimitteln enthaltenen oder zu medizinischen Zwecken verwendeten Stoffen bereit, einschließlich Nahrungsergänzungsmittel, Lebens- und Futtermittelzusatzstoffe und Kosmetika.</t>
+        </is>
       </c>
       <c r="C683" s="3">
-        <v>40390</v>
+        <v>43069</v>
       </c>
       <c r="D683">
         <v>0</v>
       </c>
     </row>
     <row r="684">
-      <c r="A684" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A684" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen von Stoffen (ISO/TS 19844:2016); Englische Fassung</t>
+        </is>
+      </c>
+      <c r="B684" t="inlineStr">
+        <is>
+          <t>Dieses Dokument stellt einen Implementierungsleitfaden für Informationsmodell zur Definition und Identifikation von in Arzneimitteln enthaltenen oder zu medizinischen Zwecken verwendeten Stoffen bereit, einschließlich Nahrungsergänzungsmittel, Lebens- und Futtermittelzusatzstoffe und Kosmetika.</t>
+        </is>
       </c>
       <c r="C684" s="3">
-        <v>40877</v>
+        <v>43069</v>
       </c>
       <c r="D684">
         <v>0</v>
       </c>
     </row>
     <row r="685">
-      <c r="A685" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A685" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11239 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Informationen über pharmazeutische Darreichungsformen,</t>
+        </is>
+      </c>
+      <c r="B685" t="inlineStr">
+        <is>
+          <t>Die Technische Spezifikation enthält einen Anwendungsleitfaden für ISO 11239 Struktur und kontrollierte Vokabularien zur Identifikation von pharmazeutischen Darreichungsformen, pharmazeutischen Konventionseinheiten, Verabreichungswegen und Verpackungen</t>
+        </is>
       </c>
       <c r="C685" s="3">
-        <v>40877</v>
+        <v>42704</v>
       </c>
       <c r="D685">
         <v>0</v>
       </c>
     </row>
     <row r="686">
-      <c r="A686" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A686" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO/TS 20443:2017); Englisch</t>
+        </is>
+      </c>
+      <c r="B686" t="inlineStr">
+        <is>
+          <t>Die Technische Spezifikation enthält einen Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen.</t>
+        </is>
       </c>
       <c r="C686" s="3">
-        <v>42247</v>
+        <v>43404</v>
       </c>
       <c r="D686">
         <v>0</v>
       </c>
     </row>
     <row r="687">
-      <c r="A687" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A687" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen (ISO/TS 20443:2017); Englisch</t>
+        </is>
+      </c>
+      <c r="B687" t="inlineStr">
+        <is>
+          <t>Die Technische Spezifikation enthält einen Implementierungsleitfaden für ISO 11615 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen Arzneimittelinformationen.</t>
+        </is>
       </c>
       <c r="C687" s="3">
-        <v>42247</v>
+        <v>43404</v>
       </c>
       <c r="D687">
         <v>0</v>
       </c>
     </row>
     <row r="688">
-      <c r="A688" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A688" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Implementierungsleitfaden für ISO 11616 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen (ISO/TS 20451:2017)</t>
+        </is>
+      </c>
+      <c r="B688" t="inlineStr">
+        <is>
+          <t>Die Technische Spezifikation enhält einen Implementierungsleitfaden für ISO 11616 Datenelemente und Strukturen zur eindeutigen Identifikation und zum Austausch von vorgeschriebenen pharmazeutischen Produktkennzeichen.</t>
+        </is>
       </c>
       <c r="C688" s="3">
         <v>43404</v>
       </c>
       <c r="D688">
         <v>0</v>
       </c>
     </row>
     <row r="689">
-      <c r="A689" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A689" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Identifikation von Arzneimitteln - Struktur und kontrollierte Vokabularien zur Identifikation von pharmazeutischen Darreichungsformen, pharmazeutischen Konventionseinheiten, Anwendungsarten und Verpackungen (ISO 11239:2012); Deut</t>
+        </is>
+      </c>
+      <c r="B689" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm: - legt die Datenelemente und strukturen und die Beziehungen zwischen den Datenelementen fest, die für den Austausch von Informationen erforderlich sind, mit denen pharmazeutische Dosierungsformen, Bereitstellungseinheiten, Verabreichungswege und Verpackungsartikel (Behältnisse, Verschlüsse und Verabreichungsvorrichtungen) im Zusammenhang mit Arzneimitteln eindeutig und sicher identifiziert werden können; - legt einen Mechanismus fest zur Übersetzung der Benennungen aus dem Englischen in weitere Sprachen, was einen festen Bestandteil des Informationsaustausches darstellt; - legt einen Mechanismus für die Versionierung der Begriffe fest, um ihre Entwicklung verfolgen zu können; - legt Regeln fest, um es regionalen Behörden zu ermöglichen, bestehende regionale Benennungen auf die mit Hilfe dieser Norm erzeugten Benennungen abzubilden, und zwar in einer harmonisierten und sinntragenden Weise. Darüber hinaus wird gegebenenfalls auf weitere Normen zur Identifikation von Arzneimitteln (IDMP) und zur Übermittlung von Informationen zu Arzneimitteln verwiesen.</t>
+        </is>
       </c>
       <c r="C689" s="3">
-        <v>43404</v>
+        <v>41333</v>
       </c>
       <c r="D689">
         <v>0</v>
       </c>
     </row>
     <row r="690">
-      <c r="A690" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A690" t="s">
+        <v>671</v>
       </c>
       <c r="B690" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C690" s="3">
-        <v>43677</v>
+        <v>40390</v>
       </c>
       <c r="D690">
         <v>0</v>
       </c>
     </row>
     <row r="691">
-      <c r="A691" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A691" t="s">
+        <v>671</v>
       </c>
       <c r="B691" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C691" s="3">
-        <v>43677</v>
+        <v>40390</v>
       </c>
       <c r="D691">
         <v>0</v>
       </c>
     </row>
     <row r="692">
-      <c r="A692" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A692" t="s">
+        <v>672</v>
+      </c>
+      <c r="B692" t="s">
+        <v>326</v>
       </c>
       <c r="C692" s="3">
-        <v>42704</v>
+        <v>40877</v>
       </c>
       <c r="D692">
         <v>0</v>
       </c>
     </row>
     <row r="693">
-      <c r="A693" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A693" t="s">
+        <v>672</v>
+      </c>
+      <c r="B693" t="s">
+        <v>326</v>
       </c>
       <c r="C693" s="3">
-        <v>42704</v>
+        <v>40877</v>
       </c>
       <c r="D693">
         <v>0</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="B694" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C694" s="3">
-        <v>44286</v>
+        <v>42247</v>
       </c>
       <c r="D694">
         <v>0</v>
       </c>
     </row>
     <row r="695">
-      <c r="A695" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A695" t="s">
+        <v>673</v>
+      </c>
+      <c r="B695" t="s">
+        <v>326</v>
       </c>
       <c r="C695" s="3">
-        <v>38046</v>
+        <v>42247</v>
       </c>
       <c r="D695">
         <v>0</v>
       </c>
     </row>
     <row r="696">
-      <c r="A696" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A696" t="s">
+        <v>674</v>
+      </c>
+      <c r="B696" t="s">
+        <v>326</v>
       </c>
       <c r="C696" s="3">
-        <v>38046</v>
+        <v>43404</v>
       </c>
       <c r="D696">
         <v>0</v>
       </c>
     </row>
     <row r="697">
-      <c r="A697" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A697" t="s">
+        <v>674</v>
+      </c>
+      <c r="B697" t="s">
+        <v>326</v>
       </c>
       <c r="C697" s="3">
-        <v>44500</v>
+        <v>43404</v>
       </c>
       <c r="D697">
         <v>0</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Interoperabilitäts- und Integrations-Referenzarchitektur - Modell und Framework (ISO 23903:2021, korrigierte Fassung 2021-07); Englische Fassung EN ISO 23903:2021</t>
-[...5 lines deleted...]
-        </is>
+          <t>Medizinische Informatik - Informationssicherheitsmanagement für die Fernwartung von Medizinprodukten und Informationssystemen im Gesundheitswesen - Teil 1: Anforderungen und Risikoanalyse</t>
+        </is>
+      </c>
+      <c r="B698" t="s">
+        <v>326</v>
       </c>
       <c r="C698" s="3">
-        <v>44500</v>
+        <v>43677</v>
       </c>
       <c r="D698">
         <v>0</v>
       </c>
     </row>
     <row r="699">
-      <c r="A699" t="s">
-        <v>657</v>
+      <c r="A699" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Informationssicherheitsmanagement für die Fernwartung von Medizinprodukten und Informationssystemen im Gesundheitswesen - Teil 1: Anforderungen und Risikoanalyse</t>
+        </is>
       </c>
       <c r="B699" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C699" s="3">
-        <v>41639</v>
+        <v>43677</v>
       </c>
       <c r="D699">
         <v>0</v>
       </c>
     </row>
     <row r="700">
-      <c r="A700" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A700" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Informationssicherheitsmanagement im Gesundheitswesen bei Verwendung der ISO/IEC 27002 (ISO 27799:2016); Englische Fassung EN ISO 27799:2016</t>
+        </is>
+      </c>
+      <c r="B700" t="inlineStr">
+        <is>
+          <t>Diese Norm enthält einen Leitfaden für die Entwicklung von organisationsbezogenen Informationssicherheitsnormen und Methoden zum Management der Informationssicherheit, einschließlich der Auswahl, Umsetzung und Verwaltung von Maßnahmen, die die Risikoumgebung(en) der Informationssicherheit der Organisation berücksichtigen.</t>
+        </is>
       </c>
       <c r="C700" s="3">
-        <v>41639</v>
+        <v>42704</v>
       </c>
       <c r="D700">
         <v>0</v>
       </c>
     </row>
     <row r="701">
-      <c r="A701" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A701" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Informationssicherheitsmanagement im Gesundheitswesen bei Verwendung der ISO/IEC 27002 (ISO 27799:2016); Englische Fassung EN ISO 27799:2016</t>
+        </is>
+      </c>
+      <c r="B701" t="inlineStr">
+        <is>
+          <t>Diese Norm enthält einen Leitfaden für die Entwicklung von organisationsbezogenen Informationssicherheitsnormen und Methoden zum Management der Informationssicherheit, einschließlich der Auswahl, Umsetzung und Verwaltung von Maßnahmen, die die Risikoumgebung(en) der Informationssicherheit der Organisation berücksichtigen.</t>
+        </is>
       </c>
       <c r="C701" s="3">
-        <v>41698</v>
+        <v>42704</v>
       </c>
       <c r="D701">
         <v>0</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="B702" t="s">
+        <v>326</v>
       </c>
       <c r="C702" s="3">
-        <v>42582</v>
+        <v>44286</v>
       </c>
       <c r="D702">
         <v>0</v>
       </c>
     </row>
     <row r="703">
-      <c r="A703" t="s">
-        <v>659</v>
+      <c r="A703" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Internationaler Austausch von unter die EU-Datenschutzrichtlinie fallenden persönlichen Gesundheitsdaten - Generelle Sicherheits-Statements; Deutsche Fassung EN 14484:2003, Text Englisch</t>
+        </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>Diese Norm legt die erforderlichen Merkmale für die synthetische Beschreibung von Aufbau und Inhalt der Anatomie des Menschen innerhalb eines terminologischen Systems fest. Sie ist vorrangig für die Verwendung innerhalb computergestützter Anwendungen, wie z. B. klinische elektronische Gesundheitsakten, Entscheidungsunterstützung sowie für verschiedene biomedizinische Forschungszwecke vorgesehen.</t>
+          <t>Dieses Projekt beschreibt generelle Sicherheits-Statements zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
         </is>
       </c>
       <c r="C703" s="3">
-        <v>42582</v>
+        <v>38046</v>
       </c>
       <c r="D703">
         <v>0</v>
       </c>
     </row>
     <row r="704">
-      <c r="A704" t="s">
-        <v>660</v>
+      <c r="A704" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Internationaler Austausch von unter die EU-Datenschutzrichtlinie fallenden persönlichen Gesundheitsdaten - Generelle Sicherheits-Statements; Deutsche Fassung EN 14484:2003, Text Englisch</t>
+        </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Das Dokument beinhaltet die Kategorienstruktur zur Klassifikation und Kodierungssysteme chirurgischer Prozeduren in der medizinischen Informatik. Die Norm ist vorgesehen als Ersatz die 2002 veröffentlichte DIN EN 1828.</t>
+          <t>Dieses Projekt beschreibt generelle Sicherheits-Statements zur Verwendung von Policies für die Verwendung der persönlichen Gesundheitsdaten bei der Implementierung durch Organisationen in internationalen Anwendungen geben, wobei diese Daten über die Grenzen hinaus vor dem Hintergrund der EU-Datenschutzrichtlinie transferiert werden.</t>
         </is>
       </c>
       <c r="C704" s="3">
-        <v>41243</v>
+        <v>38046</v>
       </c>
       <c r="D704">
         <v>0</v>
       </c>
     </row>
     <row r="705">
-      <c r="A705" t="s">
-        <v>660</v>
+      <c r="A705" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Interoperabilitäts- und Integrations-Referenzarchitektur - Modell und Framework (ISO 23903:2021, korrigierte Fassung 2021-07); Englische Fassung EN ISO 23903:2021</t>
+        </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>Das Dokument beinhaltet die Kategorienstruktur zur Klassifikation und Kodierungssysteme chirurgischer Prozeduren in der medizinischen Informatik. Die Norm ist vorgesehen als Ersatz die 2002 veröffentlichte DIN EN 1828.</t>
+          <t>Diese Internationale Norm liefert ein Modell und einen Rahmen für die Integration verschiedener Normen und Systeme, die auf diesen Spezifikationen basieren, indem sie die anwendungsspezifische Identifizierung und konsistente, formale Darstellung einschließlich der Beschränkungen der notwendigen Komponenten und ihrer Beziehungen unterstützt. Sie erleichtert die Analyse und Verbesserung von Spezifikationen bei deren Überarbeitung sowie die Erstellung neuer Projekte. Der Ansatz ist aufgrund seiner wissenschaftlichen Fundiertheit, die auf Systemtheorie, Wissensrepräsentation und Wissensmanagement durch Ontologieentwicklung und -harmonisierung basiert, zukunftssicher und unterstützt so eine fortgeschrittene Interoperabilität zwischen dynamischen, multidomänen Systemen durch Wissens- und Kompetenzaustausch im Rahmen einer intelligenten Zusammenarbeit. Der Ansatz wurde erfolgreich in mehreren Normen wie ISO 22600, ISO 21298, ISO 13606, ISO 12967, ISO 13940 und ISO 13972 (die letzten beiden sind derzeit in Bearbeitung), aber auch in den meisten HL7-Sicherheitsspezifikationen eingesetzt. Die beabsichtigte Internationale Norm übernimmt Vorgaben, Inhalt und Darstellungsweise, die in anderen grundlegenden Normen wie ISO/IEC 10746 verwendet werden, so dass sie für eine mögliche ISO/IEC 10746-6 nutzbar ist.</t>
         </is>
       </c>
       <c r="C705" s="3">
-        <v>41243</v>
+        <v>44500</v>
       </c>
       <c r="D705">
         <v>0</v>
       </c>
     </row>
     <row r="706">
-      <c r="A706" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A706" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Interoperabilitäts- und Integrations-Referenzarchitektur - Modell und Framework (ISO 23903:2021, korrigierte Fassung 2021-07); Englische Fassung EN ISO 23903:2021</t>
+        </is>
+      </c>
+      <c r="B706" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm liefert ein Modell und einen Rahmen für die Integration verschiedener Normen und Systeme, die auf diesen Spezifikationen basieren, indem sie die anwendungsspezifische Identifizierung und konsistente, formale Darstellung einschließlich der Beschränkungen der notwendigen Komponenten und ihrer Beziehungen unterstützt. Sie erleichtert die Analyse und Verbesserung von Spezifikationen bei deren Überarbeitung sowie die Erstellung neuer Projekte. Der Ansatz ist aufgrund seiner wissenschaftlichen Fundiertheit, die auf Systemtheorie, Wissensrepräsentation und Wissensmanagement durch Ontologieentwicklung und -harmonisierung basiert, zukunftssicher und unterstützt so eine fortgeschrittene Interoperabilität zwischen dynamischen, multidomänen Systemen durch Wissens- und Kompetenzaustausch im Rahmen einer intelligenten Zusammenarbeit. Der Ansatz wurde erfolgreich in mehreren Normen wie ISO 22600, ISO 21298, ISO 13606, ISO 12967, ISO 13940 und ISO 13972 (die letzten beiden sind derzeit in Bearbeitung), aber auch in den meisten HL7-Sicherheitsspezifikationen eingesetzt. Die beabsichtigte Internationale Norm übernimmt Vorgaben, Inhalt und Darstellungsweise, die in anderen grundlegenden Normen wie ISO/IEC 10746 verwendet werden, so dass sie für eine mögliche ISO/IEC 10746-6 nutzbar ist.</t>
+        </is>
       </c>
       <c r="C706" s="3">
-        <v>43830</v>
+        <v>44500</v>
       </c>
       <c r="D706">
         <v>0</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="B707" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C707" s="3">
-        <v>43830</v>
+        <v>41639</v>
       </c>
       <c r="D707">
         <v>0</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="B708" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C708" s="3">
-        <v>44316</v>
+        <v>41639</v>
       </c>
       <c r="D708">
         <v>0</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="B709" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C709" s="3">
-        <v>44316</v>
+        <v>41698</v>
       </c>
       <c r="D709">
         <v>0</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Diese Norm beruht auf den Ergebnissen der Überarbeitung der DIN V ENV 12264. Das Dokument ist anwendbar für die Beschreibung von kategorialen Begriffssystemen, die computerunterstützte terminologische Systeme für das Gesundheitswesen, einschließlich Kodiersysteme, unterstützen.</t>
+          <t>Diese Norm legt die erforderlichen Merkmale für die synthetische Beschreibung von Aufbau und Inhalt der Anatomie des Menschen innerhalb eines terminologischen Systems fest. Sie ist vorrangig für die Verwendung innerhalb computergestützter Anwendungen, wie z. B. klinische elektronische Gesundheitsakten, Entscheidungsunterstützung sowie für verschiedene biomedizinische Forschungszwecke vorgesehen.</t>
         </is>
       </c>
       <c r="C710" s="3">
-        <v>38625</v>
+        <v>42582</v>
       </c>
       <c r="D710">
         <v>0</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Diese Norm beruht auf den Ergebnissen der Überarbeitung der DIN V ENV 12264. Das Dokument ist anwendbar für die Beschreibung von kategorialen Begriffssystemen, die computerunterstützte terminologische Systeme für das Gesundheitswesen, einschließlich Kodiersysteme, unterstützen.</t>
+          <t>Diese Norm legt die erforderlichen Merkmale für die synthetische Beschreibung von Aufbau und Inhalt der Anatomie des Menschen innerhalb eines terminologischen Systems fest. Sie ist vorrangig für die Verwendung innerhalb computergestützter Anwendungen, wie z. B. klinische elektronische Gesundheitsakten, Entscheidungsunterstützung sowie für verschiedene biomedizinische Forschungszwecke vorgesehen.</t>
         </is>
       </c>
       <c r="C711" s="3">
-        <v>38625</v>
+        <v>42582</v>
       </c>
       <c r="D711">
         <v>0</v>
       </c>
     </row>
     <row r="712">
-      <c r="A712" t="inlineStr">
-[...5 lines deleted...]
-        <v>322</v>
+      <c r="A712" t="s">
+        <v>679</v>
+      </c>
+      <c r="B712" t="inlineStr">
+        <is>
+          <t>Das Dokument beinhaltet die Kategorienstruktur zur Klassifikation und Kodierungssysteme chirurgischer Prozeduren in der medizinischen Informatik. Die Norm ist vorgesehen als Ersatz die 2002 veröffentlichte DIN EN 1828.</t>
+        </is>
       </c>
       <c r="C712" s="3">
-        <v>42124</v>
+        <v>41243</v>
       </c>
       <c r="D712">
         <v>0</v>
       </c>
     </row>
     <row r="713">
-      <c r="A713" t="inlineStr">
-[...5 lines deleted...]
-        <v>322</v>
+      <c r="A713" t="s">
+        <v>679</v>
+      </c>
+      <c r="B713" t="inlineStr">
+        <is>
+          <t>Das Dokument beinhaltet die Kategorienstruktur zur Klassifikation und Kodierungssysteme chirurgischer Prozeduren in der medizinischen Informatik. Die Norm ist vorgesehen als Ersatz die 2002 veröffentlichte DIN EN 1828.</t>
+        </is>
       </c>
       <c r="C713" s="3">
-        <v>42124</v>
+        <v>41243</v>
       </c>
       <c r="D713">
         <v>0</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="B714" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C714" s="3">
-        <v>42674</v>
+        <v>43830</v>
       </c>
       <c r="D714">
         <v>0</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="B715" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C715" s="3">
-        <v>42674</v>
+        <v>43830</v>
       </c>
       <c r="D715">
         <v>0</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
       <c r="B716" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C716" s="3">
-        <v>42338</v>
+        <v>44316</v>
       </c>
       <c r="D716">
         <v>0</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
       <c r="B717" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C717" s="3">
-        <v>42338</v>
+        <v>44316</v>
       </c>
       <c r="D717">
         <v>0</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>682</v>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>Diese Norm beruht auf den Ergebnissen der Überarbeitung der DIN V ENV 12264. Das Dokument ist anwendbar für die Beschreibung von kategorialen Begriffssystemen, die computerunterstützte terminologische Systeme für das Gesundheitswesen, einschließlich Kodiersysteme, unterstützen.</t>
+        </is>
       </c>
       <c r="C718" s="3">
-        <v>43069</v>
+        <v>38625</v>
       </c>
       <c r="D718">
         <v>0</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>682</v>
+      </c>
+      <c r="B719" t="inlineStr">
+        <is>
+          <t>Diese Norm beruht auf den Ergebnissen der Überarbeitung der DIN V ENV 12264. Das Dokument ist anwendbar für die Beschreibung von kategorialen Begriffssystemen, die computerunterstützte terminologische Systeme für das Gesundheitswesen, einschließlich Kodiersysteme, unterstützen.</t>
+        </is>
       </c>
       <c r="C719" s="3">
-        <v>43069</v>
+        <v>38625</v>
       </c>
       <c r="D719">
         <v>0</v>
       </c>
     </row>
     <row r="720">
-      <c r="A720" t="s">
-        <v>667</v>
+      <c r="A720" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kategoriale Strukturen klinischer Befunde in der traditionellen Medizin - Teil 1: Traditionelle chinesische, japanische und koreanische Medizin</t>
+        </is>
       </c>
       <c r="B720" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C720" s="3">
-        <v>43069</v>
+        <v>42124</v>
       </c>
       <c r="D720">
         <v>0</v>
       </c>
     </row>
     <row r="721">
-      <c r="A721" t="s">
-        <v>667</v>
+      <c r="A721" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kategoriale Strukturen klinischer Befunde in der traditionellen Medizin - Teil 1: Traditionelle chinesische, japanische und koreanische Medizin</t>
+        </is>
       </c>
       <c r="B721" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C721" s="3">
-        <v>43069</v>
+        <v>42124</v>
       </c>
       <c r="D721">
         <v>0</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="B722" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C722" s="3">
-        <v>43524</v>
+        <v>42674</v>
       </c>
       <c r="D722">
         <v>0</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="B723" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C723" s="3">
-        <v>43524</v>
+        <v>42674</v>
       </c>
       <c r="D723">
         <v>0</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="B724" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C724" s="3">
-        <v>43769</v>
+        <v>42338</v>
       </c>
       <c r="D724">
         <v>0</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="B725" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C725" s="3">
-        <v>43769</v>
+        <v>42338</v>
       </c>
       <c r="D725">
         <v>0</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="B726" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C726" s="3">
-        <v>42704</v>
+        <v>43069</v>
       </c>
       <c r="D726">
         <v>0</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="B727" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C727" s="3">
-        <v>42704</v>
+        <v>43069</v>
       </c>
       <c r="D727">
         <v>0</v>
       </c>
     </row>
     <row r="728">
-      <c r="A728" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A728" t="s">
+        <v>686</v>
+      </c>
+      <c r="B728" t="s">
+        <v>326</v>
       </c>
       <c r="C728" s="3">
-        <v>41698</v>
+        <v>43069</v>
       </c>
       <c r="D728">
         <v>0</v>
       </c>
     </row>
     <row r="729">
-      <c r="A729" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A729" t="s">
+        <v>686</v>
+      </c>
+      <c r="B729" t="s">
+        <v>326</v>
       </c>
       <c r="C729" s="3">
-        <v>41698</v>
+        <v>43069</v>
       </c>
       <c r="D729">
         <v>0</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="B730" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C730" s="3">
-        <v>43646</v>
+        <v>43524</v>
       </c>
       <c r="D730">
         <v>0</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="B731" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C731" s="3">
-        <v>43646</v>
+        <v>43524</v>
       </c>
       <c r="D731">
         <v>0</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s">
-        <v>672</v>
-[...4 lines deleted...]
-        </is>
+        <v>688</v>
+      </c>
+      <c r="B732" t="s">
+        <v>326</v>
       </c>
       <c r="C732" s="3">
-        <v>41305</v>
+        <v>43769</v>
       </c>
       <c r="D732">
         <v>0</v>
       </c>
     </row>
     <row r="733">
-      <c r="A733" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A733" t="s">
+        <v>688</v>
+      </c>
+      <c r="B733" t="s">
+        <v>326</v>
       </c>
       <c r="C733" s="3">
-        <v>41790</v>
+        <v>43769</v>
       </c>
       <c r="D733">
         <v>0</v>
       </c>
     </row>
     <row r="734">
-      <c r="A734" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A734" t="s">
+        <v>689</v>
+      </c>
+      <c r="B734" t="s">
+        <v>326</v>
       </c>
       <c r="C734" s="3">
-        <v>41790</v>
+        <v>42704</v>
       </c>
       <c r="D734">
         <v>0</v>
       </c>
     </row>
     <row r="735">
-      <c r="A735" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A735" t="s">
+        <v>689</v>
+      </c>
+      <c r="B735" t="s">
+        <v>326</v>
       </c>
       <c r="C735" s="3">
-        <v>41790</v>
+        <v>42704</v>
       </c>
       <c r="D735">
         <v>0</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 10103: Nomenklatur - Implantierbare kardiologische Geräte (ISO/IEEE 11073-10103:2014); Englische Fassung EN ISO 11073-10103:2013</t>
+          <t>Medizinische Informatik - Klassifikation des Zwecks zur Verarbeitung von persönlichen Gesundheitsinformationen (ISO/TS 14265:2011); Deutsche Fassung CEN ISO/TS 14265:2013</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>Diese Norm erweitert die grundlegende Nomenklatur aus ISO/IEEE 11073-10101:2004, um Hilfestellung zur Terminologie für implantierbare kardiologische Geräte zu geben. Der Anwendungsbereich dieser Nomenklatur umfasst implantierbare Geräte wie Herzschrittmacher, Defibrillatoren, Geräte zur kardialen Resynchronisationstherapie sowie implantierbare Herzmonitore. Diese Nomenklatur legt die einzelnen Begriffe fest, die für die Übermittlung einer klinisch relevanten Zusammenfassung von Informationen, die bei der Abfrage eines Gerätes gewonnen wurden, benötigt werden. Die Nomenklatur-Erweiterungen können in Verbindung mit anderen Normteilen von IEEE 11073 (z. B. ISO/IEEE 11073-10201) oder mit anderen Normen, wie den Normen der Health Level Seven International (HL7), angewendet werden.</t>
+          <t>Diese Technische Spezifikation legt eine Reihe von Kategorien höchster Ebene für die Zwecke fest, für die persönliche Gesundheitsinformationen verarbeitet, d. h. erfasst, genutzt, gespeichert, abgefragt, ausgewertet, erstellt, verknüpft, übermittelt, offengelegt oder aufbewahrt werden dürfen. Ihr Ziel ist, ein Rahmenwerk für die Klassifikation der verschiedenen speziellen Zwecke zur Verfügung zu stellen, die in den Geltungsbereichen der einzelnen Richtlinien festgelegt und angewendet werden können (z. B. von Organisationen der Gesundheitsversorgung, regionalen Gesundheitsbehörden, Zuständigkeitsbereichen, Ländern), um die gleichbleibende Verwaltung der Informationen bei der Erbringung von Dienstleistungen im Gesundheitswesen und für die Übermittlung elektronischer Patientenakten über die Grenzen von Organisationen und Zuständigkeitsbereichen hinweg zu unterstützen. Der Anwendungsbereich dieser Technischen Spezifikation ist beschränkt auf persönliche Gesundheitsinformationen (en: Personal Health Information, PHI) nach der Definition in ISO 27799 und auf Informationen über eine identifizierbare Person, die sich auf deren körperliche oder geistige Gesundheit oder die Erbringung von Gesundheitsdienstleistungen für diese Person beziehen.</t>
         </is>
       </c>
       <c r="C736" s="3">
-        <v>41790</v>
+        <v>41698</v>
       </c>
       <c r="D736">
         <v>0</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 20101: Anwendungsprofil - Basisnorm (ISO/IEEE 11073-20101:2004); Englische Fassung EN ISO 11073-20101:2005</t>
+          <t>Medizinische Informatik - Klassifikation des Zwecks zur Verarbeitung von persönlichen Gesundheitsinformationen (ISO/TS 14265:2011); Deutsche Fassung CEN ISO/TS 14265:2013</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein grundlegendes Modell für Anwendungsprofile festgelegt.</t>
+          <t>Diese Technische Spezifikation legt eine Reihe von Kategorien höchster Ebene für die Zwecke fest, für die persönliche Gesundheitsinformationen verarbeitet, d. h. erfasst, genutzt, gespeichert, abgefragt, ausgewertet, erstellt, verknüpft, übermittelt, offengelegt oder aufbewahrt werden dürfen. Ihr Ziel ist, ein Rahmenwerk für die Klassifikation der verschiedenen speziellen Zwecke zur Verfügung zu stellen, die in den Geltungsbereichen der einzelnen Richtlinien festgelegt und angewendet werden können (z. B. von Organisationen der Gesundheitsversorgung, regionalen Gesundheitsbehörden, Zuständigkeitsbereichen, Ländern), um die gleichbleibende Verwaltung der Informationen bei der Erbringung von Dienstleistungen im Gesundheitswesen und für die Übermittlung elektronischer Patientenakten über die Grenzen von Organisationen und Zuständigkeitsbereichen hinweg zu unterstützen. Der Anwendungsbereich dieser Technischen Spezifikation ist beschränkt auf persönliche Gesundheitsinformationen (en: Personal Health Information, PHI) nach der Definition in ISO 27799 und auf Informationen über eine identifizierbare Person, die sich auf deren körperliche oder geistige Gesundheit oder die Erbringung von Gesundheitsdienstleistungen für diese Person beziehen.</t>
         </is>
       </c>
       <c r="C737" s="3">
-        <v>38990</v>
+        <v>41698</v>
       </c>
       <c r="D737">
         <v>0</v>
       </c>
     </row>
     <row r="738">
-      <c r="A738" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A738" t="s">
+        <v>690</v>
+      </c>
+      <c r="B738" t="s">
+        <v>326</v>
       </c>
       <c r="C738" s="3">
-        <v>38990</v>
+        <v>43646</v>
       </c>
       <c r="D738">
         <v>0</v>
       </c>
     </row>
     <row r="739">
-      <c r="A739" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A739" t="s">
+        <v>690</v>
+      </c>
+      <c r="B739" t="s">
+        <v>326</v>
       </c>
       <c r="C739" s="3">
-        <v>39021</v>
+        <v>43646</v>
       </c>
       <c r="D739">
         <v>0</v>
       </c>
     </row>
     <row r="740">
-      <c r="A740" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A740" t="s">
+        <v>691</v>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein Transportprofil für die drahtgebundene Übertragung fest.</t>
+          <t>Dieser Internationale Standard legt eine Anzahl von Metadatenelementen fest, die zur Beschreibung von Dokumenten dienen, die medizinisches Wissen enthalten, in erster Linie sind dies digitale Dokumente wie Web Ressourcen, mit Zugang von Datenbanken oder über File-Transfer, sie können auch verwendet werden für Papierdokumente, z. B. für Artikel in der medizinischen Literatur. Die Metadaten sollten: - die eindeutige und internationale Verständigung über wichtige Aspekten zur Beschreibung eins Dokuments unterstützen, z. B. Zweck, Bearbeiter, beabsichtigter Empfänger, rechtlicher Status und wissenschaftlicher Hintergrund; - auf unterschiedliche Arten digitaler Dokumente anwendbar sein, z. B. Anforderungen aus Konsensbildungen von einer professionellen Gruppe, Verordnungen von Regierungsstellen, klinische Versuchsprotokolle von pharmazeutischen Unternehmen, wissenschaftliche Berichte von Forschungsgruppen, Ratschläge von Patienten mit einer bestimmten Erkrankung, Übersichtsartikel; - die Möglichkeit bieten von Menschen ausgelesen zu werden, sowohl von qualifizierten Personen des Gesundheitswesens als auch von Bürgern/Patienten - die potentielle Möglichkeiten für eine automatische Weiterverarbeitung bieten, z. B. zur Unterstützung von Suchmaschinen für eingeschränkte Verknüpfungen zu Dokumenten eines bestimmten Typs oder Qualitätslevels. Die durch diese Norm festgelegten Daten sind nicht dazu bestimmt - Dokumente eines einzelnen Patienten, wie Behandlungsunterlagen zu beschreiben; - Details von medizinischen Inhalten von Dokumenten zu beschreiben (aber einige Gedanken zu den Inhalten können über Stichwörter oder Codes beschrieben sein); - Kriterien für die Qualität des Dokumentinhalts festzulegen.</t>
         </is>
       </c>
       <c r="C740" s="3">
-        <v>39021</v>
+        <v>41305</v>
       </c>
       <c r="D740">
         <v>0</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - Drahtgebundene Übertragung - Änderung 1 (ISO/IEEE 11073-30200:2004/Amd 1:2015); Englische Fassung EN ISO 11073-30200:2005/A1:2015</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 10102: Nomenklatur - Mit Annotationen versehenes EKG (ISO/IEEE 11073-10102:2014); Englische Fassung EN ISO 11073-10102:2014</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>Diese Norm beschreibt ein IrDA-basiertes, kabelgebundenes lokales Netzwerk (LAN) für die Verbindung von Computern und medizinische Geräten und ist geeignet neue Gerätedesigns zu unterstützen, ist aber vor allem für Änderungen an Alt-Geräten gedacht. Der Begriff "Alt-Gerät" bezieht sich auf Geräte, die bereits im Einsatz in klinischen Einrichtungen sind; in der aktiven Produktion bei den Einrichtungen der medizinischen Gerätehersteller oder die über die ersten Phasen der Engineering-Entwicklung hinaus sind.</t>
+          <t>Diese Norm erweitert ISO/IEEE 11073-10101:2004, um Hilfestellung zur Terminologie von EKG-Anno-tationen zu geben. Die Nomenklatur befasst sich hauptsächlich mit EKG-Annotationen zum Herzschlag, zu Wellenkomponenten, zum Rhythmus und zu Geräuschen. Sie legt auch zusätzliche "globale" und "ableitungsspezifische" numerische Beobachtungsbezeichner, EKG-Ableitungssysteme und EKG-Ableitungsbezeichner fest. Die Nomenklatur-Erweiterungen können in Verbindung mit anderen Normteilen von IEEE 11073 (z. B. ISO/IEEE 11073-10201:2004) oder unabhängig mit anderen Normen angewendet werden.</t>
         </is>
       </c>
       <c r="C741" s="3">
-        <v>42338</v>
+        <v>41790</v>
       </c>
       <c r="D741">
         <v>0</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - Drahtgebundene Übertragung - Änderung 1 (ISO/IEEE 11073-30200:2004/Amd 1:2015); Englische Fassung EN ISO 11073-30200:2005/A1:2015</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 10102: Nomenklatur - Mit Annotationen versehenes EKG (ISO/IEEE 11073-10102:2014); Englische Fassung EN ISO 11073-10102:2014</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>Diese Norm beschreibt ein IrDA-basiertes, kabelgebundenes lokales Netzwerk (LAN) für die Verbindung von Computern und medizinische Geräten und ist geeignet neue Gerätedesigns zu unterstützen, ist aber vor allem für Änderungen an Alt-Geräten gedacht. Der Begriff "Alt-Gerät" bezieht sich auf Geräte, die bereits im Einsatz in klinischen Einrichtungen sind; in der aktiven Produktion bei den Einrichtungen der medizinischen Gerätehersteller oder die über die ersten Phasen der Engineering-Entwicklung hinaus sind.</t>
+          <t>Diese Norm erweitert ISO/IEEE 11073-10101:2004, um Hilfestellung zur Terminologie von EKG-Anno-tationen zu geben. Die Nomenklatur befasst sich hauptsächlich mit EKG-Annotationen zum Herzschlag, zu Wellenkomponenten, zum Rhythmus und zu Geräuschen. Sie legt auch zusätzliche "globale" und "ableitungsspezifische" numerische Beobachtungsbezeichner, EKG-Ableitungssysteme und EKG-Ableitungsbezeichner fest. Die Nomenklatur-Erweiterungen können in Verbindung mit anderen Normteilen von IEEE 11073 (z. B. ISO/IEEE 11073-10201:2004) oder unabhängig mit anderen Normen angewendet werden.</t>
         </is>
       </c>
       <c r="C742" s="3">
-        <v>42338</v>
+        <v>41790</v>
       </c>
       <c r="D742">
         <v>0</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30300: Transportprofil - drahtlose Infrarotübertragung (ISO/IEEE 11073-30300:2004); Englische Fassung EN ISO 11073-30300:2005</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 10103: Nomenklatur - Implantierbare kardiologische Geräte (ISO/IEEE 11073-10103:2014); Englische Fassung EN ISO 11073-10103:2013</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" die für "Plug and Play"-Interoperabilität bei drahtloser Infratrotübertragung benötigten Transportdienste fest.</t>
+          <t>Diese Norm erweitert die grundlegende Nomenklatur aus ISO/IEEE 11073-10101:2004, um Hilfestellung zur Terminologie für implantierbare kardiologische Geräte zu geben. Der Anwendungsbereich dieser Nomenklatur umfasst implantierbare Geräte wie Herzschrittmacher, Defibrillatoren, Geräte zur kardialen Resynchronisationstherapie sowie implantierbare Herzmonitore. Diese Nomenklatur legt die einzelnen Begriffe fest, die für die Übermittlung einer klinisch relevanten Zusammenfassung von Informationen, die bei der Abfrage eines Gerätes gewonnen wurden, benötigt werden. Die Nomenklatur-Erweiterungen können in Verbindung mit anderen Normteilen von IEEE 11073 (z. B. ISO/IEEE 11073-10201) oder mit anderen Normen, wie den Normen der Health Level Seven International (HL7), angewendet werden.</t>
         </is>
       </c>
       <c r="C743" s="3">
-        <v>38990</v>
+        <v>41790</v>
       </c>
       <c r="D743">
         <v>0</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30300: Transportprofil - drahtlose Infrarotübertragung (ISO/IEEE 11073-30300:2004); Englische Fassung EN ISO 11073-30300:2005</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 10103: Nomenklatur - Implantierbare kardiologische Geräte (ISO/IEEE 11073-10103:2014); Englische Fassung EN ISO 11073-10103:2013</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" die für "Plug and Play"-Interoperabilität bei drahtloser Infratrotübertragung benötigten Transportdienste fest.</t>
+          <t>Diese Norm erweitert die grundlegende Nomenklatur aus ISO/IEEE 11073-10101:2004, um Hilfestellung zur Terminologie für implantierbare kardiologische Geräte zu geben. Der Anwendungsbereich dieser Nomenklatur umfasst implantierbare Geräte wie Herzschrittmacher, Defibrillatoren, Geräte zur kardialen Resynchronisationstherapie sowie implantierbare Herzmonitore. Diese Nomenklatur legt die einzelnen Begriffe fest, die für die Übermittlung einer klinisch relevanten Zusammenfassung von Informationen, die bei der Abfrage eines Gerätes gewonnen wurden, benötigt werden. Die Nomenklatur-Erweiterungen können in Verbindung mit anderen Normteilen von IEEE 11073 (z. B. ISO/IEEE 11073-10201) oder mit anderen Normen, wie den Normen der Health Level Seven International (HL7), angewendet werden.</t>
         </is>
       </c>
       <c r="C744" s="3">
-        <v>38990</v>
+        <v>41790</v>
       </c>
       <c r="D744">
         <v>0</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30400: Interfaceprofil - drahtgebundenes Ethernet (ISO 11073-30400:2012); Englische Fassung EN ISO 11073-30400:2012</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 20101: Anwendungsprofil - Basisnorm (ISO/IEEE 11073-20101:2004); Englische Fassung EN ISO 11073-20101:2005</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>Dieses Dokument konzentriert sich auf die Anwendung von Protokollen für den Einsatz in medizinischen Geräten innerhalb der Ethernet-Familie (IEEE Std 802.3:2008). Der Anwendungsbereich beschränkt sich auf die entsprechende Familie von Ethernet-Spezifikationen und beschreibt die spezifischen besonderen Bedürfnissen oder Anforderungen aus dem Umfeld der Reihe ISO/IEEE 11073, wobei ein besonderer Schwerpunkt auf die Verbesserung der Interoperabilität und die Kostenkontrolle gelegt wird.</t>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein grundlegendes Modell für Anwendungsprofile festgelegt.</t>
         </is>
       </c>
       <c r="C745" s="3">
-        <v>41333</v>
+        <v>38990</v>
       </c>
       <c r="D745">
         <v>0</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30400: Interfaceprofil - drahtgebundenes Ethernet (ISO 11073-30400:2012); Englische Fassung EN ISO 11073-30400:2012</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 20101: Anwendungsprofil - Basisnorm (ISO/IEEE 11073-20101:2004); Englische Fassung EN ISO 11073-20101:2005</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>Dieses Dokument konzentriert sich auf die Anwendung von Protokollen für den Einsatz in medizinischen Geräten innerhalb der Ethernet-Familie (IEEE Std 802.3:2008). Der Anwendungsbereich beschränkt sich auf die entsprechende Familie von Ethernet-Spezifikationen und beschreibt die spezifischen besonderen Bedürfnissen oder Anforderungen aus dem Umfeld der Reihe ISO/IEEE 11073, wobei ein besonderer Schwerpunkt auf die Verbesserung der Interoperabilität und die Kostenkontrolle gelegt wird.</t>
+          <t>Durch diese Norm wird für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein grundlegendes Modell für Anwendungsprofile festgelegt.</t>
         </is>
       </c>
       <c r="C746" s="3">
-        <v>41333</v>
+        <v>38990</v>
       </c>
       <c r="D746">
         <v>0</v>
       </c>
     </row>
     <row r="747">
-      <c r="A747" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A747" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - drahtgebundene Übertragung (ISO/IEEE 11073-30200:2004); Englische Fassung EN ISO 11073-30200:2005</t>
+        </is>
+      </c>
+      <c r="B747" t="inlineStr">
+        <is>
+          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein Transportprofil für die drahtgebundene Übertragung fest.</t>
+        </is>
       </c>
       <c r="C747" s="3">
-        <v>39447</v>
+        <v>39021</v>
       </c>
       <c r="D747">
         <v>0</v>
       </c>
     </row>
     <row r="748">
-      <c r="A748" t="s">
-[...3 lines deleted...]
-        <v>674</v>
+      <c r="A748" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - drahtgebundene Übertragung (ISO/IEEE 11073-30200:2004); Englische Fassung EN ISO 11073-30200:2005</t>
+        </is>
+      </c>
+      <c r="B748" t="inlineStr">
+        <is>
+          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" ein Transportprofil für die drahtgebundene Übertragung fest.</t>
+        </is>
       </c>
       <c r="C748" s="3">
-        <v>39447</v>
+        <v>39021</v>
       </c>
       <c r="D748">
         <v>0</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 00103: Überblick (ISO/IEEE 11073-00103:2015); Englische Fassung EN ISO 11073-00103:2017</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - Drahtgebundene Übertragung - Änderung 1 (ISO/IEEE 11073-30200:2004/Amd 1:2015); Englische Fassung EN ISO 11073-30200:2005/A1:2015</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>Dieser Leitfaden beschreibt innerhalb der ISO/IEEE 11073-Standardfamilie für die Gerätekommunikation die Landschaft der transportunabhängigen Anwendungs- und Informationsprofile für persönliche Telemedizin-Geräte. Diese Profile definieren den Datenaustausch, die Datendarstellung und die Terminologie für die Kommunikation zwischen gesundheitsbezogenen persönlichen Geräten und Datenverarbeitungsgeräten (wie Gesundheitsgeräten, Settop-Boxen, mobilen Telefonen und Arbeitsplatzrechnern). Der Leitfaden bietet eine Definition für persönliche Telemedizin-Geräte als Geräte, die für ein aktives Leben, zur Wellness-Überwachung und/oder für die Gesundheitsüberwachung in der häuslichen Umgebung, in kommunalen Einrichtungen und/oder für mobile Anwendungen sowie zur professionellen medizinischen Nutzung verwendet werden. Des Weiteren werden für diese Szenarien und Umgebungen relevante Anwendungsfälle vorgestellt.</t>
+          <t>Diese Norm beschreibt ein IrDA-basiertes, kabelgebundenes lokales Netzwerk (LAN) für die Verbindung von Computern und medizinische Geräten und ist geeignet neue Gerätedesigns zu unterstützen, ist aber vor allem für Änderungen an Alt-Geräten gedacht. Der Begriff "Alt-Gerät" bezieht sich auf Geräte, die bereits im Einsatz in klinischen Einrichtungen sind; in der aktiven Produktion bei den Einrichtungen der medizinischen Gerätehersteller oder die über die ersten Phasen der Engineering-Entwicklung hinaus sind.</t>
         </is>
       </c>
       <c r="C749" s="3">
-        <v>42855</v>
+        <v>42338</v>
       </c>
       <c r="D749">
         <v>0</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 00103: Überblick (ISO/IEEE 11073-00103:2015); Englische Fassung EN ISO 11073-00103:2017</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30200: Transportprofil - Drahtgebundene Übertragung - Änderung 1 (ISO/IEEE 11073-30200:2004/Amd 1:2015); Englische Fassung EN ISO 11073-30200:2005/A1:2015</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>Dieser Leitfaden beschreibt innerhalb der ISO/IEEE 11073-Standardfamilie für die Gerätekommunikation die Landschaft der transportunabhängigen Anwendungs- und Informationsprofile für persönliche Telemedizin-Geräte. Diese Profile definieren den Datenaustausch, die Datendarstellung und die Terminologie für die Kommunikation zwischen gesundheitsbezogenen persönlichen Geräten und Datenverarbeitungsgeräten (wie Gesundheitsgeräten, Settop-Boxen, mobilen Telefonen und Arbeitsplatzrechnern). Der Leitfaden bietet eine Definition für persönliche Telemedizin-Geräte als Geräte, die für ein aktives Leben, zur Wellness-Überwachung und/oder für die Gesundheitsüberwachung in der häuslichen Umgebung, in kommunalen Einrichtungen und/oder für mobile Anwendungen sowie zur professionellen medizinischen Nutzung verwendet werden. Des Weiteren werden für diese Szenarien und Umgebungen relevante Anwendungsfälle vorgestellt.</t>
+          <t>Diese Norm beschreibt ein IrDA-basiertes, kabelgebundenes lokales Netzwerk (LAN) für die Verbindung von Computern und medizinische Geräten und ist geeignet neue Gerätedesigns zu unterstützen, ist aber vor allem für Änderungen an Alt-Geräten gedacht. Der Begriff "Alt-Gerät" bezieht sich auf Geräte, die bereits im Einsatz in klinischen Einrichtungen sind; in der aktiven Produktion bei den Einrichtungen der medizinischen Gerätehersteller oder die über die ersten Phasen der Engineering-Entwicklung hinaus sind.</t>
         </is>
       </c>
       <c r="C750" s="3">
-        <v>42855</v>
+        <v>42338</v>
       </c>
       <c r="D750">
         <v>0</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10404: Gerätespezifikation - Pulsoximeter (ISO/IEEE 11073-10404:2010); Englische Fassung EN ISO 11073-10404:2011</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30300: Transportprofil - drahtlose Infrarotübertragung (ISO/IEEE 11073-30300:2004); Englische Fassung EN ISO 11073-30300:2005</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Pulsoximetern für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Pulsoximeter in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" die für "Plug and Play"-Interoperabilität bei drahtloser Infratrotübertragung benötigten Transportdienste fest.</t>
         </is>
       </c>
       <c r="C751" s="3">
-        <v>40724</v>
+        <v>38990</v>
       </c>
       <c r="D751">
         <v>0</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10406: Gerätespezifikation - Basiselektrokardiogramm (EKG) (EKG mit 1 bis 3 Ableitungen) (ISO/IEEE 11073-10406:2012); Englische Fassung EN ISO 11073-10406:2012</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30300: Transportprofil - drahtlose Infrarotübertragung (ISO/IEEE 11073-30300:2004); Englische Fassung EN ISO 11073-30300:2005</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das persönliche Basiselektrokardiogram (EKG) und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und Teil 20601 dieser Reihe zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das persönliche Basiselektrokardiogram (EKG mit 1 bis 3 Ableitungen) in telemedizinischen Anwendungen fest. In diesem Kontext werden diese Monitoring-EKG-Geräte im Großen und Ganzen als EKG-Geräte verwendet, die die elektrische Aktivität des Herzens über längere Zeit beobachten. Diese Monitoring-EKG-Geräte werden von diagnostischen EKG-Geräte unterschieden in Bezug auf: - einschließende Unterstützung für tragbare EKG-Geräte; - Begrenzung der Anzahl der Ableitungen, die durch das Gerät unterstützt werden, auf drei; - nicht Erforderlichkeit der Fähigkeit, die erfassten elektrischen Aktivitäten mit Anmerkungen zu versehen oder zur Analyse und Bestimmung bekannter Herzphänomene zu verwenden. Darüber hinaus gehören Bestimmungen der Herzfrequenz und Atemfrequenz, basierend auf abgeleiteten EKG-Merkmalen, zum Anwendungsbereich, aber dies sind optional physiologische Messungen.</t>
+          <t>Diese Norm legt für den Bereich der Normenreihe 11073 "Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte" die für "Plug and Play"-Interoperabilität bei drahtloser Infratrotübertragung benötigten Transportdienste fest.</t>
         </is>
       </c>
       <c r="C752" s="3">
-        <v>41364</v>
+        <v>38990</v>
       </c>
       <c r="D752">
         <v>0</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10406: Gerätespezifikation - Basiselektrokardiogramm (EKG) (EKG mit 1 bis 3 Ableitungen) (ISO/IEEE 11073-10406:2012); Englische Fassung EN ISO 11073-10406:2012</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30400: Interfaceprofil - drahtgebundenes Ethernet (ISO 11073-30400:2012); Englische Fassung EN ISO 11073-30400:2012</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das persönliche Basiselektrokardiogram (EKG) und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und Teil 20601 dieser Reihe zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das persönliche Basiselektrokardiogram (EKG mit 1 bis 3 Ableitungen) in telemedizinischen Anwendungen fest. In diesem Kontext werden diese Monitoring-EKG-Geräte im Großen und Ganzen als EKG-Geräte verwendet, die die elektrische Aktivität des Herzens über längere Zeit beobachten. Diese Monitoring-EKG-Geräte werden von diagnostischen EKG-Geräte unterschieden in Bezug auf: - einschließende Unterstützung für tragbare EKG-Geräte; - Begrenzung der Anzahl der Ableitungen, die durch das Gerät unterstützt werden, auf drei; - nicht Erforderlichkeit der Fähigkeit, die erfassten elektrischen Aktivitäten mit Anmerkungen zu versehen oder zur Analyse und Bestimmung bekannter Herzphänomene zu verwenden. Darüber hinaus gehören Bestimmungen der Herzfrequenz und Atemfrequenz, basierend auf abgeleiteten EKG-Merkmalen, zum Anwendungsbereich, aber dies sind optional physiologische Messungen.</t>
+          <t>Dieses Dokument konzentriert sich auf die Anwendung von Protokollen für den Einsatz in medizinischen Geräten innerhalb der Ethernet-Familie (IEEE Std 802.3:2008). Der Anwendungsbereich beschränkt sich auf die entsprechende Familie von Ethernet-Spezifikationen und beschreibt die spezifischen besonderen Bedürfnissen oder Anforderungen aus dem Umfeld der Reihe ISO/IEEE 11073, wobei ein besonderer Schwerpunkt auf die Verbesserung der Interoperabilität und die Kostenkontrolle gelegt wird.</t>
         </is>
       </c>
       <c r="C753" s="3">
-        <v>41364</v>
+        <v>41333</v>
       </c>
       <c r="D753">
         <v>0</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10407: Gerätespezifikation - Blutdruckmonitor (ISO/IEEE 11073-10407:2010); Englische Fassung EN ISO 11073-10407:2011</t>
+          <t>Medizinische Informatik - Kommunikation patientennaher medizinischer Geräte - Teil 30400: Interfaceprofil - drahtgebundenes Ethernet (ISO 11073-30400:2012); Englische Fassung EN ISO 11073-30400:2012</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutdruckmonitoren für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutdruckmonitore in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Dieses Dokument konzentriert sich auf die Anwendung von Protokollen für den Einsatz in medizinischen Geräten innerhalb der Ethernet-Familie (IEEE Std 802.3:2008). Der Anwendungsbereich beschränkt sich auf die entsprechende Familie von Ethernet-Spezifikationen und beschreibt die spezifischen besonderen Bedürfnissen oder Anforderungen aus dem Umfeld der Reihe ISO/IEEE 11073, wobei ein besonderer Schwerpunkt auf die Verbesserung der Interoperabilität und die Kostenkontrolle gelegt wird.</t>
         </is>
       </c>
       <c r="C754" s="3">
-        <v>40724</v>
+        <v>41333</v>
       </c>
       <c r="D754">
         <v>0</v>
       </c>
     </row>
     <row r="755">
-      <c r="A755" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A755" t="s">
+        <v>692</v>
+      </c>
+      <c r="B755" t="s">
+        <v>326</v>
       </c>
       <c r="C755" s="3">
-        <v>40724</v>
+        <v>39447</v>
       </c>
       <c r="D755">
         <v>0</v>
       </c>
     </row>
     <row r="756">
-      <c r="A756" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A756" t="s">
+        <v>692</v>
+      </c>
+      <c r="B756" t="s" s="5">
+        <v>693</v>
       </c>
       <c r="C756" s="3">
-        <v>40724</v>
+        <v>39447</v>
       </c>
       <c r="D756">
         <v>0</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10417: Gerätespezifikation - Blutzuckermessgerät (ISO/IEEE 11073-10417:2017); Englische Fassung EN ISO 11073-10417:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 00103: Überblick (ISO/IEEE 11073-00103:2015); Englische Fassung EN ISO 11073-00103:2017</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutzuckermessgeräten für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutzuckermessgeräte in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Dieser Leitfaden beschreibt innerhalb der ISO/IEEE 11073-Standardfamilie für die Gerätekommunikation die Landschaft der transportunabhängigen Anwendungs- und Informationsprofile für persönliche Telemedizin-Geräte. Diese Profile definieren den Datenaustausch, die Datendarstellung und die Terminologie für die Kommunikation zwischen gesundheitsbezogenen persönlichen Geräten und Datenverarbeitungsgeräten (wie Gesundheitsgeräten, Settop-Boxen, mobilen Telefonen und Arbeitsplatzrechnern). Der Leitfaden bietet eine Definition für persönliche Telemedizin-Geräte als Geräte, die für ein aktives Leben, zur Wellness-Überwachung und/oder für die Gesundheitsüberwachung in der häuslichen Umgebung, in kommunalen Einrichtungen und/oder für mobile Anwendungen sowie zur professionellen medizinischen Nutzung verwendet werden. Des Weiteren werden für diese Szenarien und Umgebungen relevante Anwendungsfälle vorgestellt.</t>
         </is>
       </c>
       <c r="C757" s="3">
-        <v>43159</v>
+        <v>42855</v>
       </c>
       <c r="D757">
         <v>0</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10417: Gerätespezifikation - Blutzuckermessgerät (ISO/IEEE 11073-10417:2017); Englische Fassung EN ISO 11073-10417:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 00103: Überblick (ISO/IEEE 11073-00103:2015); Englische Fassung EN ISO 11073-00103:2017</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutzuckermessgeräten für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutzuckermessgeräte in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Dieser Leitfaden beschreibt innerhalb der ISO/IEEE 11073-Standardfamilie für die Gerätekommunikation die Landschaft der transportunabhängigen Anwendungs- und Informationsprofile für persönliche Telemedizin-Geräte. Diese Profile definieren den Datenaustausch, die Datendarstellung und die Terminologie für die Kommunikation zwischen gesundheitsbezogenen persönlichen Geräten und Datenverarbeitungsgeräten (wie Gesundheitsgeräten, Settop-Boxen, mobilen Telefonen und Arbeitsplatzrechnern). Der Leitfaden bietet eine Definition für persönliche Telemedizin-Geräte als Geräte, die für ein aktives Leben, zur Wellness-Überwachung und/oder für die Gesundheitsüberwachung in der häuslichen Umgebung, in kommunalen Einrichtungen und/oder für mobile Anwendungen sowie zur professionellen medizinischen Nutzung verwendet werden. Des Weiteren werden für diese Szenarien und Umgebungen relevante Anwendungsfälle vorgestellt.</t>
         </is>
       </c>
       <c r="C758" s="3">
-        <v>43159</v>
+        <v>42855</v>
       </c>
       <c r="D758">
         <v>0</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) (ISO/IEEE 11073-10418:2014); Englische Fassung EN ISO</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10404: Gerätespezifikation - Pulsoximeter (ISO/IEEE 11073-10404:2010); Englische Fassung EN ISO 11073-10404:2011</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Pulsoximetern für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Pulsoximeter in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C759" s="3">
-        <v>41790</v>
+        <v>40724</v>
       </c>
       <c r="D759">
         <v>0</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) (ISO/IEEE 11073-10418:2014); Englische Fassung EN ISO</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10406: Gerätespezifikation - Basiselektrokardiogramm (EKG) (EKG mit 1 bis 3 Ableitungen) (ISO/IEEE 11073-10406:2012); Englische Fassung EN ISO 11073-10406:2012</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das persönliche Basiselektrokardiogram (EKG) und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und Teil 20601 dieser Reihe zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das persönliche Basiselektrokardiogram (EKG mit 1 bis 3 Ableitungen) in telemedizinischen Anwendungen fest. In diesem Kontext werden diese Monitoring-EKG-Geräte im Großen und Ganzen als EKG-Geräte verwendet, die die elektrische Aktivität des Herzens über längere Zeit beobachten. Diese Monitoring-EKG-Geräte werden von diagnostischen EKG-Geräte unterschieden in Bezug auf: - einschließende Unterstützung für tragbare EKG-Geräte; - Begrenzung der Anzahl der Ableitungen, die durch das Gerät unterstützt werden, auf drei; - nicht Erforderlichkeit der Fähigkeit, die erfassten elektrischen Aktivitäten mit Anmerkungen zu versehen oder zur Analyse und Bestimmung bekannter Herzphänomene zu verwenden. Darüber hinaus gehören Bestimmungen der Herzfrequenz und Atemfrequenz, basierend auf abgeleiteten EKG-Merkmalen, zum Anwendungsbereich, aber dies sind optional physiologische Messungen.</t>
         </is>
       </c>
       <c r="C760" s="3">
-        <v>41790</v>
+        <v>41364</v>
       </c>
       <c r="D760">
         <v>0</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) - Berichtigung 1 (ISO/IEEE 11073-10418:2014/Cor 1:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10406: Gerätespezifikation - Basiselektrokardiogramm (EKG) (EKG mit 1 bis 3 Ableitungen) (ISO/IEEE 11073-10406:2012); Englische Fassung EN ISO 11073-10406:2012</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das persönliche Basiselektrokardiogram (EKG) und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und Teil 20601 dieser Reihe zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das persönliche Basiselektrokardiogram (EKG mit 1 bis 3 Ableitungen) in telemedizinischen Anwendungen fest. In diesem Kontext werden diese Monitoring-EKG-Geräte im Großen und Ganzen als EKG-Geräte verwendet, die die elektrische Aktivität des Herzens über längere Zeit beobachten. Diese Monitoring-EKG-Geräte werden von diagnostischen EKG-Geräte unterschieden in Bezug auf: - einschließende Unterstützung für tragbare EKG-Geräte; - Begrenzung der Anzahl der Ableitungen, die durch das Gerät unterstützt werden, auf drei; - nicht Erforderlichkeit der Fähigkeit, die erfassten elektrischen Aktivitäten mit Anmerkungen zu versehen oder zur Analyse und Bestimmung bekannter Herzphänomene zu verwenden. Darüber hinaus gehören Bestimmungen der Herzfrequenz und Atemfrequenz, basierend auf abgeleiteten EKG-Merkmalen, zum Anwendungsbereich, aber dies sind optional physiologische Messungen.</t>
         </is>
       </c>
       <c r="C761" s="3">
-        <v>43343</v>
+        <v>41364</v>
       </c>
       <c r="D761">
         <v>0</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) - Berichtigung 1 (ISO/IEEE 11073-10418:2014/Cor 1:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10407: Gerätespezifikation - Blutdruckmonitor (ISO/IEEE 11073-10407:2010); Englische Fassung EN ISO 11073-10407:2011</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutdruckmonitoren für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutdruckmonitore in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C762" s="3">
-        <v>43343</v>
+        <v>40724</v>
       </c>
       <c r="D762">
         <v>0</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10419: Gerätespezifikation - Insulinpumpe (ISO/IEEE 11073-10419:2016); Englische Fassung EN ISO 11073-10419:2016</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10408: Gerätespezifikation - Thermometer (ISO/IEEE 11073-10408:2010); Englische Fassung EN ISO 11073-10408:2011</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener telemedizinischer Geräte eine verbindliche Definition für die Kommunikation zwischen Insulinpumpen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Insulinpumpen fest. In diesem Zusammenhang werden Insulinpumpen als Geräte definiert, die für die Behandlung von Diabetes mellitus bestimmt sind, auch bekannt als kontinuierliche subkutane Insulininfusion (CSII)-Therapie. Diese Norm unterstützt die Datenmodellierung nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Thermometern für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Thermometer in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C763" s="3">
-        <v>42643</v>
+        <v>40724</v>
       </c>
       <c r="D763">
         <v>0</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10420: Gerätespezifikation - Analysegerät für die Zusammensetzung des Körpers (ISO 11073-10420:2012); Englische Fassung EN ISO 11073-10420:2012</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10415: Gerätespezifikation - Waage (ISO/IEEE 11073-10415:2010); Englische Fassung EN ISO 11073-10415:2011</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Analysegeräten für den Körperbau für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Analysegeräte für den Körperbau in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Waagen für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Waagen in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C764" s="3">
-        <v>41333</v>
+        <v>40724</v>
       </c>
       <c r="D764">
         <v>0</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10421: Gerätespezifikation - Monitor für den maximalen exspiratorischen Atemfluss (peak flow) (ISO 11073-10421:2012); Englische Fassung EN ISO 11073-10421:2012</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10417: Gerätespezifikation - Blutzuckermessgerät (ISO/IEEE 11073-10417:2017); Englische Fassung EN ISO 11073-10417:2017</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für den maximalen exspiratorischen Atemfluss für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Monitore für den maximalen exspiratorischen Atemfluss in telemedizinischen Anwendungen fest. Der Use Case wird auf persönliche Überwachung der Atmung eingeschränkt und bezieht sich nicht auf die Spirometrie im Krankenhaus. Die dauerhafte und hochscharfe Überwachung (z. B. für Notfallmaßnahmen) liegen außerhalb des Geltungsbereichs des Use Cases. Im Zusammenhang mit der Geräten für die persönliche Gesundheit, ist ein Monitor für den maximalen exspiratorischen Atemfluss ein Gerät, das verwendet wird, um die Atemfunktion bei Atemwegserkrankungen wie Asthma und COPD zu messen. Die Fähigkeit einen rückläufigen respiratorischen Status zu erkennen, bevor eine Notwendigkeit für eine akute Intervention besteht, verbessert die Qualität des Lebens für den Einzelnen bei gleichzeitiger Reduzierung der Gesamtkosten für die Pflege. Der Status von Atmungsdaten wird durch eine persönliche Überwachung der Atmung im Gerät gesammelt und an ein zentrales Daten-Repository für die Überprüfung und Handlung an einen Leistungserbringer übermittelt. Die Daten sind episodischer Natur und erden in festgelegten Intervallen weitergeleitet oder wenn sich für die Person gefährliche Symptome zeigen. Diese Norm regelt die Datenmodellierung und den Datentransport in einer Shim-Schicht nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutzuckermessgeräten für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutzuckermessgeräte in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C765" s="3">
-        <v>41333</v>
+        <v>43159</v>
       </c>
       <c r="D765">
         <v>0</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10421: Gerätespezifikation - Monitor für den maximalen exspiratorischen Atemfluss (peak flow) (ISO 11073-10421:2012); Englische Fassung EN ISO 11073-10421:2012</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10417: Gerätespezifikation - Blutzuckermessgerät (ISO/IEEE 11073-10417:2017); Englische Fassung EN ISO 11073-10417:2017</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für den maximalen exspiratorischen Atemfluss für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Monitore für den maximalen exspiratorischen Atemfluss in telemedizinischen Anwendungen fest. Der Use Case wird auf persönliche Überwachung der Atmung eingeschränkt und bezieht sich nicht auf die Spirometrie im Krankenhaus. Die dauerhafte und hochscharfe Überwachung (z. B. für Notfallmaßnahmen) liegen außerhalb des Geltungsbereichs des Use Cases. Im Zusammenhang mit der Geräten für die persönliche Gesundheit, ist ein Monitor für den maximalen exspiratorischen Atemfluss ein Gerät, das verwendet wird, um die Atemfunktion bei Atemwegserkrankungen wie Asthma und COPD zu messen. Die Fähigkeit einen rückläufigen respiratorischen Status zu erkennen, bevor eine Notwendigkeit für eine akute Intervention besteht, verbessert die Qualität des Lebens für den Einzelnen bei gleichzeitiger Reduzierung der Gesamtkosten für die Pflege. Der Status von Atmungsdaten wird durch eine persönliche Überwachung der Atmung im Gerät gesammelt und an ein zentrales Daten-Repository für die Überprüfung und Handlung an einen Leistungserbringer übermittelt. Die Daten sind episodischer Natur und erden in festgelegten Intervallen weitergeleitet oder wenn sich für die Person gefährliche Symptome zeigen. Diese Norm regelt die Datenmodellierung und den Datentransport in einer Shim-Schicht nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Blutzuckermessgeräten für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Blutzuckermessgeräte in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C766" s="3">
-        <v>41333</v>
+        <v>43159</v>
       </c>
       <c r="D766">
         <v>0</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte (ISO/IEEE 11073-10424:2016); Englische Fassung EN ISO 11073-10424:2016</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) (ISO/IEEE 11073-10418:2014); Englische Fassung EN ISO</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
         </is>
       </c>
       <c r="C767" s="3">
-        <v>42643</v>
+        <v>41790</v>
       </c>
       <c r="D767">
         <v>0</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte (ISO/IEEE 11073-10424:2016); Englische Fassung EN ISO 11073-10424:2016</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) (ISO/IEEE 11073-10418:2014); Englische Fassung EN ISO</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
         </is>
       </c>
       <c r="C768" s="3">
-        <v>42643</v>
+        <v>41790</v>
       </c>
       <c r="D768">
         <v>0</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte - Berichtigung 1 (ISO/IEEE 11073-10424:2016/Cor 1:2018); Englische Fassung EN ISO 11073-10424:2016/AC:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) - Berichtigung 1 (ISO/IEEE 11073-10418:2014/Cor 1:201</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
         </is>
       </c>
       <c r="C769" s="3">
         <v>43343</v>
       </c>
       <c r="D769">
         <v>0</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte - Berichtigung 1 (ISO/IEEE 11073-10424:2016/Cor 1:2018); Englische Fassung EN ISO 11073-10424:2016/AC:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10418: Gerätespezifikation - Monitor für den international standardisierten Thromboplastinzeit-Quotienten (INR) - Berichtigung 1 (ISO/IEEE 11073-10418:2014/Cor 1:201</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Geräten zur Messung des international standardisierten Thromboplastinzeit-Quotienten (INR) (Agent) für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher INR-Geräte in telemedizinischen Anwendungen fest. Im Rahmen der Anwendung von Geräten für die persönliche Gesundheit bezieht sich die INR Überwachung auf die Messung der Prothrombinzeit (PT), die verwendet wird, um das Niveau der gerinnungshemmenden Therapie und deren Präsentation als international standardisierter Thromboplastinzeit-Quotient (INR) - im Vergleich zu der Prothrombinzeit des normalen Blutplasmas - zu beurteilen. Anwendungen des INR Monitors beinhalten auch das Management des therapeutischen Niveaus von Antikoagulans in der Behandlung einer Vielzahl von Erkrankungen. Diese Norm legt die Datenmodellierung und entsprechende Transport Shim-Schicht nach DIN EN ISO 11073-20601:2011 fest und spezifiziert nicht die Messmethode.</t>
         </is>
       </c>
       <c r="C770" s="3">
         <v>43343</v>
       </c>
       <c r="D770">
         <v>0</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10425: Gerätespezifikation - Kontinuierlicher Glukose-Monitor (ISO/IEEE 11073-10425:2019); Englische Fassung EN ISO 11073-10425:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10419: Gerätespezifikation - Insulinpumpe (ISO/IEEE 11073-10419:2016); Englische Fassung EN ISO 11073-10419:2016</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen kontinuierlichen Glukose-Monitoren (Agenten) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von kontinuierlichen Glukose-Monitoren fest. In diesem Zusammenhang werden kontinuierliche Glukose-Monitore als Geräte definiert, bei denen der Glukosewertes im Körper regelmäßig (typischerweise alle 5 Minuten) gemessen wird, wobei der Sensor kontinuierlich an der Person getragen wird.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener telemedizinischer Geräte eine verbindliche Definition für die Kommunikation zwischen Insulinpumpen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Insulinpumpen fest. In diesem Zusammenhang werden Insulinpumpen als Geräte definiert, die für die Behandlung von Diabetes mellitus bestimmt sind, auch bekannt als kontinuierliche subkutane Insulininfusion (CSII)-Therapie. Diese Norm unterstützt die Datenmodellierung nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest.</t>
         </is>
       </c>
       <c r="C771" s="3">
-        <v>43708</v>
+        <v>42643</v>
       </c>
       <c r="D771">
         <v>0</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10425: Gerätespezifikation - Kontinuierlicher Glukose-Monitor (ISO/IEEE 11073-10425:2019); Englische Fassung EN ISO 11073-10425:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10420: Gerätespezifikation - Analysegerät für die Zusammensetzung des Körpers (ISO 11073-10420:2012); Englische Fassung EN ISO 11073-10420:2012</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen kontinuierlichen Glukose-Monitoren (Agenten) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von kontinuierlichen Glukose-Monitoren fest. In diesem Zusammenhang werden kontinuierliche Glukose-Monitore als Geräte definiert, bei denen der Glukosewertes im Körper regelmäßig (typischerweise alle 5 Minuten) gemessen wird, wobei der Sensor kontinuierlich an der Person getragen wird.</t>
+          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Analysegeräten für den Körperbau für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Analysegeräte für den Körperbau in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C772" s="3">
-        <v>43708</v>
+        <v>41333</v>
       </c>
       <c r="D772">
         <v>0</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10427: Gerätespezifikation - Monitor für den Energiestatus von persönlichen gesundheitsbezogenen Geräten (ISO/IEEE 11073-10427:2018); Englische Fassung EN ISO 11073-</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10421: Gerätespezifikation - Monitor für den maximalen exspiratorischen Atemfluss (peak flow) (ISO 11073-10421:2012); Englische Fassung EN ISO 11073-10421:2012</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>Diese Norm legt für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Geräten mit einer Stromquelle (Agent) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, persönlichen gesundheitsbezogenen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Unter Verwendung der Terminologie, der Informationsprofile, der Standards für Anwendungsprofile und Datentransport, wie sie in anderen ISO/IEEE 11073 Normen festgelegt werden, legt diese Norm gemeinsame Kernfunktionen für die Kommunikation von persönlichen gesundheitsbezogenen Geräten (en: personal health devices; PHDs), die eine Batterie enthalten, fest, einschließlich - Stromversorgung des Gerätes (z. B. auf Netz oder auf Batterie); - Stromversorgungsstatus (z. B. Prozentsatz der vollen Ladung) und - geschätzte verbleibende Zeit (z. B. in Minuten).</t>
+          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für den maximalen exspiratorischen Atemfluss für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Monitore für den maximalen exspiratorischen Atemfluss in telemedizinischen Anwendungen fest. Der Use Case wird auf persönliche Überwachung der Atmung eingeschränkt und bezieht sich nicht auf die Spirometrie im Krankenhaus. Die dauerhafte und hochscharfe Überwachung (z. B. für Notfallmaßnahmen) liegen außerhalb des Geltungsbereichs des Use Cases. Im Zusammenhang mit der Geräten für die persönliche Gesundheit, ist ein Monitor für den maximalen exspiratorischen Atemfluss ein Gerät, das verwendet wird, um die Atemfunktion bei Atemwegserkrankungen wie Asthma und COPD zu messen. Die Fähigkeit einen rückläufigen respiratorischen Status zu erkennen, bevor eine Notwendigkeit für eine akute Intervention besteht, verbessert die Qualität des Lebens für den Einzelnen bei gleichzeitiger Reduzierung der Gesamtkosten für die Pflege. Der Status von Atmungsdaten wird durch eine persönliche Überwachung der Atmung im Gerät gesammelt und an ein zentrales Daten-Repository für die Überprüfung und Handlung an einen Leistungserbringer übermittelt. Die Daten sind episodischer Natur und erden in festgelegten Intervallen weitergeleitet oder wenn sich für die Person gefährliche Symptome zeigen. Diese Norm regelt die Datenmodellierung und den Datentransport in einer Shim-Schicht nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C773" s="3">
-        <v>43251</v>
+        <v>41333</v>
       </c>
       <c r="D773">
         <v>0</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10427: Gerätespezifikation - Monitor für den Energiestatus von persönlichen gesundheitsbezogenen Geräten (ISO/IEEE 11073-10427:2018); Englische Fassung EN ISO 11073-</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10421: Gerätespezifikation - Monitor für den maximalen exspiratorischen Atemfluss (peak flow) (ISO 11073-10421:2012); Englische Fassung EN ISO 11073-10421:2012</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>Diese Norm legt für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Geräten mit einer Stromquelle (Agent) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, persönlichen gesundheitsbezogenen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Unter Verwendung der Terminologie, der Informationsprofile, der Standards für Anwendungsprofile und Datentransport, wie sie in anderen ISO/IEEE 11073 Normen festgelegt werden, legt diese Norm gemeinsame Kernfunktionen für die Kommunikation von persönlichen gesundheitsbezogenen Geräten (en: personal health devices; PHDs), die eine Batterie enthalten, fest, einschließlich - Stromversorgung des Gerätes (z. B. auf Netz oder auf Batterie); - Stromversorgungsstatus (z. B. Prozentsatz der vollen Ladung) und - geschätzte verbleibende Zeit (z. B. in Minuten).</t>
+          <t>Die ISO/IEEE 11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für den maximalen exspiratorischen Atemfluss für telemedizinische Anwendungen und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation persönlicher Monitore für den maximalen exspiratorischen Atemfluss in telemedizinischen Anwendungen fest. Der Use Case wird auf persönliche Überwachung der Atmung eingeschränkt und bezieht sich nicht auf die Spirometrie im Krankenhaus. Die dauerhafte und hochscharfe Überwachung (z. B. für Notfallmaßnahmen) liegen außerhalb des Geltungsbereichs des Use Cases. Im Zusammenhang mit der Geräten für die persönliche Gesundheit, ist ein Monitor für den maximalen exspiratorischen Atemfluss ein Gerät, das verwendet wird, um die Atemfunktion bei Atemwegserkrankungen wie Asthma und COPD zu messen. Die Fähigkeit einen rückläufigen respiratorischen Status zu erkennen, bevor eine Notwendigkeit für eine akute Intervention besteht, verbessert die Qualität des Lebens für den Einzelnen bei gleichzeitiger Reduzierung der Gesamtkosten für die Pflege. Der Status von Atmungsdaten wird durch eine persönliche Überwachung der Atmung im Gerät gesammelt und an ein zentrales Daten-Repository für die Überprüfung und Handlung an einen Leistungserbringer übermittelt. Die Daten sind episodischer Natur und erden in festgelegten Intervallen weitergeleitet oder wenn sich für die Person gefährliche Symptome zeigen. Diese Norm regelt die Datenmodellierung und den Datentransport in einer Shim-Schicht nach der Norm ISO/IEEE11073-20601, und legt nicht das Messverfahren fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C774" s="3">
-        <v>43251</v>
+        <v>41333</v>
       </c>
       <c r="D774">
         <v>0</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10441: Gerätespezifikation - Monitor für die Herz-Kreislauf-Fitness und -Aktivität (ISO/IEEE 11073-10441:2015); Englische Fassung EN ISO 11073-10441:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte (ISO/IEEE 11073-10424:2016); Englische Fassung EN ISO 11073-10424:2016</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für die Herz-Kreislauf-Fitness und -Aktivität und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Monitoren für die Herz-Kreislauf-Fitness und -Aktivität fest. In diesem Zusammenhang werden Monitore für die Herz-Kreislauf-Fitness und -Aktivität allgemein als Geräte festgelegt, bei denen physische Handlungen und die verschiedenen physiologischen Reaktionen des Körpers auf diese Handlungen gemessenen werden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
         </is>
       </c>
       <c r="C775" s="3">
-        <v>42855</v>
+        <v>42643</v>
       </c>
       <c r="D775">
         <v>0</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10441: Gerätespezifikation - Monitor für die Herz-Kreislauf-Fitness und -Aktivität (ISO/IEEE 11073-10441:2015); Englische Fassung EN ISO 11073-10441:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte (ISO/IEEE 11073-10424:2016); Englische Fassung EN ISO 11073-10424:2016</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für die Herz-Kreislauf-Fitness und -Aktivität und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Monitoren für die Herz-Kreislauf-Fitness und -Aktivität fest. In diesem Zusammenhang werden Monitore für die Herz-Kreislauf-Fitness und -Aktivität allgemein als Geräte festgelegt, bei denen physische Handlungen und die verschiedenen physiologischen Reaktionen des Körpers auf diese Handlungen gemessenen werden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
         </is>
       </c>
       <c r="C776" s="3">
-        <v>42855</v>
+        <v>42643</v>
       </c>
       <c r="D776">
         <v>0</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10442: Gerätespezifikation - Fitnessgeräte für das Krafttraining (ISO/IEEE 11073-10442:2015); Englische Fassung EN ISO 11073-10442:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte - Berichtigung 1 (ISO/IEEE 11073-10424:2016/Cor 1:2018); Englische Fassung EN ISO 11073-10424:2016/AC:201</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Fitnessgeräten für das Krafttraining und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von persönlichen telemedizinischen Fitnessgeräten für das Krafttraining fest. In diesem Zusammenhang werden Fitnessgeräte für das Krafttraining allgemein als Geräte festgelegt, bei denen Aktivitäten von Muskel-Skelett-Kraft-Zustände gemessen werden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
         </is>
       </c>
       <c r="C777" s="3">
-        <v>42855</v>
+        <v>43343</v>
       </c>
       <c r="D777">
         <v>0</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10442: Gerätespezifikation - Fitnessgeräte für das Krafttraining (ISO/IEEE 11073-10442:2015); Englische Fassung EN ISO 11073-10442:2017</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10424: Gerätespezifikation - Schlafapnoe-Atemtherapiegeräte - Berichtigung 1 (ISO/IEEE 11073-10424:2016/Cor 1:2018); Englische Fassung EN ISO 11073-10424:2016/AC:201</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Fitnessgeräten für das Krafttraining und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von persönlichen telemedizinischen Fitnessgeräten für das Krafttraining fest. In diesem Zusammenhang werden Fitnessgeräte für das Krafttraining allgemein als Geräte festgelegt, bei denen Aktivitäten von Muskel-Skelett-Kraft-Zustände gemessen werden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schlafapnoe-Atemtherapiegeräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schlafapnoe-Atemtherapiegeräten fest. In diesem Zusammenhang werden Schlafapnoe-Atemtherapiegeräte als Geräte definiert, die dazu bestimmt sind, die Symptome eines Patienten, der an Schlafapnoe leidet, durch die Abgabe eines therapeutischen Beatmungsdruck zu lindern. Schlafapnoe-Atemtherapiegeräte werden vor allem im heimpflege Umfeld von einem Laien ohne direkten professionellen Aufsicht verwendet.</t>
         </is>
       </c>
       <c r="C778" s="3">
-        <v>42855</v>
+        <v>43343</v>
       </c>
       <c r="D778">
         <v>0</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10471: Gerätespezifikation - Schnittstellenkonzentrator und -umsetzer für assistierende Systeme (ISO/IEEE 11073-10471:2010); Englische Fassung EN ISO 11073-10471:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10425: Gerätespezifikation - Kontinuierlicher Glukose-Monitor (ISO/IEEE 11073-10425:2019); Englische Fassung EN ISO 11073-10425:2019</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme und Manager-Geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, und Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme fest. Im vorliegenden Kontext werden Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme als Geräte verstanden, die mit einfachen Sensoren zur Situationserfassung (binären Sensoren) kommunizieren, von einfachen Sensoren gelieferte Umgebungsinformationen normalisieren und die normalisierten Informationen einem oder mehreren Manager-Geräten zur Verfügung stellen. Diese Informationen können z. B. ausgewertet werden, um zu prüfen, ob Aktivität oder Befindlichkeit einer Person derart signifikant von deren normalem Zustand abweichen, dass Dritte benachrichtigt werden müssen. In der ersten, vorliegenden Fassung dieser Norm wird davon ausgegangen, dass Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme normalisierte Informationen für folgende einfache Sensoren zur Situationserfassung (binäre Sensoren) erzeugen: Fallsensoren, Bewegungssensoren, Türsensoren, Bett-/ Stuhlbelegungssensoren, Lichtschaltersensoren, Rauchsensoren, (Raum-) Temperaturgrenzwertsensoren, persönliche Notfallrufsysteme und Bettnässesensoren. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen kontinuierlichen Glukose-Monitoren (Agenten) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von kontinuierlichen Glukose-Monitoren fest. In diesem Zusammenhang werden kontinuierliche Glukose-Monitore als Geräte definiert, bei denen der Glukosewertes im Körper regelmäßig (typischerweise alle 5 Minuten) gemessen wird, wobei der Sensor kontinuierlich an der Person getragen wird.</t>
         </is>
       </c>
       <c r="C779" s="3">
-        <v>40724</v>
+        <v>43708</v>
       </c>
       <c r="D779">
         <v>0</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10471: Gerätespezifikation - Schnittstellenkonzentrator und -umsetzer für assistierende Systeme (ISO/IEEE 11073-10471:2010); Englische Fassung EN ISO 11073-10471:201</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10425: Gerätespezifikation - Kontinuierlicher Glukose-Monitor (ISO/IEEE 11073-10425:2019); Englische Fassung EN ISO 11073-10425:2019</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme und Manager-Geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, und Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme fest. Im vorliegenden Kontext werden Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme als Geräte verstanden, die mit einfachen Sensoren zur Situationserfassung (binären Sensoren) kommunizieren, von einfachen Sensoren gelieferte Umgebungsinformationen normalisieren und die normalisierten Informationen einem oder mehreren Manager-Geräten zur Verfügung stellen. Diese Informationen können z. B. ausgewertet werden, um zu prüfen, ob Aktivität oder Befindlichkeit einer Person derart signifikant von deren normalem Zustand abweichen, dass Dritte benachrichtigt werden müssen. In der ersten, vorliegenden Fassung dieser Norm wird davon ausgegangen, dass Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme normalisierte Informationen für folgende einfache Sensoren zur Situationserfassung (binäre Sensoren) erzeugen: Fallsensoren, Bewegungssensoren, Türsensoren, Bett-/ Stuhlbelegungssensoren, Lichtschaltersensoren, Rauchsensoren, (Raum-) Temperaturgrenzwertsensoren, persönliche Notfallrufsysteme und Bettnässesensoren. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen kontinuierlichen Glukose-Monitoren (Agenten) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von kontinuierlichen Glukose-Monitoren fest. In diesem Zusammenhang werden kontinuierliche Glukose-Monitore als Geräte definiert, bei denen der Glukosewertes im Körper regelmäßig (typischerweise alle 5 Minuten) gemessen wird, wobei der Sensor kontinuierlich an der Person getragen wird.</t>
         </is>
       </c>
       <c r="C780" s="3">
-        <v>40724</v>
+        <v>43708</v>
       </c>
       <c r="D780">
         <v>0</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10472: Gerätespezifikation - Medikamentenmonitoring (ISO 11073-10472:2012); Englische Fassung EN ISO 11073-10472:2012</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10427: Gerätespezifikation - Monitor für den Energiestatus von persönlichen gesundheitsbezogenen Geräten (ISO/IEEE 11073-10427:2018); Englische Fassung EN ISO 11073-</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>Die ISO/IEEE11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das Medikamentenmonitoring und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das Medikamentenmonitoring in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen. In diesem Zusammenhang sind Geräten für das Medikamentenmonitoring definiert als aktive Geräte, die die Fähigkeit haben Maßnahmen für eine benutzerspezifische Therapie innerhalb eines Medikamentenregimes zu beenden oder zu kommunizieren (zu einem Datenverarbeitungsgerät).</t>
+          <t>Diese Norm legt für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Geräten mit einer Stromquelle (Agent) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, persönlichen gesundheitsbezogenen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Unter Verwendung der Terminologie, der Informationsprofile, der Standards für Anwendungsprofile und Datentransport, wie sie in anderen ISO/IEEE 11073 Normen festgelegt werden, legt diese Norm gemeinsame Kernfunktionen für die Kommunikation von persönlichen gesundheitsbezogenen Geräten (en: personal health devices; PHDs), die eine Batterie enthalten, fest, einschließlich - Stromversorgung des Gerätes (z. B. auf Netz oder auf Batterie); - Stromversorgungsstatus (z. B. Prozentsatz der vollen Ladung) und - geschätzte verbleibende Zeit (z. B. in Minuten).</t>
         </is>
       </c>
       <c r="C781" s="3">
-        <v>41333</v>
+        <v>43251</v>
       </c>
       <c r="D781">
         <v>0</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10472: Gerätespezifikation - Medikamentenmonitoring (ISO 11073-10472:2012); Englische Fassung EN ISO 11073-10472:2012</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10427: Gerätespezifikation - Monitor für den Energiestatus von persönlichen gesundheitsbezogenen Geräten (ISO/IEEE 11073-10427:2018); Englische Fassung EN ISO 11073-</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>Die ISO/IEEE11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das Medikamentenmonitoring und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das Medikamentenmonitoring in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen. In diesem Zusammenhang sind Geräten für das Medikamentenmonitoring definiert als aktive Geräte, die die Fähigkeit haben Maßnahmen für eine benutzerspezifische Therapie innerhalb eines Medikamentenregimes zu beenden oder zu kommunizieren (zu einem Datenverarbeitungsgerät).</t>
+          <t>Diese Norm legt für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Geräten mit einer Stromquelle (Agent) und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, persönlichen gesundheitsbezogenen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Unter Verwendung der Terminologie, der Informationsprofile, der Standards für Anwendungsprofile und Datentransport, wie sie in anderen ISO/IEEE 11073 Normen festgelegt werden, legt diese Norm gemeinsame Kernfunktionen für die Kommunikation von persönlichen gesundheitsbezogenen Geräten (en: personal health devices; PHDs), die eine Batterie enthalten, fest, einschließlich - Stromversorgung des Gerätes (z. B. auf Netz oder auf Batterie); - Stromversorgungsstatus (z. B. Prozentsatz der vollen Ladung) und - geschätzte verbleibende Zeit (z. B. in Minuten).</t>
         </is>
       </c>
       <c r="C782" s="3">
-        <v>41333</v>
+        <v>43251</v>
       </c>
       <c r="D782">
         <v>0</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 20601: Anwendungsprofil - Optimiertes Datenübertragungsprotokoll (ISO/IEEE 11073-20601:2016, einschließlich Cor. 1:2016); Englische Fassung EN ISO 11073-20601:2016</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10441: Gerätespezifikation - Monitor für die Herz-Kreislauf-Fitness und -Aktivität (ISO/IEEE 11073-10441:2015); Englische Fassung EN ISO 11073-10441:2017</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte ein gemeinsames Rahmenwerk fest, um ein abstraktes Modell persönlicher gesundheitsbezogener Daten in vom Übertragungssystem unabhängiger Transfersyntax zur Verfügung zu stellen, wie es zur Erstellung logischer Verbindungen zwischen Systemen und für Darstellungsfunktionen und Dienste zur Durchführung von Kommunikationsaufgaben benötigt wird. Das Protokoll ist für die Anforderungen in persönlichen gesundheitsbezogenen Anwendungen optimiert und benutzt, wo immer möglich, verbreitete Methoden und Werkzeuge. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für die Umsetzung des Informationsprofils in ein interoperables Übertragungsformat, das es erlaubt, Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) auszutauschen.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für die Herz-Kreislauf-Fitness und -Aktivität und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Monitoren für die Herz-Kreislauf-Fitness und -Aktivität fest. In diesem Zusammenhang werden Monitore für die Herz-Kreislauf-Fitness und -Aktivität allgemein als Geräte festgelegt, bei denen physische Handlungen und die verschiedenen physiologischen Reaktionen des Körpers auf diese Handlungen gemessenen werden.</t>
         </is>
       </c>
       <c r="C783" s="3">
-        <v>42704</v>
+        <v>42855</v>
       </c>
       <c r="D783">
         <v>0</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 1: Referenzmodell (ISO 13606-1:2019); Englische Fassung EN ISO 13606-1:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10441: Gerätespezifikation - Monitor für die Herz-Kreislauf-Fitness und -Aktivität (ISO/IEEE 11073-10441:2015); Englische Fassung EN ISO 11073-10441:2017</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungsunterstützungs-komponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Dieser Teil 1 der mehrteiligen Serie ist eine Datensicht-Spezifikation, wie sie von der Norm Informationstechnik - Verteilte Verarbeitung in Offenen Systeme - Referenzmodell: Übersicht (ISO/IEC 10746-1) festgelegt ist. Diese Internationale Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von eGA-Systemen zu spezifizieren.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Monitoren für die Herz-Kreislauf-Fitness und -Aktivität und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Monitoren für die Herz-Kreislauf-Fitness und -Aktivität fest. In diesem Zusammenhang werden Monitore für die Herz-Kreislauf-Fitness und -Aktivität allgemein als Geräte festgelegt, bei denen physische Handlungen und die verschiedenen physiologischen Reaktionen des Körpers auf diese Handlungen gemessenen werden.</t>
         </is>
       </c>
       <c r="C784" s="3">
-        <v>43769</v>
+        <v>42855</v>
       </c>
       <c r="D784">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 1: Referenzmodell (ISO 13606-1:2019); Englische Fassung EN ISO 13606-1:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10442: Gerätespezifikation - Fitnessgeräte für das Krafttraining (ISO/IEEE 11073-10442:2015); Englische Fassung EN ISO 11073-10442:2017</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungsunterstützungs-komponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Dieser Teil 1 der mehrteiligen Serie ist eine Datensicht-Spezifikation, wie sie von der Norm Informationstechnik - Verteilte Verarbeitung in Offenen Systeme - Referenzmodell: Übersicht (ISO/IEC 10746-1) festgelegt ist. Diese Internationale Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von eGA-Systemen zu spezifizieren.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Fitnessgeräten für das Krafttraining und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von persönlichen telemedizinischen Fitnessgeräten für das Krafttraining fest. In diesem Zusammenhang werden Fitnessgeräte für das Krafttraining allgemein als Geräte festgelegt, bei denen Aktivitäten von Muskel-Skelett-Kraft-Zustände gemessen werden.</t>
         </is>
       </c>
       <c r="C785" s="3">
-        <v>43769</v>
+        <v>42855</v>
       </c>
       <c r="D785">
         <v>0</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 2: Spezifikation für den Austausch von Archetypen (ISO 13606-2:2019); Englische Fassung EN ISO 13606-2:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10442: Gerätespezifikation - Fitnessgeräte für das Krafttraining (ISO/IEEE 11073-10442:2015); Englische Fassung EN ISO 11073-10442:2017</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 2 von ISO 13606 definiert ein Archetypenmodell, das verwendet werden soll, um Archetypen darzustellen, wenn zwischen Repositorys und zwischen Archetypen-Diensten übermittelt wird. Es definiert eine optionale serialisierte Darstellung, die als Austauschformat für die Übermittlung einzelner Archetypen verwendet werden kann. Eine solche Übermittlung könnte beispielsweise zwischen Archetypen-Bibliotheken oder zwischen einem Archetypen-Dienst und einem eGA-Persistenz- oder -Validierungsdienst stattfinden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen persönlichen Fitnessgeräten für das Krafttraining und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, Informationsmodellen, Anwendungsprofilen und Datentransport. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von persönlichen telemedizinischen Fitnessgeräten für das Krafttraining fest. In diesem Zusammenhang werden Fitnessgeräte für das Krafttraining allgemein als Geräte festgelegt, bei denen Aktivitäten von Muskel-Skelett-Kraft-Zustände gemessen werden.</t>
         </is>
       </c>
       <c r="C786" s="3">
-        <v>43769</v>
+        <v>42855</v>
       </c>
       <c r="D786">
         <v>0</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 2: Spezifikation für den Austausch von Archetypen (ISO 13606-2:2019); Englische Fassung EN ISO 13606-2:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10471: Gerätespezifikation - Schnittstellenkonzentrator und -umsetzer für assistierende Systeme (ISO/IEEE 11073-10471:2010); Englische Fassung EN ISO 11073-10471:201</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 2 von ISO 13606 definiert ein Archetypenmodell, das verwendet werden soll, um Archetypen darzustellen, wenn zwischen Repositorys und zwischen Archetypen-Diensten übermittelt wird. Es definiert eine optionale serialisierte Darstellung, die als Austauschformat für die Übermittlung einzelner Archetypen verwendet werden kann. Eine solche Übermittlung könnte beispielsweise zwischen Archetypen-Bibliotheken oder zwischen einem Archetypen-Dienst und einem eGA-Persistenz- oder -Validierungsdienst stattfinden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme und Manager-Geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, und Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme fest. Im vorliegenden Kontext werden Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme als Geräte verstanden, die mit einfachen Sensoren zur Situationserfassung (binären Sensoren) kommunizieren, von einfachen Sensoren gelieferte Umgebungsinformationen normalisieren und die normalisierten Informationen einem oder mehreren Manager-Geräten zur Verfügung stellen. Diese Informationen können z. B. ausgewertet werden, um zu prüfen, ob Aktivität oder Befindlichkeit einer Person derart signifikant von deren normalem Zustand abweichen, dass Dritte benachrichtigt werden müssen. In der ersten, vorliegenden Fassung dieser Norm wird davon ausgegangen, dass Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme normalisierte Informationen für folgende einfache Sensoren zur Situationserfassung (binäre Sensoren) erzeugen: Fallsensoren, Bewegungssensoren, Türsensoren, Bett-/ Stuhlbelegungssensoren, Lichtschaltersensoren, Rauchsensoren, (Raum-) Temperaturgrenzwertsensoren, persönliche Notfallrufsysteme und Bettnässesensoren. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C787" s="3">
-        <v>43769</v>
+        <v>40724</v>
       </c>
       <c r="D787">
         <v>0</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 3: Referenzarchetypen und Begriffslisten (ISO 13606-3:2019); Englische Fassung EN ISO 13606-3:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10471: Gerätespezifikation - Schnittstellenkonzentrator und -umsetzer für assistierende Systeme (ISO/IEEE 11073-10471:2010); Englische Fassung EN ISO 11073-10471:201</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Norm, Teil 3 der Normserie 13606 zur eGA-Übermittlung, definiert Begriffslisten, die jeweils den Satz von Werten spezifizieren, den bestimmte Attribute des Referenzmodells, das in Teil 1 dieser Serie definiert ist, annehmen können. Sie definiert auch normative und informative Referenz-Archetypen, die es ermöglichen, häufig auftretende Instanzen von eGA-Daten in einer konsistenten Struktur darzustellen, wenn sie mithilfe dieser Norm übermittelt werden.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme und Manager-Geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zu Terminologie, und Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Schnittstellenkonzentratoren und -umsetzern für assistierende Systeme fest. Im vorliegenden Kontext werden Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme als Geräte verstanden, die mit einfachen Sensoren zur Situationserfassung (binären Sensoren) kommunizieren, von einfachen Sensoren gelieferte Umgebungsinformationen normalisieren und die normalisierten Informationen einem oder mehreren Manager-Geräten zur Verfügung stellen. Diese Informationen können z. B. ausgewertet werden, um zu prüfen, ob Aktivität oder Befindlichkeit einer Person derart signifikant von deren normalem Zustand abweichen, dass Dritte benachrichtigt werden müssen. In der ersten, vorliegenden Fassung dieser Norm wird davon ausgegangen, dass Schnittstellenkonzentratoren und -umsetzer für assistierende Systeme normalisierte Informationen für folgende einfache Sensoren zur Situationserfassung (binäre Sensoren) erzeugen: Fallsensoren, Bewegungssensoren, Türsensoren, Bett-/ Stuhlbelegungssensoren, Lichtschaltersensoren, Rauchsensoren, (Raum-) Temperaturgrenzwertsensoren, persönliche Notfallrufsysteme und Bettnässesensoren. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen.</t>
         </is>
       </c>
       <c r="C788" s="3">
-        <v>43769</v>
+        <v>40724</v>
       </c>
       <c r="D788">
         <v>0</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 3: Referenzarchetypen und Begriffslisten (ISO 13606-3:2019); Englische Fassung EN ISO 13606-3:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10472: Gerätespezifikation - Medikamentenmonitoring (ISO 11073-10472:2012); Englische Fassung EN ISO 11073-10472:2012</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Norm, Teil 3 der Normserie 13606 zur eGA-Übermittlung, definiert Begriffslisten, die jeweils den Satz von Werten spezifizieren, den bestimmte Attribute des Referenzmodells, das in Teil 1 dieser Serie definiert ist, annehmen können. Sie definiert auch normative und informative Referenz-Archetypen, die es ermöglichen, häufig auftretende Instanzen von eGA-Daten in einer konsistenten Struktur darzustellen, wenn sie mithilfe dieser Norm übermittelt werden.</t>
+          <t>Die ISO/IEEE11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das Medikamentenmonitoring und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das Medikamentenmonitoring in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen. In diesem Zusammenhang sind Geräten für das Medikamentenmonitoring definiert als aktive Geräte, die die Fähigkeit haben Maßnahmen für eine benutzerspezifische Therapie innerhalb eines Medikamentenregimes zu beenden oder zu kommunizieren (zu einem Datenverarbeitungsgerät).</t>
         </is>
       </c>
       <c r="C789" s="3">
-        <v>43769</v>
+        <v>41333</v>
       </c>
       <c r="D789">
         <v>0</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 4: Nachrichten für den Informationsaustausch; Englische Fassung ENV 13606-4:2000</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 10472: Gerätespezifikation - Medikamentenmonitoring (ISO 11073-10472:2012); Englische Fassung EN ISO 11073-10472:2012</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>Das Dokument beruht auf den Arbeiten für "Electronic healthcare record Architecture" zur Festlegung von höheren Level der Patientendaten in elektronischer Form. Insbesondere werden die notwendigen Protokolle für den Austausch der medizinischen Daten sowie deren Formate behandelt, mit dieser Zielsetzung werden durch die Normen spezifische Nachrichtenklassen für Patienteninformationen gebildet (z.B. Laborprüfungen, EKG und andere Biosignalanalysen, Bilder, usw.) und solche für die semantischen Zusammenhänge zwischen Medizin und medizinischen Datenbanken. Das Dokument beschreibt die Nachrichten für den Informationsaustausch.</t>
+          <t>Die ISO/IEEE11073-Standardfamilie ermöglicht die Datenübertragung zwischen Medizingeräten und Computersystemen. Sie erlaubt die automatisierte, detaillierte Erfassung von personenbezogenen Vitaldaten und Funktionsparametern durch die Verwendung von Überwachungs- und Therapiegeräten - beispielsweise auf einer Intensivstation oder im Operationssaal, aber auch im häuslichen oder privaten Umfeld. Die primären Ziele dabei sind: - Bereitstellung von "Plug-and-Play"-Funktionalität und Interoperabilität mit Patienten verbundener bzw. personenbezogener Medizingeräte für Realzeitanwendungen. - Vereinfachung des effizienten Austausches gemessener Vitaldaten, relevanter Kontextinformation sowie Betriebsdaten der verwendeten Medizingeräte. "Realzeit" bedeutet hier, dass Daten von ggf. mehreren, verschiedenartigen Medizingeräten zeitgenau erfasst und in Bruchteilen von Sekunden dargestellt oder verarbeitet werden können. "Plug-and-Play" bedeutet, dass Anwender lediglich die Kommunikationsverbindung zu einem Gerät herstellen müssen. Automatisch, d. h. ohne menschlichen Eingriff, erfolgen dessen Erkennung durch das System, die Konfiguration von Kommunikationsparametern sowie gegebenenfalls der Applikation und schließlich die Aufnahme der Datenübertragung. Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte eine verbindliche Definition für die Kommunikation zwischen den Geräten für das Medikamentenmonitoring und den Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) derart fest, dass "Plug-and-Play"-Interoperabilität ermöglicht wird. Sie benutzt Teile existierende Normen, insbesondere ISO/IEEE 11073 Normen zur Terminologie und zu den Informationsmodellen. Diese Norm legt die Verwendung bestimmter Codes, Formate und Verhaltensweisen in telemedizinischen Umgebungen fest und schränkt die Optionalität in den zugrunde liegenden Rahmenbedingungen ein, um Interoperabilität zu erleichtern. Diese Norm legt gemeinsame Kernfunktionen für die Kommunikation von Geräten für das Medikamentenmonitoring in telemedizinischen Anwendungen fest. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für den geregelten Austausch von Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungs-geräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen). Interoperabilität ist der Schlüssel zum Wachstum des potentiellen Markts für diese Geräte und ermöglicht, dass sich Menschen besser informieren und stärker an ihrer gesundheitlichen Betreuung beteiligen. In diesem Zusammenhang sind Geräten für das Medikamentenmonitoring definiert als aktive Geräte, die die Fähigkeit haben Maßnahmen für eine benutzerspezifische Therapie innerhalb eines Medikamentenregimes zu beenden oder zu kommunizieren (zu einem Datenverarbeitungsgerät).</t>
         </is>
       </c>
       <c r="C790" s="3">
-        <v>36769</v>
+        <v>41333</v>
       </c>
       <c r="D790">
         <v>0</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 4: Nachrichten für den Informationsaustausch; Englische Fassung ENV 13606-4:2000</t>
+          <t>Medizinische Informatik - Kommunikation von Geräten für die persönliche Gesundheit - Teil 20601: Anwendungsprofil - Optimiertes Datenübertragungsprotokoll (ISO/IEEE 11073-20601:2016, einschließlich Cor. 1:2016); Englische Fassung EN ISO 11073-20601:2016</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>Das Dokument beruht auf den Arbeiten für "Electronic healthcare record Architecture" zur Festlegung von höheren Level der Patientendaten in elektronischer Form. Insbesondere werden die notwendigen Protokolle für den Austausch der medizinischen Daten sowie deren Formate behandelt, mit dieser Zielsetzung werden durch die Normen spezifische Nachrichtenklassen für Patienteninformationen gebildet (z.B. Laborprüfungen, EKG und andere Biosignalanalysen, Bilder, usw.) und solche für die semantischen Zusammenhänge zwischen Medizin und medizinischen Datenbanken. Das Dokument beschreibt die Nachrichten für den Informationsaustausch.</t>
+          <t>Diese Norm legt innerhalb der ISO/IEEE 11073-Standardfamilie für die Kommunikation gesundheitsbezogener Geräte ein gemeinsames Rahmenwerk fest, um ein abstraktes Modell persönlicher gesundheitsbezogener Daten in vom Übertragungssystem unabhängiger Transfersyntax zur Verfügung zu stellen, wie es zur Erstellung logischer Verbindungen zwischen Systemen und für Darstellungsfunktionen und Dienste zur Durchführung von Kommunikationsaufgaben benötigt wird. Das Protokoll ist für die Anforderungen in persönlichen gesundheitsbezogenen Anwendungen optimiert und benutzt, wo immer möglich, verbreitete Methoden und Werkzeuge. Diese Norm entspricht der Notwendigkeit eines offen definierten, unabhängigen Standards für die Umsetzung des Informationsprofils in ein interoperables Übertragungsformat, das es erlaubt, Informationen zwischen persönlichen gesundheitsbezogenen Geräten und Datenverarbeitungsgeräten (wie mobilen Telefonen, Arbeitsplatzrechnern, gesundheitsbezogenen persönlichen Geräten, Settop-Boxen) auszutauschen.</t>
         </is>
       </c>
       <c r="C791" s="3">
-        <v>36769</v>
+        <v>42704</v>
       </c>
       <c r="D791">
         <v>0</v>
       </c>
     </row>
     <row r="792">
-      <c r="A792" t="s">
-        <v>675</v>
+      <c r="A792" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 1: Referenzmodell (ISO 13606-1:2019); Englische Fassung EN ISO 13606-1:2019</t>
+        </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>Dieser Teil dieser mehrteiligen Norm zur eGA-Übermittlung beschreibt eine Methodik zur Spezifikation der Privilegien, die für den Zugriff auf eGA-Daten erforderlich sind. Diese Methodik ist Teil der gesamten eGA-Übermittlungsarchitektur, die in ISO 13606 Teil 1 definiert ist. Dieser Teil von ISO 13606 verfolgt die Absicht, die Anforderungen, die sich ausschließlich auf die eGA-Übermittlung beziehen, zu behandeln und eGA-spezifische Informationen darzustellen und zu übermitteln, die eine Zugangsentscheidung unterstützen. Er bezieht sich auch auf allgemeine Sicherheitsanforderungen, die für die eGA-Übermittlung gelten, und zeigt technische Lösungen und Normen auf, welche Einzelheiten zu Diensten spezifizieren, die diese Sicherheitsanforderungen erfüllen. ANMERKUNG: Sicherheitsanforderungen für eGA-Systeme, die nicht mit der Übermittlung von eGAs zusammenhängen, liegen außerhalb des Anwendungsbereichs dieses Teils von ISO 13606.</t>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungsunterstützungs-komponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Dieser Teil 1 der mehrteiligen Serie ist eine Datensicht-Spezifikation, wie sie von der Norm Informationstechnik - Verteilte Verarbeitung in Offenen Systeme - Referenzmodell: Übersicht (ISO/IEC 10746-1) festgelegt ist. Diese Internationale Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von eGA-Systemen zu spezifizieren.</t>
         </is>
       </c>
       <c r="C792" s="3">
         <v>43769</v>
       </c>
       <c r="D792">
         <v>0</v>
       </c>
     </row>
     <row r="793">
-      <c r="A793" t="s">
-        <v>675</v>
+      <c r="A793" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 1: Referenzmodell (ISO 13606-1:2019); Englische Fassung EN ISO 13606-1:2019</t>
+        </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>Dieser Teil dieser mehrteiligen Norm zur eGA-Übermittlung beschreibt eine Methodik zur Spezifikation der Privilegien, die für den Zugriff auf eGA-Daten erforderlich sind. Diese Methodik ist Teil der gesamten eGA-Übermittlungsarchitektur, die in ISO 13606 Teil 1 definiert ist. Dieser Teil von ISO 13606 verfolgt die Absicht, die Anforderungen, die sich ausschließlich auf die eGA-Übermittlung beziehen, zu behandeln und eGA-spezifische Informationen darzustellen und zu übermitteln, die eine Zugangsentscheidung unterstützen. Er bezieht sich auch auf allgemeine Sicherheitsanforderungen, die für die eGA-Übermittlung gelten, und zeigt technische Lösungen und Normen auf, welche Einzelheiten zu Diensten spezifizieren, die diese Sicherheitsanforderungen erfüllen. ANMERKUNG: Sicherheitsanforderungen für eGA-Systeme, die nicht mit der Übermittlung von eGAs zusammenhängen, liegen außerhalb des Anwendungsbereichs dieses Teils von ISO 13606.</t>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungsunterstützungs-komponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Dieser Teil 1 der mehrteiligen Serie ist eine Datensicht-Spezifikation, wie sie von der Norm Informationstechnik - Verteilte Verarbeitung in Offenen Systeme - Referenzmodell: Übersicht (ISO/IEC 10746-1) festgelegt ist. Diese Internationale Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von eGA-Systemen zu spezifizieren.</t>
         </is>
       </c>
       <c r="C793" s="3">
         <v>43769</v>
       </c>
       <c r="D793">
         <v>0</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 5: Interface-Spezifikation (ISO 13606-5:2019); Englische Fassung EN ISO 13606-5:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 2: Spezifikation für den Austausch von Archetypen (ISO 13606-2:2019); Englische Fassung EN ISO 13606-2:2019</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>Diese Norm legt die Informationsarchitektur fest, die für die interoperable Kommunikation zwischen Systemen und Diensten erforderlich ist, die eGA-Daten benötigen oder bereitstellen. Diese Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von solchen Systemen zu spezifizieren. Das Subjekt der zu übermittelnden Akte oder des zu übermittelnden Aktenauszugs ist eine Einzelperson, und der Gegenstand der Kommunikation steht überwiegend im Zusammenhang mit der Gesundheitsversorgung dieser Person. Die Verwendung von Gesundheitsakten für andere Zwecke wie Verwaltung, Management, Forschung und Epidemiologie, die Aggregationen der Akten einzelner Personen erfordern, stehen nicht im Mittelpunkt dieser Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 5 dieser Norm definiert einen Satz von Schnittstellen, die anzufordern und bereitzustellen sind: ein EHR EXTRACT für eine gegebene zu behandelnde Person wie in Teil 1 dieser Norm definiert; ein oder mehrere ARCHETYP(EN) wie in Teil 2 dieser Norm definiert; ein EHR AUDIT LOG EXTRACT für eine gegebene zu behandelnde Person wie in Teil 4 dieser Norm definiert. Teil 5 definiert den Satz an Interaktionen, um jedes dieser Artefakte anzufordern, und um die Daten der anfordernden Partei bereitzustellen oder die Anforderung abzulehnen. Eine Schnittstelle zur Abfrage einer eGA oder von Grundgesamtheiten von eGAs, zum Beispiel für klinische Audits oder Forschungs, geht über den Anwendungsbereich dieser Norm hinaus, gleichwohl ist jedoch bei der Anforderung eines EHR EXTRACT die Spezifikation bestimmter Selektionskriterien vorgesehen, welche auch für Grundgesamtheitsanfragen dienlich sein könnten. Teil 5 definiert die Implementierungssicht für jede Schnittstelle, ohne spezifische technische Ansätze zur Implementierung dieser Schnittstellen als Nachrichten oder als Serviceschnittstellen anzugeben oder zu beschränken. Teil 5 definiert im Endeffekt die Nutzdaten, die an jeder Schnittstelle kommuniziert werden müssen. Er spezifiziert weder die spezifischen Informationen, die unterschiedliche Transportprotokolle zusätzlich erfordern, noch die Sicherheits- oder Authentifizierungsverfahren, die zwischen den kommunizierenden Parteien vereinbart oder von verschiedenen Zuständigkeitsbereichen verlangt werden könnten.</t>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 2 von ISO 13606 definiert ein Archetypenmodell, das verwendet werden soll, um Archetypen darzustellen, wenn zwischen Repositorys und zwischen Archetypen-Diensten übermittelt wird. Es definiert eine optionale serialisierte Darstellung, die als Austauschformat für die Übermittlung einzelner Archetypen verwendet werden kann. Eine solche Übermittlung könnte beispielsweise zwischen Archetypen-Bibliotheken oder zwischen einem Archetypen-Dienst und einem eGA-Persistenz- oder -Validierungsdienst stattfinden.</t>
         </is>
       </c>
       <c r="C794" s="3">
         <v>43769</v>
       </c>
       <c r="D794">
         <v>0</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 5: Interface-Spezifikation (ISO 13606-5:2019); Englische Fassung EN ISO 13606-5:2019</t>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 2: Spezifikation für den Austausch von Archetypen (ISO 13606-2:2019); Englische Fassung EN ISO 13606-2:2019</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>Diese Norm legt die Informationsarchitektur fest, die für die interoperable Kommunikation zwischen Systemen und Diensten erforderlich ist, die eGA-Daten benötigen oder bereitstellen. Diese Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von solchen Systemen zu spezifizieren. Das Subjekt der zu übermittelnden Akte oder des zu übermittelnden Aktenauszugs ist eine Einzelperson, und der Gegenstand der Kommunikation steht überwiegend im Zusammenhang mit der Gesundheitsversorgung dieser Person. Die Verwendung von Gesundheitsakten für andere Zwecke wie Verwaltung, Management, Forschung und Epidemiologie, die Aggregationen der Akten einzelner Personen erfordern, stehen nicht im Mittelpunkt dieser Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 5 dieser Norm definiert einen Satz von Schnittstellen, die anzufordern und bereitzustellen sind: ein EHR EXTRACT für eine gegebene zu behandelnde Person wie in Teil 1 dieser Norm definiert; ein oder mehrere ARCHETYP(EN) wie in Teil 2 dieser Norm definiert; ein EHR AUDIT LOG EXTRACT für eine gegebene zu behandelnde Person wie in Teil 4 dieser Norm definiert. Teil 5 definiert den Satz an Interaktionen, um jedes dieser Artefakte anzufordern, und um die Daten der anfordernden Partei bereitzustellen oder die Anforderung abzulehnen. Eine Schnittstelle zur Abfrage einer eGA oder von Grundgesamtheiten von eGAs, zum Beispiel für klinische Audits oder Forschungs, geht über den Anwendungsbereich dieser Norm hinaus, gleichwohl ist jedoch bei der Anforderung eines EHR EXTRACT die Spezifikation bestimmter Selektionskriterien vorgesehen, welche auch für Grundgesamtheitsanfragen dienlich sein könnten. Teil 5 definiert die Implementierungssicht für jede Schnittstelle, ohne spezifische technische Ansätze zur Implementierung dieser Schnittstellen als Nachrichten oder als Serviceschnittstellen anzugeben oder zu beschränken. Teil 5 definiert im Endeffekt die Nutzdaten, die an jeder Schnittstelle kommuniziert werden müssen. Er spezifiziert weder die spezifischen Informationen, die unterschiedliche Transportprotokolle zusätzlich erfordern, noch die Sicherheits- oder Authentifizierungsverfahren, die zwischen den kommunizierenden Parteien vereinbart oder von verschiedenen Zuständigkeitsbereichen verlangt werden könnten.</t>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Internationale Norm wird überwiegend zur Unterstützung der direkten Behandlung von identifizierbaren Personen oder zur Unterstützung von Bevölkerungsüberwachungssystemen wie Krankheitsregistern und der öffentlichen Gesundheitsüberwachung verwendet. Die Verwendung von Gesundheitsakten für andere Zwecke wie Lehre, klinisches Audit, Verwaltung und Berichterstattung, Service-Management, Forschung und Epidemiologie, die oft eine Anonymisierung oder Aggregation einzelner Datensätze erfordern, stehen nicht im Mittelpunkt dieser Internationalen Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 2 von ISO 13606 definiert ein Archetypenmodell, das verwendet werden soll, um Archetypen darzustellen, wenn zwischen Repositorys und zwischen Archetypen-Diensten übermittelt wird. Es definiert eine optionale serialisierte Darstellung, die als Austauschformat für die Übermittlung einzelner Archetypen verwendet werden kann. Eine solche Übermittlung könnte beispielsweise zwischen Archetypen-Bibliotheken oder zwischen einem Archetypen-Dienst und einem eGA-Persistenz- oder -Validierungsdienst stattfinden.</t>
         </is>
       </c>
       <c r="C795" s="3">
         <v>43769</v>
       </c>
       <c r="D795">
         <v>0</v>
       </c>
     </row>
     <row r="796">
-      <c r="A796" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 3: Referenzarchetypen und Begriffslisten (ISO 13606-3:2019); Englische Fassung EN ISO 13606-3:2019</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Norm, Teil 3 der Normserie 13606 zur eGA-Übermittlung, definiert Begriffslisten, die jeweils den Satz von Werten spezifizieren, den bestimmte Attribute des Referenzmodells, das in Teil 1 dieser Serie definiert ist, annehmen können. Sie definiert auch normative und informative Referenz-Archetypen, die es ermöglichen, häufig auftretende Instanzen von eGA-Daten in einer konsistenten Struktur darzustellen, wenn sie mithilfe dieser Norm übermittelt werden.</t>
+        </is>
       </c>
       <c r="C796" s="3">
-        <v>40512</v>
+        <v>43769</v>
       </c>
       <c r="D796">
         <v>0</v>
       </c>
     </row>
     <row r="797">
-      <c r="A797" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 3: Referenzarchetypen und Begriffslisten (ISO 13606-3:2019); Englische Fassung EN ISO 13606-3:2019</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>Diese Norm legt fest, wie die elektronische Gesundheitsakte (eGA) von einem identifizierten Behandelten oder mehreren identifizierten Behandelten zwischen eGA-Systemen oder zwischen eGA-Systemen und einem zentralen eGA-Repository vollständig oder teilweise übermittelt werden kann. Sie kann auch verwendet werden für die eGA-Übermittlung zwischen einem eGA-System oder -Repository und klinischen Anwendungen bzw. Middleware-Komponenten (wie z. B. Entscheidungs-unterstützungskomponenten), wenn diese Zugriff auf eGA-Daten benötigen oder diese bereitstellen, oder als Darstellung von eGA-Daten innerhalb eines verteilten (föderierten) Datensatzsystems. Diese Norm, Teil 3 der Normserie 13606 zur eGA-Übermittlung, definiert Begriffslisten, die jeweils den Satz von Werten spezifizieren, den bestimmte Attribute des Referenzmodells, das in Teil 1 dieser Serie definiert ist, annehmen können. Sie definiert auch normative und informative Referenz-Archetypen, die es ermöglichen, häufig auftretende Instanzen von eGA-Daten in einer konsistenten Struktur darzustellen, wenn sie mithilfe dieser Norm übermittelt werden.</t>
+        </is>
       </c>
       <c r="C797" s="3">
-        <v>40512</v>
+        <v>43769</v>
       </c>
       <c r="D797">
         <v>0</v>
       </c>
     </row>
     <row r="798">
-      <c r="A798" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 4: Nachrichten für den Informationsaustausch; Englische Fassung ENV 13606-4:2000</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>Das Dokument beruht auf den Arbeiten für "Electronic healthcare record Architecture" zur Festlegung von höheren Level der Patientendaten in elektronischer Form. Insbesondere werden die notwendigen Protokolle für den Austausch der medizinischen Daten sowie deren Formate behandelt, mit dieser Zielsetzung werden durch die Normen spezifische Nachrichtenklassen für Patienteninformationen gebildet (z.B. Laborprüfungen, EKG und andere Biosignalanalysen, Bilder, usw.) und solche für die semantischen Zusammenhänge zwischen Medizin und medizinischen Datenbanken. Das Dokument beschreibt die Nachrichten für den Informationsaustausch.</t>
+        </is>
       </c>
       <c r="C798" s="3">
-        <v>41608</v>
+        <v>36769</v>
       </c>
       <c r="D798">
         <v>0</v>
       </c>
     </row>
     <row r="799">
-      <c r="A799" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A799" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 4: Nachrichten für den Informationsaustausch; Englische Fassung ENV 13606-4:2000</t>
+        </is>
+      </c>
+      <c r="B799" t="inlineStr">
+        <is>
+          <t>Das Dokument beruht auf den Arbeiten für "Electronic healthcare record Architecture" zur Festlegung von höheren Level der Patientendaten in elektronischer Form. Insbesondere werden die notwendigen Protokolle für den Austausch der medizinischen Daten sowie deren Formate behandelt, mit dieser Zielsetzung werden durch die Normen spezifische Nachrichtenklassen für Patienteninformationen gebildet (z.B. Laborprüfungen, EKG und andere Biosignalanalysen, Bilder, usw.) und solche für die semantischen Zusammenhänge zwischen Medizin und medizinischen Datenbanken. Das Dokument beschreibt die Nachrichten für den Informationsaustausch.</t>
+        </is>
       </c>
       <c r="C799" s="3">
-        <v>41608</v>
+        <v>36769</v>
       </c>
       <c r="D799">
         <v>0</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>694</v>
+      </c>
+      <c r="B800" t="inlineStr">
+        <is>
+          <t>Dieser Teil dieser mehrteiligen Norm zur eGA-Übermittlung beschreibt eine Methodik zur Spezifikation der Privilegien, die für den Zugriff auf eGA-Daten erforderlich sind. Diese Methodik ist Teil der gesamten eGA-Übermittlungsarchitektur, die in ISO 13606 Teil 1 definiert ist. Dieser Teil von ISO 13606 verfolgt die Absicht, die Anforderungen, die sich ausschließlich auf die eGA-Übermittlung beziehen, zu behandeln und eGA-spezifische Informationen darzustellen und zu übermitteln, die eine Zugangsentscheidung unterstützen. Er bezieht sich auch auf allgemeine Sicherheitsanforderungen, die für die eGA-Übermittlung gelten, und zeigt technische Lösungen und Normen auf, welche Einzelheiten zu Diensten spezifizieren, die diese Sicherheitsanforderungen erfüllen. ANMERKUNG: Sicherheitsanforderungen für eGA-Systeme, die nicht mit der Übermittlung von eGAs zusammenhängen, liegen außerhalb des Anwendungsbereichs dieses Teils von ISO 13606.</t>
+        </is>
       </c>
       <c r="C800" s="3">
-        <v>41820</v>
+        <v>43769</v>
       </c>
       <c r="D800">
         <v>0</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>694</v>
+      </c>
+      <c r="B801" t="inlineStr">
+        <is>
+          <t>Dieser Teil dieser mehrteiligen Norm zur eGA-Übermittlung beschreibt eine Methodik zur Spezifikation der Privilegien, die für den Zugriff auf eGA-Daten erforderlich sind. Diese Methodik ist Teil der gesamten eGA-Übermittlungsarchitektur, die in ISO 13606 Teil 1 definiert ist. Dieser Teil von ISO 13606 verfolgt die Absicht, die Anforderungen, die sich ausschließlich auf die eGA-Übermittlung beziehen, zu behandeln und eGA-spezifische Informationen darzustellen und zu übermitteln, die eine Zugangsentscheidung unterstützen. Er bezieht sich auch auf allgemeine Sicherheitsanforderungen, die für die eGA-Übermittlung gelten, und zeigt technische Lösungen und Normen auf, welche Einzelheiten zu Diensten spezifizieren, die diese Sicherheitsanforderungen erfüllen. ANMERKUNG: Sicherheitsanforderungen für eGA-Systeme, die nicht mit der Übermittlung von eGAs zusammenhängen, liegen außerhalb des Anwendungsbereichs dieses Teils von ISO 13606.</t>
+        </is>
       </c>
       <c r="C801" s="3">
-        <v>41820</v>
+        <v>43769</v>
       </c>
       <c r="D801">
         <v>0</v>
       </c>
     </row>
     <row r="802">
-      <c r="A802" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A802" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 5: Interface-Spezifikation (ISO 13606-5:2019); Englische Fassung EN ISO 13606-5:2019</t>
+        </is>
+      </c>
+      <c r="B802" t="inlineStr">
+        <is>
+          <t>Diese Norm legt die Informationsarchitektur fest, die für die interoperable Kommunikation zwischen Systemen und Diensten erforderlich ist, die eGA-Daten benötigen oder bereitstellen. Diese Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von solchen Systemen zu spezifizieren. Das Subjekt der zu übermittelnden Akte oder des zu übermittelnden Aktenauszugs ist eine Einzelperson, und der Gegenstand der Kommunikation steht überwiegend im Zusammenhang mit der Gesundheitsversorgung dieser Person. Die Verwendung von Gesundheitsakten für andere Zwecke wie Verwaltung, Management, Forschung und Epidemiologie, die Aggregationen der Akten einzelner Personen erfordern, stehen nicht im Mittelpunkt dieser Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 5 dieser Norm definiert einen Satz von Schnittstellen, die anzufordern und bereitzustellen sind: ein EHR EXTRACT für eine gegebene zu behandelnde Person wie in Teil 1 dieser Norm definiert; ein oder mehrere ARCHETYP(EN) wie in Teil 2 dieser Norm definiert; ein EHR AUDIT LOG EXTRACT für eine gegebene zu behandelnde Person wie in Teil 4 dieser Norm definiert. Teil 5 definiert den Satz an Interaktionen, um jedes dieser Artefakte anzufordern, und um die Daten der anfordernden Partei bereitzustellen oder die Anforderung abzulehnen. Eine Schnittstelle zur Abfrage einer eGA oder von Grundgesamtheiten von eGAs, zum Beispiel für klinische Audits oder Forschungs, geht über den Anwendungsbereich dieser Norm hinaus, gleichwohl ist jedoch bei der Anforderung eines EHR EXTRACT die Spezifikation bestimmter Selektionskriterien vorgesehen, welche auch für Grundgesamtheitsanfragen dienlich sein könnten. Teil 5 definiert die Implementierungssicht für jede Schnittstelle, ohne spezifische technische Ansätze zur Implementierung dieser Schnittstellen als Nachrichten oder als Serviceschnittstellen anzugeben oder zu beschränken. Teil 5 definiert im Endeffekt die Nutzdaten, die an jeder Schnittstelle kommuniziert werden müssen. Er spezifiziert weder die spezifischen Informationen, die unterschiedliche Transportprotokolle zusätzlich erfordern, noch die Sicherheits- oder Authentifizierungsverfahren, die zwischen den kommunizierenden Parteien vereinbart oder von verschiedenen Zuständigkeitsbereichen verlangt werden könnten.</t>
+        </is>
       </c>
       <c r="C802" s="3">
-        <v>42094</v>
+        <v>43769</v>
       </c>
       <c r="D802">
         <v>0</v>
       </c>
     </row>
     <row r="803">
-      <c r="A803" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A803" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Kommunikation von Patientendaten in elektronischer Form - Teil 5: Interface-Spezifikation (ISO 13606-5:2019); Englische Fassung EN ISO 13606-5:2019</t>
+        </is>
+      </c>
+      <c r="B803" t="inlineStr">
+        <is>
+          <t>Diese Norm legt die Informationsarchitektur fest, die für die interoperable Kommunikation zwischen Systemen und Diensten erforderlich ist, die eGA-Daten benötigen oder bereitstellen. Diese Norm hat nicht zum Ziel, die interne Architektur oder das Datenbankdesign von solchen Systemen zu spezifizieren. Das Subjekt der zu übermittelnden Akte oder des zu übermittelnden Aktenauszugs ist eine Einzelperson, und der Gegenstand der Kommunikation steht überwiegend im Zusammenhang mit der Gesundheitsversorgung dieser Person. Die Verwendung von Gesundheitsakten für andere Zwecke wie Verwaltung, Management, Forschung und Epidemiologie, die Aggregationen der Akten einzelner Personen erfordern, stehen nicht im Mittelpunkt dieser Norm, allerdings könnte die Norm bei solchen sekundären Verwendungen ebenfalls nützlich sein. Teil 5 dieser Norm definiert einen Satz von Schnittstellen, die anzufordern und bereitzustellen sind: ein EHR EXTRACT für eine gegebene zu behandelnde Person wie in Teil 1 dieser Norm definiert; ein oder mehrere ARCHETYP(EN) wie in Teil 2 dieser Norm definiert; ein EHR AUDIT LOG EXTRACT für eine gegebene zu behandelnde Person wie in Teil 4 dieser Norm definiert. Teil 5 definiert den Satz an Interaktionen, um jedes dieser Artefakte anzufordern, und um die Daten der anfordernden Partei bereitzustellen oder die Anforderung abzulehnen. Eine Schnittstelle zur Abfrage einer eGA oder von Grundgesamtheiten von eGAs, zum Beispiel für klinische Audits oder Forschungs, geht über den Anwendungsbereich dieser Norm hinaus, gleichwohl ist jedoch bei der Anforderung eines EHR EXTRACT die Spezifikation bestimmter Selektionskriterien vorgesehen, welche auch für Grundgesamtheitsanfragen dienlich sein könnten. Teil 5 definiert die Implementierungssicht für jede Schnittstelle, ohne spezifische technische Ansätze zur Implementierung dieser Schnittstellen als Nachrichten oder als Serviceschnittstellen anzugeben oder zu beschränken. Teil 5 definiert im Endeffekt die Nutzdaten, die an jeder Schnittstelle kommuniziert werden müssen. Er spezifiziert weder die spezifischen Informationen, die unterschiedliche Transportprotokolle zusätzlich erfordern, noch die Sicherheits- oder Authentifizierungsverfahren, die zwischen den kommunizierenden Parteien vereinbart oder von verschiedenen Zuständigkeitsbereichen verlangt werden könnten.</t>
+        </is>
       </c>
       <c r="C803" s="3">
-        <v>42216</v>
+        <v>43769</v>
       </c>
       <c r="D803">
         <v>0</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="B804" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C804" s="3">
-        <v>42216</v>
+        <v>40512</v>
       </c>
       <c r="D804">
         <v>0</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="B805" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C805" s="3">
-        <v>43738</v>
+        <v>40512</v>
       </c>
       <c r="D805">
         <v>0</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="B806" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C806" s="3">
-        <v>43738</v>
+        <v>41608</v>
       </c>
       <c r="D806">
         <v>0</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="B807" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C807" s="3">
-        <v>44286</v>
+        <v>41608</v>
       </c>
       <c r="D807">
         <v>0</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="B808" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C808" s="3">
-        <v>44286</v>
+        <v>41820</v>
       </c>
       <c r="D808">
         <v>0</v>
       </c>
     </row>
     <row r="809">
-      <c r="A809" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A809" t="s">
+        <v>697</v>
       </c>
       <c r="B809" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C809" s="3">
-        <v>44196</v>
+        <v>41820</v>
       </c>
       <c r="D809">
         <v>0</v>
       </c>
     </row>
     <row r="810">
-      <c r="A810" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A810" t="s">
+        <v>698</v>
       </c>
       <c r="B810" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C810" s="3">
-        <v>44196</v>
+        <v>42094</v>
       </c>
       <c r="D810">
         <v>0</v>
       </c>
     </row>
     <row r="811">
-      <c r="A811" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A811" t="s">
+        <v>699</v>
+      </c>
+      <c r="B811" t="s">
+        <v>326</v>
       </c>
       <c r="C811" s="3">
-        <v>38595</v>
+        <v>42216</v>
       </c>
       <c r="D811">
         <v>0</v>
       </c>
     </row>
     <row r="812">
-      <c r="A812" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A812" t="s">
+        <v>700</v>
+      </c>
+      <c r="B812" t="s">
+        <v>326</v>
       </c>
       <c r="C812" s="3">
-        <v>38595</v>
+        <v>42216</v>
       </c>
       <c r="D812">
         <v>0</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="B813" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C813" s="3">
-        <v>38807</v>
+        <v>43738</v>
       </c>
       <c r="D813">
         <v>0</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="B814" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C814" s="3">
-        <v>38807</v>
+        <v>43738</v>
       </c>
       <c r="D814">
         <v>0</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="s">
-        <v>685</v>
+        <v>702</v>
       </c>
       <c r="B815" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C815" s="3">
-        <v>40877</v>
+        <v>44286</v>
       </c>
       <c r="D815">
         <v>0</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s">
-        <v>685</v>
+        <v>702</v>
       </c>
       <c r="B816" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C816" s="3">
-        <v>40877</v>
+        <v>44286</v>
       </c>
       <c r="D816">
         <v>0</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 1: Allgemeiner Aufbau (ISO 21549-1:2013); Deutsche und Englische Fassung EN ISO 21549-1:2013</t>
-[...5 lines deleted...]
-        </is>
+          <t>Medizinische Informatik - Methodik zur Analyse der Business- und Informationsbedürfnisse für Unternehmen im Gesundheitswesen zur Unterstützung einer standardbasierten Architektur</t>
+        </is>
+      </c>
+      <c r="B817" t="s">
+        <v>326</v>
       </c>
       <c r="C817" s="3">
-        <v>41547</v>
+        <v>44196</v>
       </c>
       <c r="D817">
         <v>0</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
+          <t>Medizinische Informatik - Methodik zur Analyse der Business- und Informationsbedürfnisse für Unternehmen im Gesundheitswesen zur Unterstützung einer standardbasierten Architektur</t>
+        </is>
+      </c>
+      <c r="B818" t="s">
+        <v>326</v>
+      </c>
+      <c r="C818" s="3">
+        <v>44196</v>
+      </c>
+      <c r="D818">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Nachrichten für die Pflege von unterstützender Information in Systemen des Gesundheitswesens - Teil 1: Aktualisierung der Kodierungsschemata; Englische Fassung EN 13609-1:2005</t>
+        </is>
+      </c>
+      <c r="B819" t="inlineStr">
+        <is>
+          <t>Diese Europäische Norm legt Nachrichten für die elektronische Kommunikation zwischen Computersystemen unter Verwendung von Kodierungsschemata im Gesundheitswesen fest. Sie beschreibt die Nachricht die verwendet werden können, um die Aufrüstung oder Aktualisierung des Inhalts von Kodierungsschemata bei Benutzeranwendungen durchzuführen.</t>
+        </is>
+      </c>
+      <c r="C819" s="3">
+        <v>38595</v>
+      </c>
+      <c r="D819">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Nachrichten für die Pflege von unterstützender Information in Systemen des Gesundheitswesens - Teil 1: Aktualisierung der Kodierungsschemata; Englische Fassung EN 13609-1:2005</t>
+        </is>
+      </c>
+      <c r="B820" t="inlineStr">
+        <is>
+          <t>Diese Europäische Norm legt Nachrichten für die elektronische Kommunikation zwischen Computersystemen unter Verwendung von Kodierungsschemata im Gesundheitswesen fest. Sie beschreibt die Nachricht die verwendet werden können, um die Aufrüstung oder Aktualisierung des Inhalts von Kodierungsschemata bei Benutzeranwendungen durchzuführen.</t>
+        </is>
+      </c>
+      <c r="C820" s="3">
+        <v>38595</v>
+      </c>
+      <c r="D820">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="s">
+        <v>703</v>
+      </c>
+      <c r="B821" t="s">
+        <v>326</v>
+      </c>
+      <c r="C821" s="3">
+        <v>38807</v>
+      </c>
+      <c r="D821">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="s">
+        <v>703</v>
+      </c>
+      <c r="B822" t="s">
+        <v>326</v>
+      </c>
+      <c r="C822" s="3">
+        <v>38807</v>
+      </c>
+      <c r="D822">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="s">
+        <v>704</v>
+      </c>
+      <c r="B823" t="s">
+        <v>326</v>
+      </c>
+      <c r="C823" s="3">
+        <v>40877</v>
+      </c>
+      <c r="D823">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="s">
+        <v>704</v>
+      </c>
+      <c r="B824" t="s">
+        <v>326</v>
+      </c>
+      <c r="C824" s="3">
+        <v>40877</v>
+      </c>
+      <c r="D824">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="inlineStr">
+        <is>
           <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 1: Allgemeiner Aufbau (ISO 21549-1:2013); Deutsche und Englische Fassung EN ISO 21549-1:2013</t>
         </is>
       </c>
-      <c r="B818" t="inlineStr">
+      <c r="B825" t="inlineStr">
         <is>
           <t>Dieser Teil der ISO 21549 legt eine generelle Struktur für die unterschiedlichen Typen von Daten fest, die in den anderen Teilen der ISO 21549 unter Verwendung der UML-Notation definiert werden. ISO 21549 definiert Datenstrukturen, die auf Gesundheitskarten von Patienten gespeichert werden sollen, im Einklang mit den physikalischen Möglichkeiten von ID-1 Karten nach ISO/IEC 7810.</t>
         </is>
       </c>
-      <c r="C818" s="3">
+      <c r="C825" s="3">
         <v>41547</v>
       </c>
-      <c r="D818">
-[...118 lines deleted...]
-      </c>
       <c r="D825">
         <v>0</v>
       </c>
     </row>
     <row r="826">
-      <c r="A826" t="s">
-        <v>688</v>
+      <c r="A826" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 1: Allgemeiner Aufbau (ISO 21549-1:2013); Deutsche und Englische Fassung EN ISO 21549-1:2013</t>
+        </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm gilt für Situationen wo derartige Daten auf einer Karte im Gesundheitswesen gespeichert oder mit ihr transportiert werden sollen in Übereinstimmung mit den physikalischen Möglichkeiten einer ID-1 Karte nach ISO 7810. Diese Internationale Norm legt die Basisstruktur der Daten, die die Verwaltungs-Kerndaten enthalten, fest, aber spezifiziert oder mandatiert keine besonderen Datensätze für Speicherung auf Geräten.</t>
+          <t>Dieser Teil der ISO 21549 legt eine generelle Struktur für die unterschiedlichen Typen von Daten fest, die in den anderen Teilen der ISO 21549 unter Verwendung der UML-Notation definiert werden. ISO 21549 definiert Datenstrukturen, die auf Gesundheitskarten von Patienten gespeichert werden sollen, im Einklang mit den physikalischen Möglichkeiten von ID-1 Karten nach ISO/IEC 7810.</t>
         </is>
       </c>
       <c r="C826" s="3">
-        <v>39660</v>
+        <v>41547</v>
       </c>
       <c r="D826">
         <v>0</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s">
-        <v>688</v>
+        <v>705</v>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm gilt für Situationen wo derartige Daten auf einer Karte im Gesundheitswesen gespeichert oder mit ihr transportiert werden sollen in Übereinstimmung mit den physikalischen Möglichkeiten einer ID-1 Karte nach ISO 7810. Diese Internationale Norm legt die Basisstruktur der Daten, die die Verwaltungs-Kerndaten enthalten, fest, aber spezifiziert oder mandatiert keine besonderen Datensätze für Speicherung auf Geräten.</t>
+          <t>Dieser Teil der DIN EN ISO 21549 beschreibt und legt die gemeinsamen Datenobjekte fest, die von patientengehalten Gesundheitsdatenkarten verwendet, oder von diesen referenziert werden unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1). Diese Datenobjekte werden in allen Formen von Gesundheitskarten und zur Bildung von Verbunddatenobjekten definiert nach Teile 3 bis 8 von DIN EN ISO 21549 verwendet.</t>
         </is>
       </c>
       <c r="C827" s="3">
-        <v>39660</v>
+        <v>41790</v>
       </c>
       <c r="D827">
         <v>0</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s">
-        <v>689</v>
+        <v>705</v>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Dieser Teil der ISO 21549 gilt für Situationen, in denen derartige Daten (Patientendaten) auf Gesundheitskarten, deren physikalische Maße denen von ID 1-Karten nach ISO/IEC 7810 entsprechen, gespeichert bzw. transportiert werden. Der vorliegende Teil der ISO 21549 legt die Grundstruktur der im medikationsbezogenen Datenobjekt enthaltenen Daten fest, er legt jedoch keine speziellen Datensätze für die Speicherung auf Datenträgern fest und mandatiert sie auch nicht. Der Zweck dieser Norm besteht darin, weiteren im Gesundheitswesen tätigen, qualifizierten Personen sowie den Patienten bzw. deren nicht professionellen Pflegekräften mithilfe der Karten die entsprechenden Informationen bereitzustellen. Die Karten können weiterhin dazu genutzt werden, auf der Grundlage der entsprechenden Auslegung der Datensätze neue Verschreibungen vom Aussteller eines Rezepts an die das Rezept beliefernde Person/Apotheke zu übermitteln.</t>
+          <t>Dieser Teil der DIN EN ISO 21549 beschreibt und legt die gemeinsamen Datenobjekte fest, die von patientengehalten Gesundheitsdatenkarten verwendet, oder von diesen referenziert werden unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1). Diese Datenobjekte werden in allen Formen von Gesundheitskarten und zur Bildung von Verbunddatenobjekten definiert nach Teile 3 bis 8 von DIN EN ISO 21549 verwendet.</t>
         </is>
       </c>
       <c r="C828" s="3">
-        <v>42825</v>
+        <v>41790</v>
       </c>
       <c r="D828">
         <v>0</v>
       </c>
     </row>
     <row r="829">
-      <c r="A829" t="s">
-        <v>689</v>
+      <c r="A829" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 3: Kerndatensatz der klinischen Daten (ISO 21549-3:2014); Englische Fassung EN ISO 21549-3:2014</t>
+        </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Dieser Teil der ISO 21549 gilt für Situationen, in denen derartige Daten (Patientendaten) auf Gesundheitskarten, deren physikalische Maße denen von ID 1-Karten nach ISO/IEC 7810 entsprechen, gespeichert bzw. transportiert werden. Der vorliegende Teil der ISO 21549 legt die Grundstruktur der im medikationsbezogenen Datenobjekt enthaltenen Daten fest, er legt jedoch keine speziellen Datensätze für die Speicherung auf Datenträgern fest und mandatiert sie auch nicht. Der Zweck dieser Norm besteht darin, weiteren im Gesundheitswesen tätigen, qualifizierten Personen sowie den Patienten bzw. deren nicht professionellen Pflegekräften mithilfe der Karten die entsprechenden Informationen bereitzustellen. Die Karten können weiterhin dazu genutzt werden, auf der Grundlage der entsprechenden Auslegung der Datensätze neue Verschreibungen vom Aussteller eines Rezepts an die das Rezept beliefernde Person/Apotheke zu übermitteln.</t>
+          <t>Dieser Teil der ISO 21549 beschreibt und legt die Objekte des Kerndatensatz der klinischen Daten fest die von patientengehalten Gesundheitsdatenkarten verwendet, oder von diesen referenziert werden unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1).</t>
         </is>
       </c>
       <c r="C829" s="3">
-        <v>42825</v>
+        <v>41790</v>
       </c>
       <c r="D829">
         <v>0</v>
       </c>
     </row>
     <row r="830">
-      <c r="A830" t="s">
-        <v>690</v>
+      <c r="A830" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 3: Kerndatensatz der klinischen Daten (ISO 21549-3:2014); Englische Fassung EN ISO 21549-3:2014</t>
+        </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm gilt für Verfahrenen, in den Patientendaten auf Basis von Gesundheitskarten gespeichert oder mit Referenz auf diese transportiert werden, sofern diese Karten mit den physischen Abmessungen von ID-1 Karten nach ISO 7810 übereinstimmen. Diese Norm legt eine Methode fest, den Zugriff auf verteilte Patientendaten und / oder Verwaltungsinformationen unter Verwendung von Gesundheitskarten zu erleichtern. Sie legt die Struktur und Elemente von "Querverweisen" fest, wie sie üblicherweise auf Gesundheitskarten gespeichert werden und wie sie Querverweise auf individuelle Patientenakten sowie auf deren Unterelemente darstellen. Zugriffskontrollmechanismen, Datenschutzmechanismen, Zugriffsmethoden und andere Sicherheitsdienste liegen nicht im Anwendungsbereich dieses Teils der Norm ISO 21549.</t>
+          <t>Dieser Teil der ISO 21549 beschreibt und legt die Objekte des Kerndatensatz der klinischen Daten fest die von patientengehalten Gesundheitsdatenkarten verwendet, oder von diesen referenziert werden unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1).</t>
         </is>
       </c>
       <c r="C830" s="3">
-        <v>40482</v>
+        <v>41790</v>
       </c>
       <c r="D830">
         <v>0</v>
       </c>
     </row>
     <row r="831">
-      <c r="A831" t="s">
-        <v>690</v>
+      <c r="A831" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 4: Erweiterter Datensatz der klinischen Daten (ISO 21549-4:2014); Englische Fassung EN ISO 21549-4:2014</t>
+        </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm gilt für Verfahrenen, in den Patientendaten auf Basis von Gesundheitskarten gespeichert oder mit Referenz auf diese transportiert werden, sofern diese Karten mit den physischen Abmessungen von ID-1 Karten nach ISO 7810 übereinstimmen. Diese Norm legt eine Methode fest, den Zugriff auf verteilte Patientendaten und / oder Verwaltungsinformationen unter Verwendung von Gesundheitskarten zu erleichtern. Sie legt die Struktur und Elemente von "Querverweisen" fest, wie sie üblicherweise auf Gesundheitskarten gespeichert werden und wie sie Querverweise auf individuelle Patientenakten sowie auf deren Unterelemente darstellen. Zugriffskontrollmechanismen, Datenschutzmechanismen, Zugriffsmethoden und andere Sicherheitsdienste liegen nicht im Anwendungsbereich dieses Teils der Norm ISO 21549.</t>
+          <t>Dieser Teil der DIN EN ISO 21549 beschreibt und legt die Objekte des erweiterten klinischen Datensatzes fest, die von patientengehaltenen Gesundheitsdatenkarten verwendet oder von diesen referenziert werden, unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1).</t>
         </is>
       </c>
       <c r="C831" s="3">
-        <v>40482</v>
+        <v>41790</v>
       </c>
       <c r="D831">
         <v>0</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Pharmakovigilanz - Einzelfallbericht für unerwünschte Arzneimittelwirkungen - Teil 1: Grundstruktur für Berichte über unerwünschte Arzneimittelwirkungen (ISO 27953-1:2011); Deutsche und Englische Fassung EN ISO 27953-1:2011, nur</t>
+          <t>Medizinische Informatik - Patientendaten auf Karten im Gesundheitswesen - Teil 4: Erweiterter Datensatz der klinischen Daten (ISO 21549-4:2014); Englische Fassung EN ISO 21549-4:2014</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Teil 1 dieser Norm dient der Etablierung eines internationalen Rahmenwerks zum Datenaustausch und zur gemeinsamen Informationsnutzung durch die Bereitstellung eines allgemeinen Datenformats zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Produktprobleme und Beschwerden von Verbrauchern, die bei der Gabe oder Verwendung von einem oder mehreren Produkten aufgetreten können. Teil 1 basiert auf dem HL7 Referenzinformationsmodel und kann erweitert oder beschränkt werden, um eine Vielzahl von Anforderungen an die Meldung in Einklang zu bringen basierend auf EN ISO 27953-2 und anderen regionalen oder internationalen Anforderungen, die im Abschnitt Verlaufsbeschreibung dieser Umfrage zusammengefasst sind. Es sollte beachtet werden, dass Teil 1 im zeitlichen Verlauf mit anderen HL7-Standards zum öffentlichen Gesundheitswesen und Berichten zu Vorfällen der Therapiesicherheit harmonisiert werden wird, um die Sicherstellung der Harmonisierung der Nachrichtenkonstruktion und Terminologie im Bereich öffentliche Gesundheitsberichterstattung [en: Public Health Reporting (PORR)] zu unterstützen. Weiterhin werden in Teil 1 dieser Norm nicht die Berichtsanforderungen für jedes Produkt geregelt oder vorgeschrieben. Die Anwendungsbeispiele ("Storyboards"), die in dieser Norm beschrieben werden, dienen nur der Veranschaulichung und sind dazu bestimmt, die Skalierbarkeit und Interoperabilität des Standards zwischen verschiedenen Akteuren und Produkttypen zu veranschaulichen. Zukünftige Überarbeitungen dieser Norm werden möglicherweise entwickelt, um Konformitätsprofile oder Vokabularien für alle oder einen beschränkten Teil von Anwendungsbeispielen einzuschließen. Es ist zu beachten, dass die Datenelemente, die einheitlich für alle Anwendungsbeispiele verwendet werden, als generische übertragene Anwendungsbeispiele der Datenelemente (en: Generic Transmission Use Case Data Elements) in diesem Teil der Norm zusammengefasst sind. Diese Datenelemente sind als ein generischer Satz von Datenelementen zu betrachten, die für jedes Berichtsszenarium angewendet werden können. Spezielle Berichtsanforderungen innerhalb von Organisationen oder Regionen können alle oder nur eine Teilmenge dieser Datenelemente verwenden. Zu beachten ist, dass diese Norm in dieser Ausgabe keine Untermenge von Vokabularien für diese Datenelemente festlegt.</t>
+          <t>Dieser Teil der DIN EN ISO 21549 beschreibt und legt die Objekte des erweiterten klinischen Datensatzes fest, die von patientengehaltenen Gesundheitsdatenkarten verwendet oder von diesen referenziert werden, unter Verwendung von UML, reinem Text und der Notation Eins für Abstrakte Syntax (ASN.1).</t>
         </is>
       </c>
       <c r="C832" s="3">
-        <v>41152</v>
+        <v>41790</v>
       </c>
       <c r="D832">
         <v>0</v>
       </c>
     </row>
     <row r="833">
-      <c r="A833" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A833" t="s">
+        <v>706</v>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Teil 1 dieser Norm dient der Etablierung eines internationalen Rahmenwerks zum Datenaustausch und zur gemeinsamen Informationsnutzung durch die Bereitstellung eines allgemeinen Datenformats zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Produktprobleme und Beschwerden von Verbrauchern, die bei der Gabe oder Verwendung von einem oder mehreren Produkten aufgetreten können. Teil 1 basiert auf dem HL7 Referenzinformationsmodel und kann erweitert oder beschränkt werden, um eine Vielzahl von Anforderungen an die Meldung in Einklang zu bringen basierend auf EN ISO 27953-2 und anderen regionalen oder internationalen Anforderungen, die im Abschnitt Verlaufsbeschreibung dieser Umfrage zusammengefasst sind. Es sollte beachtet werden, dass Teil 1 im zeitlichen Verlauf mit anderen HL7-Standards zum öffentlichen Gesundheitswesen und Berichten zu Vorfällen der Therapiesicherheit harmonisiert werden wird, um die Sicherstellung der Harmonisierung der Nachrichtenkonstruktion und Terminologie im Bereich öffentliche Gesundheitsberichterstattung [en: Public Health Reporting (PORR)] zu unterstützen. Weiterhin werden in Teil 1 dieser Norm nicht die Berichtsanforderungen für jedes Produkt geregelt oder vorgeschrieben. Die Anwendungsbeispiele ("Storyboards"), die in dieser Norm beschrieben werden, dienen nur der Veranschaulichung und sind dazu bestimmt, die Skalierbarkeit und Interoperabilität des Standards zwischen verschiedenen Akteuren und Produkttypen zu veranschaulichen. Zukünftige Überarbeitungen dieser Norm werden möglicherweise entwickelt, um Konformitätsprofile oder Vokabularien für alle oder einen beschränkten Teil von Anwendungsbeispielen einzuschließen. Es ist zu beachten, dass die Datenelemente, die einheitlich für alle Anwendungsbeispiele verwendet werden, als generische übertragene Anwendungsbeispiele der Datenelemente (en: Generic Transmission Use Case Data Elements) in diesem Teil der Norm zusammengefasst sind. Diese Datenelemente sind als ein generischer Satz von Datenelementen zu betrachten, die für jedes Berichtsszenarium angewendet werden können. Spezielle Berichtsanforderungen innerhalb von Organisationen oder Regionen können alle oder nur eine Teilmenge dieser Datenelemente verwenden. Zu beachten ist, dass diese Norm in dieser Ausgabe keine Untermenge von Vokabularien für diese Datenelemente festlegt.</t>
+          <t>In diesem Teil der ISO 21549 wird die Grundstruktur der auf Gesundheitsdatenkarten gespeicherten Identifikationsdatenobjekte beschrieben und definiert; es werden jedoch keine spezifischen Datensätze für die Speicherung auf den Geräten festgelegt. Die ausführliche Beschreibung der Funktionen und Mechanismen der folgenden Dienstleistungen liegt nicht im Anwendungsbereich dieses Teils der ISO 21549 (obwohl die Strukturen auf geeignete, an anderer Stelle festgelegte Datenobjekte zutreffen können): - Sicherheitsfunktionen und zugehörige Dienstleistungen, die wahrscheinlich durch die Nutzer in Abhängigkeit von der spezifischen Anwendung, z. B. Schutz der Vertraulichkeit, Schutz der Datenintegrität und Authentifizierung der mit diesen Funktionen im Zusammenhang stehenden Personen und Geräte, für die Datenkarten festgelegt werden; - Dienstleistungen im Zusammenhang mit der Zugangskontrolle; - der Initialisierungs- und Ausgabeprozess (mit dem die Betriebslebensdauer einer einzelnen Datenkarte beginnt und mit dessen Hilfe die Datenkarte für die Daten vorbereitet wird, die anschließend nach diesem Teil der ISO 21549 auf sie kommuniziert werden sollen).</t>
         </is>
       </c>
       <c r="C833" s="3">
-        <v>41152</v>
+        <v>42613</v>
       </c>
       <c r="D833">
         <v>0</v>
       </c>
     </row>
     <row r="834">
-      <c r="A834" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A834" t="s">
+        <v>707</v>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Teil 2 dieser Norm basiert auf den Anforderungen der EN ISO 27953-1 für zulassungsbezogene Berichte für pharmazeutische Produkte der Humanmedizin. Teil 2 dient der Erstellung eines Rahmenwerks für die internationale zulassungsbezogene Berichterstattung und die gemeinsame Informationsnutzung durch die Verwendung eines gemeinsamen Satzes von Datenelementen und Nachrichtenformaten zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Infektionen und Vorkommnisse, die bei der Gabe von einem oder mehreren pharmazeutischen Produkten der Humanmedizin bei Patienten aufgetreten können, unabhängig von der Bezugsquelle oder Bestimmung. Die Norm unterstützt eine Struktur, über die Berichte in einer klaren und unmissverständlichen Weise ausgetauscht werden können, so dass die Art des Falls, die Umstände des Entstehens und insbesondere die Identität des fraglichen Arzneimittels bzw. der Arzneimittel mit Gewißheit kommuniziert werden können. Anforderungen für die Anwendungsbeispiele basieren ursprünglich auf ICH, deren Konformität beinhaltet auch die parallele Anwendung der Arbeitspakete zu den ISO Vokabularien: Datenelemente und -strukturen für den Austausch von zulassungsbezogenen Produktinformationen für Arzneimittelverzeichnisse (prEN ISO 11615, prEN ISO 11616, prEN ISO 11238, prEN ISO 11239 und prEN ISO 11240) sowie zur Datenstrukturen und kontrollierten Vokabularien für Einheiten von Labortests zur Berichterstattung von Laborergebnissen (siehe EN ISO 11595).</t>
+          <t>Diese Internationale Norm gilt für Situationen wo derartige Daten auf einer Karte im Gesundheitswesen gespeichert oder mit ihr transportiert werden sollen in Übereinstimmung mit den physikalischen Möglichkeiten einer ID-1 Karte nach ISO 7810. Diese Internationale Norm legt die Basisstruktur der Daten, die die Verwaltungs-Kerndaten enthalten, fest, aber spezifiziert oder mandatiert keine besonderen Datensätze für Speicherung auf Geräten.</t>
         </is>
       </c>
       <c r="C834" s="3">
-        <v>41152</v>
+        <v>39660</v>
       </c>
       <c r="D834">
         <v>0</v>
       </c>
     </row>
     <row r="835">
-      <c r="A835" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A835" t="s">
+        <v>707</v>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Teil 2 dieser Norm basiert auf den Anforderungen der EN ISO 27953-1 für zulassungsbezogene Berichte für pharmazeutische Produkte der Humanmedizin. Teil 2 dient der Erstellung eines Rahmenwerks für die internationale zulassungsbezogene Berichterstattung und die gemeinsame Informationsnutzung durch die Verwendung eines gemeinsamen Satzes von Datenelementen und Nachrichtenformaten zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Infektionen und Vorkommnisse, die bei der Gabe von einem oder mehreren pharmazeutischen Produkten der Humanmedizin bei Patienten aufgetreten können, unabhängig von der Bezugsquelle oder Bestimmung. Die Norm unterstützt eine Struktur, über die Berichte in einer klaren und unmissverständlichen Weise ausgetauscht werden können, so dass die Art des Falls, die Umstände des Entstehens und insbesondere die Identität des fraglichen Arzneimittels bzw. der Arzneimittel mit Gewißheit kommuniziert werden können. Anforderungen für die Anwendungsbeispiele basieren ursprünglich auf ICH, deren Konformität beinhaltet auch die parallele Anwendung der Arbeitspakete zu den ISO Vokabularien: Datenelemente und -strukturen für den Austausch von zulassungsbezogenen Produktinformationen für Arzneimittelverzeichnisse (prEN ISO 11615, prEN ISO 11616, prEN ISO 11238, prEN ISO 11239 und prEN ISO 11240) sowie zur Datenstrukturen und kontrollierten Vokabularien für Einheiten von Labortests zur Berichterstattung von Laborergebnissen (siehe EN ISO 11595).</t>
+          <t>Diese Internationale Norm gilt für Situationen wo derartige Daten auf einer Karte im Gesundheitswesen gespeichert oder mit ihr transportiert werden sollen in Übereinstimmung mit den physikalischen Möglichkeiten einer ID-1 Karte nach ISO 7810. Diese Internationale Norm legt die Basisstruktur der Daten, die die Verwaltungs-Kerndaten enthalten, fest, aber spezifiziert oder mandatiert keine besonderen Datensätze für Speicherung auf Geräten.</t>
         </is>
       </c>
       <c r="C835" s="3">
-        <v>41152</v>
+        <v>39660</v>
       </c>
       <c r="D835">
         <v>0</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>708</v>
+      </c>
+      <c r="B836" t="inlineStr">
+        <is>
+          <t>Dieser Teil der ISO 21549 gilt für Situationen, in denen derartige Daten (Patientendaten) auf Gesundheitskarten, deren physikalische Maße denen von ID 1-Karten nach ISO/IEC 7810 entsprechen, gespeichert bzw. transportiert werden. Der vorliegende Teil der ISO 21549 legt die Grundstruktur der im medikationsbezogenen Datenobjekt enthaltenen Daten fest, er legt jedoch keine speziellen Datensätze für die Speicherung auf Datenträgern fest und mandatiert sie auch nicht. Der Zweck dieser Norm besteht darin, weiteren im Gesundheitswesen tätigen, qualifizierten Personen sowie den Patienten bzw. deren nicht professionellen Pflegekräften mithilfe der Karten die entsprechenden Informationen bereitzustellen. Die Karten können weiterhin dazu genutzt werden, auf der Grundlage der entsprechenden Auslegung der Datensätze neue Verschreibungen vom Aussteller eines Rezepts an die das Rezept beliefernde Person/Apotheke zu übermitteln.</t>
+        </is>
       </c>
       <c r="C836" s="3">
-        <v>44135</v>
+        <v>42825</v>
       </c>
       <c r="D836">
         <v>0</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>708</v>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Dieser Teil der ISO 21549 gilt für Situationen, in denen derartige Daten (Patientendaten) auf Gesundheitskarten, deren physikalische Maße denen von ID 1-Karten nach ISO/IEC 7810 entsprechen, gespeichert bzw. transportiert werden. Der vorliegende Teil der ISO 21549 legt die Grundstruktur der im medikationsbezogenen Datenobjekt enthaltenen Daten fest, er legt jedoch keine speziellen Datensätze für die Speicherung auf Datenträgern fest und mandatiert sie auch nicht. Der Zweck dieser Norm besteht darin, weiteren im Gesundheitswesen tätigen, qualifizierten Personen sowie den Patienten bzw. deren nicht professionellen Pflegekräften mithilfe der Karten die entsprechenden Informationen bereitzustellen. Die Karten können weiterhin dazu genutzt werden, auf der Grundlage der entsprechenden Auslegung der Datensätze neue Verschreibungen vom Aussteller eines Rezepts an die das Rezept beliefernde Person/Apotheke zu übermitteln.</t>
+        </is>
       </c>
       <c r="C837" s="3">
-        <v>44135</v>
+        <v>42825</v>
       </c>
       <c r="D837">
         <v>0</v>
       </c>
     </row>
     <row r="838">
-      <c r="A838" t="inlineStr">
-[...5 lines deleted...]
-        <v>322</v>
+      <c r="A838" t="s">
+        <v>709</v>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm gilt für Verfahrenen, in den Patientendaten auf Basis von Gesundheitskarten gespeichert oder mit Referenz auf diese transportiert werden, sofern diese Karten mit den physischen Abmessungen von ID-1 Karten nach ISO 7810 übereinstimmen. Diese Norm legt eine Methode fest, den Zugriff auf verteilte Patientendaten und / oder Verwaltungsinformationen unter Verwendung von Gesundheitskarten zu erleichtern. Sie legt die Struktur und Elemente von "Querverweisen" fest, wie sie üblicherweise auf Gesundheitskarten gespeichert werden und wie sie Querverweise auf individuelle Patientenakten sowie auf deren Unterelemente darstellen. Zugriffskontrollmechanismen, Datenschutzmechanismen, Zugriffsmethoden und andere Sicherheitsdienste liegen nicht im Anwendungsbereich dieses Teils der Norm ISO 21549.</t>
+        </is>
       </c>
       <c r="C838" s="3">
-        <v>42247</v>
+        <v>40482</v>
       </c>
       <c r="D838">
         <v>0</v>
       </c>
     </row>
     <row r="839">
-      <c r="A839" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A839" t="s">
+        <v>709</v>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 schlägt eine Textschablone (Template) für die Darstellung der Policy-Vereinbarung vor. Es ermöglicht die vergleichbare Dokumentation von allen am Informationsaustausch beteiligten Parteien. Dieser Teil von ISO 22600 enthält weder plattformspezifische noch implementierungstechnische Einzelheiten. Sie legt keine technischen Kommunikationsdienste und protokolle fest, die bereits in anderen Normen festgelegt sind. Sie enthält auch keine Authentisierungsverfahren.</t>
+          <t>Diese Internationale Norm gilt für Verfahrenen, in den Patientendaten auf Basis von Gesundheitskarten gespeichert oder mit Referenz auf diese transportiert werden, sofern diese Karten mit den physischen Abmessungen von ID-1 Karten nach ISO 7810 übereinstimmen. Diese Norm legt eine Methode fest, den Zugriff auf verteilte Patientendaten und / oder Verwaltungsinformationen unter Verwendung von Gesundheitskarten zu erleichtern. Sie legt die Struktur und Elemente von "Querverweisen" fest, wie sie üblicherweise auf Gesundheitskarten gespeichert werden und wie sie Querverweise auf individuelle Patientenakten sowie auf deren Unterelemente darstellen. Zugriffskontrollmechanismen, Datenschutzmechanismen, Zugriffsmethoden und andere Sicherheitsdienste liegen nicht im Anwendungsbereich dieses Teils der Norm ISO 21549.</t>
         </is>
       </c>
       <c r="C839" s="3">
-        <v>42035</v>
+        <v>40482</v>
       </c>
       <c r="D839">
         <v>0</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung - Teil 1: Übersicht und Policy-Management (ISO 22600-1:2014); Deutsche Fassung EN ISO 22600-1:2014</t>
+          <t>Medizinische Informatik - Pharmakovigilanz - Einzelfallbericht für unerwünschte Arzneimittelwirkungen - Teil 1: Grundstruktur für Berichte über unerwünschte Arzneimittelwirkungen (ISO 27953-1:2011); Deutsche und Englische Fassung EN ISO 27953-1:2011, nur</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 schlägt eine Textschablone (Template) für die Darstellung der Policy-Vereinbarung vor. Es ermöglicht die vergleichbare Dokumentation von allen am Informationsaustausch beteiligten Parteien. Dieser Teil von ISO 22600 enthält weder plattformspezifische noch implementierungstechnische Einzelheiten. Sie legt keine technischen Kommunikationsdienste und protokolle fest, die bereits in anderen Normen festgelegt sind. Sie enthält auch keine Authentisierungsverfahren.</t>
+          <t>Teil 1 dieser Norm dient der Etablierung eines internationalen Rahmenwerks zum Datenaustausch und zur gemeinsamen Informationsnutzung durch die Bereitstellung eines allgemeinen Datenformats zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Produktprobleme und Beschwerden von Verbrauchern, die bei der Gabe oder Verwendung von einem oder mehreren Produkten aufgetreten können. Teil 1 basiert auf dem HL7 Referenzinformationsmodel und kann erweitert oder beschränkt werden, um eine Vielzahl von Anforderungen an die Meldung in Einklang zu bringen basierend auf EN ISO 27953-2 und anderen regionalen oder internationalen Anforderungen, die im Abschnitt Verlaufsbeschreibung dieser Umfrage zusammengefasst sind. Es sollte beachtet werden, dass Teil 1 im zeitlichen Verlauf mit anderen HL7-Standards zum öffentlichen Gesundheitswesen und Berichten zu Vorfällen der Therapiesicherheit harmonisiert werden wird, um die Sicherstellung der Harmonisierung der Nachrichtenkonstruktion und Terminologie im Bereich öffentliche Gesundheitsberichterstattung [en: Public Health Reporting (PORR)] zu unterstützen. Weiterhin werden in Teil 1 dieser Norm nicht die Berichtsanforderungen für jedes Produkt geregelt oder vorgeschrieben. Die Anwendungsbeispiele ("Storyboards"), die in dieser Norm beschrieben werden, dienen nur der Veranschaulichung und sind dazu bestimmt, die Skalierbarkeit und Interoperabilität des Standards zwischen verschiedenen Akteuren und Produkttypen zu veranschaulichen. Zukünftige Überarbeitungen dieser Norm werden möglicherweise entwickelt, um Konformitätsprofile oder Vokabularien für alle oder einen beschränkten Teil von Anwendungsbeispielen einzuschließen. Es ist zu beachten, dass die Datenelemente, die einheitlich für alle Anwendungsbeispiele verwendet werden, als generische übertragene Anwendungsbeispiele der Datenelemente (en: Generic Transmission Use Case Data Elements) in diesem Teil der Norm zusammengefasst sind. Diese Datenelemente sind als ein generischer Satz von Datenelementen zu betrachten, die für jedes Berichtsszenarium angewendet werden können. Spezielle Berichtsanforderungen innerhalb von Organisationen oder Regionen können alle oder nur eine Teilmenge dieser Datenelemente verwenden. Zu beachten ist, dass diese Norm in dieser Ausgabe keine Untermenge von Vokabularien für diese Datenelemente festlegt.</t>
         </is>
       </c>
       <c r="C840" s="3">
-        <v>42035</v>
+        <v>41152</v>
       </c>
       <c r="D840">
         <v>0</v>
       </c>
     </row>
     <row r="841">
-      <c r="A841" t="s">
-        <v>692</v>
+      <c r="A841" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Pharmakovigilanz - Einzelfallbericht für unerwünschte Arzneimittelwirkungen - Teil 1: Grundstruktur für Berichte über unerwünschte Arzneimittelwirkungen (ISO 27953-1:2011); Deutsche und Englische Fassung EN ISO 27953-1:2011, nur</t>
+        </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 führt das zugrundeliegende Paradigma von formalen High-Level-Modellen für Architekturkomponenten ein. Es basiert auf ISO/IEC 10746 (alle Teile) und führt das Domainmodell, das Dokumentmodell, das Policy-Modell, das Rollenmodell, das Autorisierungsmodell, das Delegierungsmodell, das Steuerungsmodell und das Zugriffssteuerungsmodell ein. Die Spezifikationen werden unter Verwendung der Metasprachen Unified Modeling Language (UML, ge: Ver-einheitlichte Modellierungssprache) und Extensible Markup Language (XML, ge: Erweiterbare Auszeich-nungssprache) angegeben. Zur Erläuterung der Grundsätze werden weitere Diagramme verwendet. Die verwendeten Attribute wurden auf das HL7-Referenzinformationsmodell (ISO 21731:2006) und die HL7-Datentypdefinitionen referenziert. Das Rollenmodell wird nur umrissartig und unter Verweisung auf ISO 21298 "Medizinische Informatik - Funktionelle und strukturelle Rollen" vorgestellt.</t>
+          <t>Teil 1 dieser Norm dient der Etablierung eines internationalen Rahmenwerks zum Datenaustausch und zur gemeinsamen Informationsnutzung durch die Bereitstellung eines allgemeinen Datenformats zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Produktprobleme und Beschwerden von Verbrauchern, die bei der Gabe oder Verwendung von einem oder mehreren Produkten aufgetreten können. Teil 1 basiert auf dem HL7 Referenzinformationsmodel und kann erweitert oder beschränkt werden, um eine Vielzahl von Anforderungen an die Meldung in Einklang zu bringen basierend auf EN ISO 27953-2 und anderen regionalen oder internationalen Anforderungen, die im Abschnitt Verlaufsbeschreibung dieser Umfrage zusammengefasst sind. Es sollte beachtet werden, dass Teil 1 im zeitlichen Verlauf mit anderen HL7-Standards zum öffentlichen Gesundheitswesen und Berichten zu Vorfällen der Therapiesicherheit harmonisiert werden wird, um die Sicherstellung der Harmonisierung der Nachrichtenkonstruktion und Terminologie im Bereich öffentliche Gesundheitsberichterstattung [en: Public Health Reporting (PORR)] zu unterstützen. Weiterhin werden in Teil 1 dieser Norm nicht die Berichtsanforderungen für jedes Produkt geregelt oder vorgeschrieben. Die Anwendungsbeispiele ("Storyboards"), die in dieser Norm beschrieben werden, dienen nur der Veranschaulichung und sind dazu bestimmt, die Skalierbarkeit und Interoperabilität des Standards zwischen verschiedenen Akteuren und Produkttypen zu veranschaulichen. Zukünftige Überarbeitungen dieser Norm werden möglicherweise entwickelt, um Konformitätsprofile oder Vokabularien für alle oder einen beschränkten Teil von Anwendungsbeispielen einzuschließen. Es ist zu beachten, dass die Datenelemente, die einheitlich für alle Anwendungsbeispiele verwendet werden, als generische übertragene Anwendungsbeispiele der Datenelemente (en: Generic Transmission Use Case Data Elements) in diesem Teil der Norm zusammengefasst sind. Diese Datenelemente sind als ein generischer Satz von Datenelementen zu betrachten, die für jedes Berichtsszenarium angewendet werden können. Spezielle Berichtsanforderungen innerhalb von Organisationen oder Regionen können alle oder nur eine Teilmenge dieser Datenelemente verwenden. Zu beachten ist, dass diese Norm in dieser Ausgabe keine Untermenge von Vokabularien für diese Datenelemente festlegt.</t>
         </is>
       </c>
       <c r="C841" s="3">
-        <v>42035</v>
+        <v>41152</v>
       </c>
       <c r="D841">
         <v>0</v>
       </c>
     </row>
     <row r="842">
-      <c r="A842" t="s">
-        <v>692</v>
+      <c r="A842" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Pharmakovigilanz - Einzelfallbericht für unerwünschte Arzneimittelwirkungen - Teil 2: Anforderungen für die Einzelfallberichte (ICSR) zu Humanarzneimitteln (ISO 27953-2:2011); Deutsche und Englische Fassung EN ISO 27953-2:2011, n</t>
+        </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 führt das zugrundeliegende Paradigma von formalen High-Level-Modellen für Architekturkomponenten ein. Es basiert auf ISO/IEC 10746 (alle Teile) und führt das Domainmodell, das Dokumentmodell, das Policy-Modell, das Rollenmodell, das Autorisierungsmodell, das Delegierungsmodell, das Steuerungsmodell und das Zugriffssteuerungsmodell ein. Die Spezifikationen werden unter Verwendung der Metasprachen Unified Modeling Language (UML, ge: Ver-einheitlichte Modellierungssprache) und Extensible Markup Language (XML, ge: Erweiterbare Auszeich-nungssprache) angegeben. Zur Erläuterung der Grundsätze werden weitere Diagramme verwendet. Die verwendeten Attribute wurden auf das HL7-Referenzinformationsmodell (ISO 21731:2006) und die HL7-Datentypdefinitionen referenziert. Das Rollenmodell wird nur umrissartig und unter Verweisung auf ISO 21298 "Medizinische Informatik - Funktionelle und strukturelle Rollen" vorgestellt.</t>
+          <t>Teil 2 dieser Norm basiert auf den Anforderungen der EN ISO 27953-1 für zulassungsbezogene Berichte für pharmazeutische Produkte der Humanmedizin. Teil 2 dient der Erstellung eines Rahmenwerks für die internationale zulassungsbezogene Berichterstattung und die gemeinsame Informationsnutzung durch die Verwendung eines gemeinsamen Satzes von Datenelementen und Nachrichtenformaten zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Infektionen und Vorkommnisse, die bei der Gabe von einem oder mehreren pharmazeutischen Produkten der Humanmedizin bei Patienten aufgetreten können, unabhängig von der Bezugsquelle oder Bestimmung. Die Norm unterstützt eine Struktur, über die Berichte in einer klaren und unmissverständlichen Weise ausgetauscht werden können, so dass die Art des Falls, die Umstände des Entstehens und insbesondere die Identität des fraglichen Arzneimittels bzw. der Arzneimittel mit Gewißheit kommuniziert werden können. Anforderungen für die Anwendungsbeispiele basieren ursprünglich auf ICH, deren Konformität beinhaltet auch die parallele Anwendung der Arbeitspakete zu den ISO Vokabularien: Datenelemente und -strukturen für den Austausch von zulassungsbezogenen Produktinformationen für Arzneimittelverzeichnisse (prEN ISO 11615, prEN ISO 11616, prEN ISO 11238, prEN ISO 11239 und prEN ISO 11240) sowie zur Datenstrukturen und kontrollierten Vokabularien für Einheiten von Labortests zur Berichterstattung von Laborergebnissen (siehe EN ISO 11595).</t>
         </is>
       </c>
       <c r="C842" s="3">
-        <v>42035</v>
+        <v>41152</v>
       </c>
       <c r="D842">
         <v>0</v>
       </c>
     </row>
     <row r="843">
-      <c r="A843" t="s">
-        <v>693</v>
+      <c r="A843" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Pharmakovigilanz - Einzelfallbericht für unerwünschte Arzneimittelwirkungen - Teil 2: Anforderungen für die Einzelfallberichte (ICSR) zu Humanarzneimitteln (ISO 27953-2:2011); Deutsche und Englische Fassung EN ISO 27953-2:2011, n</t>
+        </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 instanziiert Anforderungen an Repositories für Zugriffssteuerungs-Policies und Anforderungen an Infrastrukturen für das Privilegienmanagement. Er gibt Beispiele für die Implementierung der in ISO 22600-2 spezifizierten formalen Modelle.</t>
+          <t>Teil 2 dieser Norm basiert auf den Anforderungen der EN ISO 27953-1 für zulassungsbezogene Berichte für pharmazeutische Produkte der Humanmedizin. Teil 2 dient der Erstellung eines Rahmenwerks für die internationale zulassungsbezogene Berichterstattung und die gemeinsame Informationsnutzung durch die Verwendung eines gemeinsamen Satzes von Datenelementen und Nachrichtenformaten zur Übertragung von Einzelfallberichten [en: Individual Case Safety Reports (ICSRs) ] für unerwünschte Arzneimittelwirkungen [en: adverse drug reactions (ADR)], unerwünschte Vorkommnisse [en: adverse events (AE)], Infektionen und Vorkommnisse, die bei der Gabe von einem oder mehreren pharmazeutischen Produkten der Humanmedizin bei Patienten aufgetreten können, unabhängig von der Bezugsquelle oder Bestimmung. Die Norm unterstützt eine Struktur, über die Berichte in einer klaren und unmissverständlichen Weise ausgetauscht werden können, so dass die Art des Falls, die Umstände des Entstehens und insbesondere die Identität des fraglichen Arzneimittels bzw. der Arzneimittel mit Gewißheit kommuniziert werden können. Anforderungen für die Anwendungsbeispiele basieren ursprünglich auf ICH, deren Konformität beinhaltet auch die parallele Anwendung der Arbeitspakete zu den ISO Vokabularien: Datenelemente und -strukturen für den Austausch von zulassungsbezogenen Produktinformationen für Arzneimittelverzeichnisse (prEN ISO 11615, prEN ISO 11616, prEN ISO 11238, prEN ISO 11239 und prEN ISO 11240) sowie zur Datenstrukturen und kontrollierten Vokabularien für Einheiten von Labortests zur Berichterstattung von Laborergebnissen (siehe EN ISO 11595).</t>
         </is>
       </c>
       <c r="C843" s="3">
-        <v>42035</v>
+        <v>41152</v>
       </c>
       <c r="D843">
         <v>0</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s">
-        <v>693</v>
-[...4 lines deleted...]
-        </is>
+        <v>710</v>
+      </c>
+      <c r="B844" t="s">
+        <v>326</v>
       </c>
       <c r="C844" s="3">
-        <v>42035</v>
+        <v>44135</v>
       </c>
       <c r="D844">
         <v>0</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s">
-        <v>694</v>
-[...4 lines deleted...]
-        </is>
+        <v>710</v>
+      </c>
+      <c r="B845" t="s">
+        <v>326</v>
       </c>
       <c r="C845" s="3">
-        <v>42855</v>
+        <v>44135</v>
       </c>
       <c r="D845">
         <v>0</v>
       </c>
     </row>
     <row r="846">
-      <c r="A846" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="A846" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Prinzipien und Datenanforderungen für die Einwilligung zur Erhebung, Verwendung oder Bekanntgabe von persönlichen Gesundheitsinformationen</t>
+        </is>
+      </c>
+      <c r="B846" t="s">
+        <v>326</v>
       </c>
       <c r="C846" s="3">
-        <v>42855</v>
+        <v>42247</v>
       </c>
       <c r="D846">
         <v>0</v>
       </c>
     </row>
     <row r="847">
-      <c r="A847" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A847" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung - Teil 1: Übersicht und Policy-Management (ISO 22600-1:2014); Deutsche Fassung EN ISO 22600-1:2014</t>
+        </is>
+      </c>
+      <c r="B847" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 schlägt eine Textschablone (Template) für die Darstellung der Policy-Vereinbarung vor. Es ermöglicht die vergleichbare Dokumentation von allen am Informationsaustausch beteiligten Parteien. Dieser Teil von ISO 22600 enthält weder plattformspezifische noch implementierungstechnische Einzelheiten. Sie legt keine technischen Kommunikationsdienste und protokolle fest, die bereits in anderen Normen festgelegt sind. Sie enthält auch keine Authentisierungsverfahren.</t>
+        </is>
       </c>
       <c r="C847" s="3">
-        <v>42916</v>
+        <v>42035</v>
       </c>
       <c r="D847">
         <v>0</v>
       </c>
     </row>
     <row r="848">
-      <c r="A848" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A848" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Privilegienmanagement und Zugriffssteuerung - Teil 1: Übersicht und Policy-Management (ISO 22600-1:2014); Deutsche Fassung EN ISO 22600-1:2014</t>
+        </is>
+      </c>
+      <c r="B848" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 schlägt eine Textschablone (Template) für die Darstellung der Policy-Vereinbarung vor. Es ermöglicht die vergleichbare Dokumentation von allen am Informationsaustausch beteiligten Parteien. Dieser Teil von ISO 22600 enthält weder plattformspezifische noch implementierungstechnische Einzelheiten. Sie legt keine technischen Kommunikationsdienste und protokolle fest, die bereits in anderen Normen festgelegt sind. Sie enthält auch keine Authentisierungsverfahren.</t>
+        </is>
       </c>
       <c r="C848" s="3">
-        <v>42916</v>
+        <v>42035</v>
       </c>
       <c r="D848">
         <v>0</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>711</v>
+      </c>
+      <c r="B849" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 führt das zugrundeliegende Paradigma von formalen High-Level-Modellen für Architekturkomponenten ein. Es basiert auf ISO/IEC 10746 (alle Teile) und führt das Domainmodell, das Dokumentmodell, das Policy-Modell, das Rollenmodell, das Autorisierungsmodell, das Delegierungsmodell, das Steuerungsmodell und das Zugriffssteuerungsmodell ein. Die Spezifikationen werden unter Verwendung der Metasprachen Unified Modeling Language (UML, ge: Ver-einheitlichte Modellierungssprache) und Extensible Markup Language (XML, ge: Erweiterbare Auszeich-nungssprache) angegeben. Zur Erläuterung der Grundsätze werden weitere Diagramme verwendet. Die verwendeten Attribute wurden auf das HL7-Referenzinformationsmodell (ISO 21731:2006) und die HL7-Datentypdefinitionen referenziert. Das Rollenmodell wird nur umrissartig und unter Verweisung auf ISO 21298 "Medizinische Informatik - Funktionelle und strukturelle Rollen" vorgestellt.</t>
+        </is>
       </c>
       <c r="C849" s="3">
-        <v>44227</v>
+        <v>42035</v>
       </c>
       <c r="D849">
         <v>0</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>711</v>
+      </c>
+      <c r="B850" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 führt das zugrundeliegende Paradigma von formalen High-Level-Modellen für Architekturkomponenten ein. Es basiert auf ISO/IEC 10746 (alle Teile) und führt das Domainmodell, das Dokumentmodell, das Policy-Modell, das Rollenmodell, das Autorisierungsmodell, das Delegierungsmodell, das Steuerungsmodell und das Zugriffssteuerungsmodell ein. Die Spezifikationen werden unter Verwendung der Metasprachen Unified Modeling Language (UML, ge: Ver-einheitlichte Modellierungssprache) und Extensible Markup Language (XML, ge: Erweiterbare Auszeich-nungssprache) angegeben. Zur Erläuterung der Grundsätze werden weitere Diagramme verwendet. Die verwendeten Attribute wurden auf das HL7-Referenzinformationsmodell (ISO 21731:2006) und die HL7-Datentypdefinitionen referenziert. Das Rollenmodell wird nur umrissartig und unter Verweisung auf ISO 21298 "Medizinische Informatik - Funktionelle und strukturelle Rollen" vorgestellt.</t>
+        </is>
       </c>
       <c r="C850" s="3">
-        <v>44227</v>
+        <v>42035</v>
       </c>
       <c r="D850">
         <v>0</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>712</v>
+      </c>
+      <c r="B851" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 instanziiert Anforderungen an Repositories für Zugriffssteuerungs-Policies und Anforderungen an Infrastrukturen für das Privilegienmanagement. Er gibt Beispiele für die Implementierung der in ISO 22600-2 spezifizierten formalen Modelle.</t>
+        </is>
       </c>
       <c r="C851" s="3">
-        <v>42308</v>
+        <v>42035</v>
       </c>
       <c r="D851">
         <v>0</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>712</v>
+      </c>
+      <c r="B852" t="inlineStr">
+        <is>
+          <t>Diese mehrteilige Internationale Norm legt Grundsätze fest und spezifiziert die für das Privilegienmanagement und die Zugriffssteuerung auf Daten und Funktionen erforderlichen Dienste. Sie konzentriert sich auf die Kommunikation und Nutzung von gesundheitsbezogene Informationen, die über die Grenzen von Policy-Domains hinweg verteilt werden. Das umfasst die gemeinsame Nutzung von gesundheitsbezogenen Informationen durch nicht miteinander verbundene Anbieter und Organisationen des Gesundheitswesens, Krankenversicherungen, deren Patienten, Mitarbeiter und Handelspartner sowohl durch Einzelpersonen als auch durch Anwendungssysteme im Bereich von einer lokalen zu einer regionalen oder auch nationalen Situation. Sie legt die erforderlichen komponentenbasierten Begriffe fest und soll deren technische Implementierung unterstützen. Sie legt jedoch nicht fest, wie diese Begriffe in speziellen klinischen Prozessabläufen zu verwenden sind. Dieser Teil von ISO 22600 instanziiert Anforderungen an Repositories für Zugriffssteuerungs-Policies und Anforderungen an Infrastrukturen für das Privilegienmanagement. Er gibt Beispiele für die Implementierung der in ISO 22600-2 spezifizierten formalen Modelle.</t>
+        </is>
       </c>
       <c r="C852" s="3">
-        <v>42308</v>
+        <v>42035</v>
       </c>
       <c r="D852">
         <v>0</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>713</v>
+      </c>
+      <c r="B853" t="inlineStr">
+        <is>
+          <t>Diese Norm enthält Grundsätze für und Anforderungen an den Datenschutz für den Fall, dass zum Schutz von personenbezogenen Gesundheitsinformationen Pseudonymisierungsdienste genutzt werden. Diese Technische Spezifikation gilt für Organisationen, die Pseudonymisierungsprozesse für ihre eigenen Zwecke ausführen wollen, oder für Organisationen, die die Vertrauenswürdigkeit von an Pseudonymisierungsdiensten beteiligten Vorgängen in Anspruch nehmen.</t>
+        </is>
       </c>
       <c r="C853" s="3">
-        <v>44255</v>
+        <v>42855</v>
       </c>
       <c r="D853">
         <v>0</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>713</v>
+      </c>
+      <c r="B854" t="inlineStr">
+        <is>
+          <t>Diese Norm enthält Grundsätze für und Anforderungen an den Datenschutz für den Fall, dass zum Schutz von personenbezogenen Gesundheitsinformationen Pseudonymisierungsdienste genutzt werden. Diese Technische Spezifikation gilt für Organisationen, die Pseudonymisierungsprozesse für ihre eigenen Zwecke ausführen wollen, oder für Organisationen, die die Vertrauenswürdigkeit von an Pseudonymisierungsdiensten beteiligten Vorgängen in Anspruch nehmen.</t>
+        </is>
       </c>
       <c r="C854" s="3">
-        <v>44255</v>
+        <v>42855</v>
       </c>
       <c r="D854">
         <v>0</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="B855" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C855" s="3">
-        <v>44104</v>
+        <v>42916</v>
       </c>
       <c r="D855">
         <v>0</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="B856" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C856" s="3">
-        <v>44104</v>
+        <v>42916</v>
       </c>
       <c r="D856">
         <v>0</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B857" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C857" s="3">
-        <v>44104</v>
+        <v>44227</v>
       </c>
       <c r="D857">
         <v>0</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B858" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C858" s="3">
-        <v>44104</v>
+        <v>44227</v>
       </c>
       <c r="D858">
         <v>0</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
       <c r="B859" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C859" s="3">
-        <v>43616</v>
+        <v>42308</v>
       </c>
       <c r="D859">
         <v>0</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
       <c r="B860" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C860" s="3">
-        <v>43616</v>
+        <v>42308</v>
       </c>
       <c r="D860">
         <v>0</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="B861" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C861" s="3">
-        <v>43039</v>
+        <v>44255</v>
       </c>
       <c r="D861">
         <v>0</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="B862" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C862" s="3">
-        <v>43039</v>
+        <v>44255</v>
       </c>
       <c r="D862">
         <v>0</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
       <c r="B863" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C863" s="3">
-        <v>41790</v>
+        <v>44104</v>
       </c>
       <c r="D863">
         <v>0</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
       <c r="B864" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C864" s="3">
-        <v>41790</v>
+        <v>44104</v>
       </c>
       <c r="D864">
         <v>0</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="B865" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C865" s="3">
-        <v>43220</v>
+        <v>44104</v>
       </c>
       <c r="D865">
         <v>0</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="B866" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C866" s="3">
-        <v>43220</v>
+        <v>44104</v>
       </c>
       <c r="D866">
         <v>0</v>
       </c>
     </row>
     <row r="867">
-      <c r="A867" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A867" t="s">
+        <v>720</v>
       </c>
       <c r="B867" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C867" s="3">
-        <v>42124</v>
+        <v>43616</v>
       </c>
       <c r="D867">
         <v>0</v>
       </c>
     </row>
     <row r="868">
-      <c r="A868" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A868" t="s">
+        <v>720</v>
       </c>
       <c r="B868" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C868" s="3">
-        <v>42124</v>
+        <v>43616</v>
       </c>
       <c r="D868">
         <v>0</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
       <c r="B869" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C869" s="3">
-        <v>40147</v>
+        <v>43039</v>
       </c>
       <c r="D869">
         <v>0</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
       <c r="B870" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C870" s="3">
-        <v>40147</v>
+        <v>43039</v>
       </c>
       <c r="D870">
         <v>0</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s">
-        <v>706</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="B871" t="s">
+        <v>326</v>
       </c>
       <c r="C871" s="3">
-        <v>38960</v>
+        <v>41790</v>
       </c>
       <c r="D871">
         <v>0</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="s">
-        <v>706</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="B872" t="s">
+        <v>326</v>
       </c>
       <c r="C872" s="3">
-        <v>38960</v>
+        <v>41790</v>
       </c>
       <c r="D872">
         <v>0</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s">
-        <v>707</v>
+        <v>723</v>
       </c>
       <c r="B873" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C873" s="3">
-        <v>43951</v>
+        <v>43220</v>
       </c>
       <c r="D873">
         <v>0</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="B874" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C874" s="3">
-        <v>43951</v>
+        <v>43220</v>
       </c>
       <c r="D874">
         <v>0</v>
       </c>
     </row>
     <row r="875">
-      <c r="A875" t="s">
-        <v>709</v>
+      <c r="A875" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Rahmenbedingung für die Profilerstellung und Klassifikation zur Entwicklung von Informatik-Normen und -Standards in der traditionellen Medizin - Teil 1: Traditionelle chinesische Medizin</t>
+        </is>
       </c>
       <c r="B875" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C875" s="3">
-        <v>43585</v>
+        <v>42124</v>
       </c>
       <c r="D875">
         <v>0</v>
       </c>
     </row>
     <row r="876">
-      <c r="A876" t="s">
-        <v>709</v>
+      <c r="A876" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Rahmenbedingung für die Profilerstellung und Klassifikation zur Entwicklung von Informatik-Normen und -Standards in der traditionellen Medizin - Teil 1: Traditionelle chinesische Medizin</t>
+        </is>
       </c>
       <c r="B876" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C876" s="3">
-        <v>43585</v>
+        <v>42124</v>
       </c>
       <c r="D876">
         <v>0</v>
       </c>
     </row>
     <row r="877">
-      <c r="A877" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A877" t="s">
+        <v>724</v>
+      </c>
+      <c r="B877" t="s">
+        <v>326</v>
       </c>
       <c r="C877" s="3">
-        <v>37802</v>
+        <v>40147</v>
       </c>
       <c r="D877">
         <v>0</v>
       </c>
     </row>
     <row r="878">
-      <c r="A878" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A878" t="s">
+        <v>724</v>
+      </c>
+      <c r="B878" t="s">
+        <v>326</v>
       </c>
       <c r="C878" s="3">
-        <v>37802</v>
+        <v>40147</v>
       </c>
       <c r="D878">
         <v>0</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Diese europäische Normenreihe ist als Leitfaden vorgesehen sowohl für die Beschreibung, Planung und Entwicklung von neuen Systemen als auch für die Integration von existierenden Informationssystemen - sei es innerhalb eines Unternehmens oder zwischen unterschiedlichen Organisationen des Gesundheitswesens - mittels einer Architektur, die gemeinsame Daten und betriebliche Anwendungslogik in eine spezifische Architekturebene (d. h. Middleware) integriert, die von einzelnen Anwendungen abstrahiert und innerhalb des gesamten Informationssystems über entsprechende Dienste zur Verfügung steht. Die Architekturprinzipien sind nach den Kriterien der ISO/IEC 10746 formalisiert und demgemäß nach den folgenden 3 Sichten strukturiert: a) Die Unternehmenssicht, die eine Reihe von grundlegenden gemeinsamen Anforderungen auf der Ebene des Unternehmens bezüglich der Zwecke der Organisation, der Anwendungsbereiche und Verfahrensregeln angibt, welche durch die Informationen und Funktionen der Middleware unterstützt werden müssen. Sie gibt auch Hinweise, wie das einzelne Unternehmen (z. B. eine regionale Einrichtung des Gesundheitswesens, ein großes Krankenhaus oder irgendeine andere Einrichtung, auf die dieses Modell zutrifft) im Hinblick auf eine möglichst vollständige Beschreibung zusätzliche besondere, für das Unternehmen charakteristische Geschäftsanforderungen spezifizieren und dokumentieren kann. b) Die Informationssicht, die die grundlegende Semantik des Informationsmodells festlegt, das in der Middleware implementiert werden muss, um die gemeinsamen Unternehmensdaten zu integrieren und die in der Unternehmenssicht formalisierten Anforderungen zu unterstützen. Sie gibt auch Hinweise, wie ein Unternehmen das Standardmodell mit zusätzlichen Konzepten erweitern kann, um lokale Anforderungen bezüglich gemeinsam zu haltender Informationen zu unterstützen. c) Die Verarbeitungssicht, welche den Umfang und die Charakteristik der Dienste festlegt, die durch die Middleware zur Verfügung gestellt werden müssen, um sowohl den Zugriff auf gemeinsame Daten zu als auch die Ausführung der betrieblichen Anwendungslogik zu erlauben, welche die in der Informations- und Unternehmenssicht identifizierten Geschäftsprozesse unterstützt. Sie gibt auch Hinweise, wie ein Unternehmen zusätzliche Dienste spezifizieren kann, um lokale spezifische Anforderungen bezüglich gemeinsamer betrieblicher Anwendungslogik zu unterstützen. Die Norm bezieht sich weder implizit noch explizit auf eine spezielle technische Lösung oder ein bestimmtes Produkt und wurde unabhängig von einem solchen entwickelt. Dementsprechend ist die Formalisierung der Architektur gemäß den zwei unteren Ebenen des ODP-Referenzmodells, den technischen und technologischen Sichten, nicht im Anwendungsbereich dieser Norm. Die für die Beschreibung der Architektur verwendete Sprache und Notation basieren auf UML (Unified Modelling Language), ergänzt durch Fallstudien und andere Paradigmen, die vielfach in anderen Normen der Medizinische Informatik genutzt werden. Die Beschreibungsebene ist vollständig und eindeutig genug, um ihre Implementierung gemäß spezifischer physischer und technologischer Szenarien verschiedener Organisationen des Gesundheitswesens und Anbieter zu erlauben. Für eine derartige Verwendung wird empfohlen, der durch die technischen und technologischen Sichten des ISO ODP-Referenzmodells formalisierten Methodik zu folgen. Die Norm ist in drei Teile unterteilt: - Teil 1 (der vorliegende Teil) beschreibt die übergreifenden Charakteristika der Architektur, formalisiert die Spezifikationsmethodik und die Konformitätskriterien, führt die Unternehmenssicht der Architektur aus; - Teil 2 beschreibt die Informationssicht der Architektur; - Teil 3 beschreibt die Verarbeitungssicht der Architektur. Alle Dokumente sind in sich abgeschlossen und für den beabsichtigten Zweck auch für unterschiedliche Anwender unabhängig voneinander verwendbar (wobei sich Teil 1 mehr an die Führungsebene eines Unternehmens richtet, die Teile 2 und 3 sich eher Designaktivitäten widmen). Nichtsdestoweniger sollte stets davon ausgegangen werden, dass sie drei Aspekte derselben Architektur repräsentieren. Demgemäß existieren gegenseitige Verweise zwischen den verschiedenen Teilen der Norm; Entwicklungen, die von den einzelnen Dokumenten ausgehen, sollten der definierten Methodik folgen, um die übergreifende Integrität und Konsistenz der Spezifikation sicherzustellen.</t>
+          <t>Diese Europäische Norm legt ein Verfahren zur Registrierung von Kodierungsschemata für alle Zwecke im Gesundheitswesen fest. Sie legt ebenso die Gliederung der einheitlichen Kodierungsschemata-Bezeichner im Gesundheitswesen (HCD) für jedes registrierte Kodierungsschemata fest. Ein Kodewert kann durch die Verbindung mit dem HCD eine eindeutige Bedeutung erhalten. Das Verfahren, wodurch ein HCD einem Kodewert zugeordnet wird, wird nicht durch diese Europäische Norm festgelegt. Die Zuordnung wird erreicht durch jede beliebige sachgerecht verwendete Syntax.</t>
         </is>
       </c>
       <c r="C879" s="3">
-        <v>44286</v>
+        <v>38960</v>
       </c>
       <c r="D879">
         <v>0</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Diese europäische Normenreihe ist als Leitfaden vorgesehen sowohl für die Beschreibung, Planung und Entwicklung von neuen Systemen als auch für die Integration von existierenden Informationssystemen - sei es innerhalb eines Unternehmens oder zwischen unterschiedlichen Organisationen des Gesundheitswesens - mittels einer Architektur, die gemeinsame Daten und betriebliche Anwendungslogik in eine spezifische Architekturebene (d. h. Middleware) integriert, die von einzelnen Anwendungen abstrahiert und innerhalb des gesamten Informationssystems über entsprechende Dienste zur Verfügung steht. Die Architekturprinzipien sind nach den Kriterien der ISO/IEC 10746 formalisiert und demgemäß nach den folgenden 3 Sichten strukturiert: a) Die Unternehmenssicht, die eine Reihe von grundlegenden gemeinsamen Anforderungen auf der Ebene des Unternehmens bezüglich der Zwecke der Organisation, der Anwendungsbereiche und Verfahrensregeln angibt, welche durch die Informationen und Funktionen der Middleware unterstützt werden müssen. Sie gibt auch Hinweise, wie das einzelne Unternehmen (z. B. eine regionale Einrichtung des Gesundheitswesens, ein großes Krankenhaus oder irgendeine andere Einrichtung, auf die dieses Modell zutrifft) im Hinblick auf eine möglichst vollständige Beschreibung zusätzliche besondere, für das Unternehmen charakteristische Geschäftsanforderungen spezifizieren und dokumentieren kann. b) Die Informationssicht, die die grundlegende Semantik des Informationsmodells festlegt, das in der Middleware implementiert werden muss, um die gemeinsamen Unternehmensdaten zu integrieren und die in der Unternehmenssicht formalisierten Anforderungen zu unterstützen. Sie gibt auch Hinweise, wie ein Unternehmen das Standardmodell mit zusätzlichen Konzepten erweitern kann, um lokale Anforderungen bezüglich gemeinsam zu haltender Informationen zu unterstützen. c) Die Verarbeitungssicht, welche den Umfang und die Charakteristik der Dienste festlegt, die durch die Middleware zur Verfügung gestellt werden müssen, um sowohl den Zugriff auf gemeinsame Daten zu als auch die Ausführung der betrieblichen Anwendungslogik zu erlauben, welche die in der Informations- und Unternehmenssicht identifizierten Geschäftsprozesse unterstützt. Sie gibt auch Hinweise, wie ein Unternehmen zusätzliche Dienste spezifizieren kann, um lokale spezifische Anforderungen bezüglich gemeinsamer betrieblicher Anwendungslogik zu unterstützen. Die Norm bezieht sich weder implizit noch explizit auf eine spezielle technische Lösung oder ein bestimmtes Produkt und wurde unabhängig von einem solchen entwickelt. Dementsprechend ist die Formalisierung der Architektur gemäß den zwei unteren Ebenen des ODP-Referenzmodells, den technischen und technologischen Sichten, nicht im Anwendungsbereich dieser Norm. Die für die Beschreibung der Architektur verwendete Sprache und Notation basieren auf UML (Unified Modelling Language), ergänzt durch Fallstudien und andere Paradigmen, die vielfach in anderen Normen der Medizinische Informatik genutzt werden. Die Beschreibungsebene ist vollständig und eindeutig genug, um ihre Implementierung gemäß spezifischer physischer und technologischer Szenarien verschiedener Organisationen des Gesundheitswesens und Anbieter zu erlauben. Für eine derartige Verwendung wird empfohlen, der durch die technischen und technologischen Sichten des ISO ODP-Referenzmodells formalisierten Methodik zu folgen. Die Norm ist in drei Teile unterteilt: - Teil 1 (der vorliegende Teil) beschreibt die übergreifenden Charakteristika der Architektur, formalisiert die Spezifikationsmethodik und die Konformitätskriterien, führt die Unternehmenssicht der Architektur aus; - Teil 2 beschreibt die Informationssicht der Architektur; - Teil 3 beschreibt die Verarbeitungssicht der Architektur. Alle Dokumente sind in sich abgeschlossen und für den beabsichtigten Zweck auch für unterschiedliche Anwender unabhängig voneinander verwendbar (wobei sich Teil 1 mehr an die Führungsebene eines Unternehmens richtet, die Teile 2 und 3 sich eher Designaktivitäten widmen). Nichtsdestoweniger sollte stets davon ausgegangen werden, dass sie drei Aspekte derselben Architektur repräsentieren. Demgemäß existieren gegenseitige Verweise zwischen den verschiedenen Teilen der Norm; Entwicklungen, die von den einzelnen Dokumenten ausgehen, sollten der definierten Methodik folgen, um die übergreifende Integrität und Konsistenz der Spezifikation sicherzustellen.</t>
+          <t>Diese Europäische Norm legt ein Verfahren zur Registrierung von Kodierungsschemata für alle Zwecke im Gesundheitswesen fest. Sie legt ebenso die Gliederung der einheitlichen Kodierungsschemata-Bezeichner im Gesundheitswesen (HCD) für jedes registrierte Kodierungsschemata fest. Ein Kodewert kann durch die Verbindung mit dem HCD eine eindeutige Bedeutung erhalten. Das Verfahren, wodurch ein HCD einem Kodewert zugeordnet wird, wird nicht durch diese Europäische Norm festgelegt. Die Zuordnung wird erreicht durch jede beliebige sachgerecht verwendete Syntax.</t>
         </is>
       </c>
       <c r="C880" s="3">
-        <v>44286</v>
+        <v>38960</v>
       </c>
       <c r="D880">
         <v>0</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="s">
-        <v>711</v>
-[...4 lines deleted...]
-        </is>
+        <v>726</v>
+      </c>
+      <c r="B881" t="s">
+        <v>326</v>
       </c>
       <c r="C881" s="3">
-        <v>44286</v>
+        <v>43951</v>
       </c>
       <c r="D881">
         <v>0</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s">
-        <v>711</v>
-[...4 lines deleted...]
-        </is>
+        <v>727</v>
+      </c>
+      <c r="B882" t="s">
+        <v>326</v>
       </c>
       <c r="C882" s="3">
-        <v>44286</v>
+        <v>43951</v>
       </c>
       <c r="D882">
         <v>0</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s">
-        <v>712</v>
-[...4 lines deleted...]
-        </is>
+        <v>728</v>
+      </c>
+      <c r="B883" t="s">
+        <v>326</v>
       </c>
       <c r="C883" s="3">
-        <v>44286</v>
+        <v>43585</v>
       </c>
       <c r="D883">
         <v>0</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="s">
-        <v>712</v>
-[...4 lines deleted...]
-        </is>
+        <v>728</v>
+      </c>
+      <c r="B884" t="s">
+        <v>326</v>
       </c>
       <c r="C884" s="3">
-        <v>44286</v>
+        <v>43585</v>
       </c>
       <c r="D884">
         <v>0</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Sichere Nutzeridentifikation im Gesundheitswesen - Management und Sicherheit für die Authentifizierung durch Passwörter; Englische Fassung EN 12251:2004</t>
+          <t>Medizinische Informatik - Schnittstellen zwischen klinischen Analysegeräten und Laborinformationssystemen - Benutzerprofile (ISO 18812:2003); Deutsche Fassung EN ISO 18812:2003, Text Englisch</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Diese Europäische Norm ist anzuwenden für alle Informationssysteme im Gesundheitswesen, welche sensible personenbezogene Daten handhaben oder speichern und als ausschliessliches Mittel der Authentifizierung des Anwenders ein Password verwenden.</t>
+          <t>Das Dokument legt allgemeine Nachrichten für einen bi-direktionalen elektronischen Informationsaustausch zwischen Analysegeräten und Laborinformationssystemen fest. Es ist anwendbar für folgende Gebiete: Klinische Chemie/Biochemie, Hämatologie, Toxikologie, Mikrobiologie, Virologie und Immunologie. Es ist nicht anwendbar für die Gebiete: Bluttransfusionen und Blutbanken. Das Dokument befasst sich ausschließlich mit der Festlegung von Nachrichten für die Kommunikationspartner und ihre Syntax.</t>
         </is>
       </c>
       <c r="C885" s="3">
-        <v>38533</v>
+        <v>37802</v>
       </c>
       <c r="D885">
         <v>0</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Sichere Nutzeridentifikation im Gesundheitswesen - Management und Sicherheit für die Authentifizierung durch Passwörter; Englische Fassung EN 12251:2004</t>
+          <t>Medizinische Informatik - Schnittstellen zwischen klinischen Analysegeräten und Laborinformationssystemen - Benutzerprofile (ISO 18812:2003); Deutsche Fassung EN ISO 18812:2003, Text Englisch</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Diese Europäische Norm ist anzuwenden für alle Informationssysteme im Gesundheitswesen, welche sensible personenbezogene Daten handhaben oder speichern und als ausschliessliches Mittel der Authentifizierung des Anwenders ein Password verwenden.</t>
+          <t>Das Dokument legt allgemeine Nachrichten für einen bi-direktionalen elektronischen Informationsaustausch zwischen Analysegeräten und Laborinformationssystemen fest. Es ist anwendbar für folgende Gebiete: Klinische Chemie/Biochemie, Hämatologie, Toxikologie, Mikrobiologie, Virologie und Immunologie. Es ist nicht anwendbar für die Gebiete: Bluttransfusionen und Blutbanken. Das Dokument befasst sich ausschließlich mit der Festlegung von Nachrichten für die Kommunikationspartner und ihre Syntax.</t>
         </is>
       </c>
       <c r="C886" s="3">
-        <v>38533</v>
+        <v>37802</v>
       </c>
       <c r="D886">
         <v>0</v>
       </c>
     </row>
     <row r="887">
-      <c r="A887" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A887" t="s">
+        <v>729</v>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation untersucht Systeme zur elektronischen Patientenerfassung an klinischen Versorgungsstellen, die auch mit EGAs interoperabel sind. Diese Technische Spezifikation stellt deren Sicherheit und den Datenschutz durch die Festlegung von Sicherheits- und Datenschutzanforderungen sicher und gibt Richtlinien und bewährte Methoden für die Konformitätsbewertung an.</t>
+          <t>Diese europäische Normenreihe ist als Leitfaden vorgesehen sowohl für die Beschreibung, Planung und Entwicklung von neuen Systemen als auch für die Integration von existierenden Informationssystemen - sei es innerhalb eines Unternehmens oder zwischen unterschiedlichen Organisationen des Gesundheitswesens - mittels einer Architektur, die gemeinsame Daten und betriebliche Anwendungslogik in eine spezifische Architekturebene (d. h. Middleware) integriert, die von einzelnen Anwendungen abstrahiert und innerhalb des gesamten Informationssystems über entsprechende Dienste zur Verfügung steht. Die Architekturprinzipien sind nach den Kriterien der ISO/IEC 10746 formalisiert und demgemäß nach den folgenden 3 Sichten strukturiert: a) Die Unternehmenssicht, die eine Reihe von grundlegenden gemeinsamen Anforderungen auf der Ebene des Unternehmens bezüglich der Zwecke der Organisation, der Anwendungsbereiche und Verfahrensregeln angibt, welche durch die Informationen und Funktionen der Middleware unterstützt werden müssen. Sie gibt auch Hinweise, wie das einzelne Unternehmen (z. B. eine regionale Einrichtung des Gesundheitswesens, ein großes Krankenhaus oder irgendeine andere Einrichtung, auf die dieses Modell zutrifft) im Hinblick auf eine möglichst vollständige Beschreibung zusätzliche besondere, für das Unternehmen charakteristische Geschäftsanforderungen spezifizieren und dokumentieren kann. b) Die Informationssicht, die die grundlegende Semantik des Informationsmodells festlegt, das in der Middleware implementiert werden muss, um die gemeinsamen Unternehmensdaten zu integrieren und die in der Unternehmenssicht formalisierten Anforderungen zu unterstützen. Sie gibt auch Hinweise, wie ein Unternehmen das Standardmodell mit zusätzlichen Konzepten erweitern kann, um lokale Anforderungen bezüglich gemeinsam zu haltender Informationen zu unterstützen. c) Die Verarbeitungssicht, welche den Umfang und die Charakteristik der Dienste festlegt, die durch die Middleware zur Verfügung gestellt werden müssen, um sowohl den Zugriff auf gemeinsame Daten zu als auch die Ausführung der betrieblichen Anwendungslogik zu erlauben, welche die in der Informations- und Unternehmenssicht identifizierten Geschäftsprozesse unterstützt. Sie gibt auch Hinweise, wie ein Unternehmen zusätzliche Dienste spezifizieren kann, um lokale spezifische Anforderungen bezüglich gemeinsamer betrieblicher Anwendungslogik zu unterstützen. Die Norm bezieht sich weder implizit noch explizit auf eine spezielle technische Lösung oder ein bestimmtes Produkt und wurde unabhängig von einem solchen entwickelt. Dementsprechend ist die Formalisierung der Architektur gemäß den zwei unteren Ebenen des ODP-Referenzmodells, den technischen und technologischen Sichten, nicht im Anwendungsbereich dieser Norm. Die für die Beschreibung der Architektur verwendete Sprache und Notation basieren auf UML (Unified Modelling Language), ergänzt durch Fallstudien und andere Paradigmen, die vielfach in anderen Normen der Medizinische Informatik genutzt werden. Die Beschreibungsebene ist vollständig und eindeutig genug, um ihre Implementierung gemäß spezifischer physischer und technologischer Szenarien verschiedener Organisationen des Gesundheitswesens und Anbieter zu erlauben. Für eine derartige Verwendung wird empfohlen, der durch die technischen und technologischen Sichten des ISO ODP-Referenzmodells formalisierten Methodik zu folgen. Die Norm ist in drei Teile unterteilt: - Teil 1 (der vorliegende Teil) beschreibt die übergreifenden Charakteristika der Architektur, formalisiert die Spezifikationsmethodik und die Konformitätskriterien, führt die Unternehmenssicht der Architektur aus; - Teil 2 beschreibt die Informationssicht der Architektur; - Teil 3 beschreibt die Verarbeitungssicht der Architektur. Alle Dokumente sind in sich abgeschlossen und für den beabsichtigten Zweck auch für unterschiedliche Anwender unabhängig voneinander verwendbar (wobei sich Teil 1 mehr an die Führungsebene eines Unternehmens richtet, die Teile 2 und 3 sich eher Designaktivitäten widmen). Nichtsdestoweniger sollte stets davon ausgegangen werden, dass sie drei Aspekte derselben Architektur repräsentieren. Demgemäß existieren gegenseitige Verweise zwischen den verschiedenen Teilen der Norm; Entwicklungen, die von den einzelnen Dokumenten ausgehen, sollten der definierten Methodik folgen, um die übergreifende Integrität und Konsistenz der Spezifikation sicherzustellen.</t>
         </is>
       </c>
       <c r="C887" s="3">
-        <v>41729</v>
+        <v>44286</v>
       </c>
       <c r="D887">
         <v>0</v>
       </c>
     </row>
     <row r="888">
-      <c r="A888" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A888" t="s">
+        <v>729</v>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Diese Technische Spezifikation untersucht Systeme zur elektronischen Patientenerfassung an klinischen Versorgungsstellen, die auch mit EGAs interoperabel sind. Diese Technische Spezifikation stellt deren Sicherheit und den Datenschutz durch die Festlegung von Sicherheits- und Datenschutzanforderungen sicher und gibt Richtlinien und bewährte Methoden für die Konformitätsbewertung an.</t>
+          <t>Diese europäische Normenreihe ist als Leitfaden vorgesehen sowohl für die Beschreibung, Planung und Entwicklung von neuen Systemen als auch für die Integration von existierenden Informationssystemen - sei es innerhalb eines Unternehmens oder zwischen unterschiedlichen Organisationen des Gesundheitswesens - mittels einer Architektur, die gemeinsame Daten und betriebliche Anwendungslogik in eine spezifische Architekturebene (d. h. Middleware) integriert, die von einzelnen Anwendungen abstrahiert und innerhalb des gesamten Informationssystems über entsprechende Dienste zur Verfügung steht. Die Architekturprinzipien sind nach den Kriterien der ISO/IEC 10746 formalisiert und demgemäß nach den folgenden 3 Sichten strukturiert: a) Die Unternehmenssicht, die eine Reihe von grundlegenden gemeinsamen Anforderungen auf der Ebene des Unternehmens bezüglich der Zwecke der Organisation, der Anwendungsbereiche und Verfahrensregeln angibt, welche durch die Informationen und Funktionen der Middleware unterstützt werden müssen. Sie gibt auch Hinweise, wie das einzelne Unternehmen (z. B. eine regionale Einrichtung des Gesundheitswesens, ein großes Krankenhaus oder irgendeine andere Einrichtung, auf die dieses Modell zutrifft) im Hinblick auf eine möglichst vollständige Beschreibung zusätzliche besondere, für das Unternehmen charakteristische Geschäftsanforderungen spezifizieren und dokumentieren kann. b) Die Informationssicht, die die grundlegende Semantik des Informationsmodells festlegt, das in der Middleware implementiert werden muss, um die gemeinsamen Unternehmensdaten zu integrieren und die in der Unternehmenssicht formalisierten Anforderungen zu unterstützen. Sie gibt auch Hinweise, wie ein Unternehmen das Standardmodell mit zusätzlichen Konzepten erweitern kann, um lokale Anforderungen bezüglich gemeinsam zu haltender Informationen zu unterstützen. c) Die Verarbeitungssicht, welche den Umfang und die Charakteristik der Dienste festlegt, die durch die Middleware zur Verfügung gestellt werden müssen, um sowohl den Zugriff auf gemeinsame Daten zu als auch die Ausführung der betrieblichen Anwendungslogik zu erlauben, welche die in der Informations- und Unternehmenssicht identifizierten Geschäftsprozesse unterstützt. Sie gibt auch Hinweise, wie ein Unternehmen zusätzliche Dienste spezifizieren kann, um lokale spezifische Anforderungen bezüglich gemeinsamer betrieblicher Anwendungslogik zu unterstützen. Die Norm bezieht sich weder implizit noch explizit auf eine spezielle technische Lösung oder ein bestimmtes Produkt und wurde unabhängig von einem solchen entwickelt. Dementsprechend ist die Formalisierung der Architektur gemäß den zwei unteren Ebenen des ODP-Referenzmodells, den technischen und technologischen Sichten, nicht im Anwendungsbereich dieser Norm. Die für die Beschreibung der Architektur verwendete Sprache und Notation basieren auf UML (Unified Modelling Language), ergänzt durch Fallstudien und andere Paradigmen, die vielfach in anderen Normen der Medizinische Informatik genutzt werden. Die Beschreibungsebene ist vollständig und eindeutig genug, um ihre Implementierung gemäß spezifischer physischer und technologischer Szenarien verschiedener Organisationen des Gesundheitswesens und Anbieter zu erlauben. Für eine derartige Verwendung wird empfohlen, der durch die technischen und technologischen Sichten des ISO ODP-Referenzmodells formalisierten Methodik zu folgen. Die Norm ist in drei Teile unterteilt: - Teil 1 (der vorliegende Teil) beschreibt die übergreifenden Charakteristika der Architektur, formalisiert die Spezifikationsmethodik und die Konformitätskriterien, führt die Unternehmenssicht der Architektur aus; - Teil 2 beschreibt die Informationssicht der Architektur; - Teil 3 beschreibt die Verarbeitungssicht der Architektur. Alle Dokumente sind in sich abgeschlossen und für den beabsichtigten Zweck auch für unterschiedliche Anwender unabhängig voneinander verwendbar (wobei sich Teil 1 mehr an die Führungsebene eines Unternehmens richtet, die Teile 2 und 3 sich eher Designaktivitäten widmen). Nichtsdestoweniger sollte stets davon ausgegangen werden, dass sie drei Aspekte derselben Architektur repräsentieren. Demgemäß existieren gegenseitige Verweise zwischen den verschiedenen Teilen der Norm; Entwicklungen, die von den einzelnen Dokumenten ausgehen, sollten der definierten Methodik folgen, um die übergreifende Integrität und Konsistenz der Spezifikation sicherzustellen.</t>
         </is>
       </c>
       <c r="C888" s="3">
-        <v>41729</v>
+        <v>44286</v>
       </c>
       <c r="D888">
         <v>0</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>730</v>
+      </c>
+      <c r="B889" t="inlineStr">
+        <is>
+          <t>Dieses Dokument spezifiziert die grundlegenden Merkmale des Informationsmodells, das durch eine spezifische Architekturschicht des Informationssystems (d. h. die Servicearchitektur) implementiert werden soll, um eine umfassende und integrierte Speicherung der allgemein gültigen Unternehmensinformation zu schaffen und die grundlegenden Geschäftsprozesse der Gesundheitsversorgungsorganisation zu unterstützen, wie in ISO 12967 1 festgelegt. Das Informationsmodell wird ohne explizite oder implizite Voraussetzung über physische Technologien, Tools oder Lösungen in diesem Dokument spezifiziert, die für dessen physische Implementierung in den verschiedenen Zielszenarien übernommen wird. Die Spezifikation ist dennoch formell, vollständig und unzweideutig genug, um es Implementierern zu ermöglichen, ein effizientes Design des Systems für die spezifische technologische Umgebung abzuleiten, die für die physische Implementierung ausgewählt wird. Ziel dieses Dokuments ist es nicht, eine feststehende, vollständige Spezifikation aller möglichen Daten, die für jegliche Anforderung jeglichen Gesundheitsversorgungsunternehmens nötig sein könnten, zu repräsentieren. Es spezifiziert nur einen Satz von Merkmalen hinsichtlich Gesamtorganisation und individueller Verarbeitungsmodelle, die als grundlegend und allen Gesundheitsversorgungsorganisationen gemein erkannt wurden, und die durch das von der Servicearchitektur implementierte Verarbeitungsmodell erfüllt werden. Physische Implementierungen sind erlaubte Erweiterungen des Norminformationsmodells, um zusätzliche und lokale Anforderungen zu unterstützen, dabei aber die Konsistenz mit den Vorgaben dieses Dokuments beibehalten. Erweiterungen beinhalten sowohl die Definition zusätzlicher Eigenschaften der Objekte des Normmodells als auch der Implementierung völlig neuer Objekte. Dieses Dokument ist auch über die Zeit hinweg entsprechend der Entwicklung anwendbarer Normierungsinitiativen erweiterbar. Die Spezifikation von Erweiterungen muss nach der in ISO 12967 1:2020, Abschnitt 7, festgelegten Methodik vorgenommen werden.</t>
+        </is>
       </c>
       <c r="C889" s="3">
-        <v>40209</v>
+        <v>44286</v>
       </c>
       <c r="D889">
         <v>0</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>730</v>
+      </c>
+      <c r="B890" t="inlineStr">
+        <is>
+          <t>Dieses Dokument spezifiziert die grundlegenden Merkmale des Informationsmodells, das durch eine spezifische Architekturschicht des Informationssystems (d. h. die Servicearchitektur) implementiert werden soll, um eine umfassende und integrierte Speicherung der allgemein gültigen Unternehmensinformation zu schaffen und die grundlegenden Geschäftsprozesse der Gesundheitsversorgungsorganisation zu unterstützen, wie in ISO 12967 1 festgelegt. Das Informationsmodell wird ohne explizite oder implizite Voraussetzung über physische Technologien, Tools oder Lösungen in diesem Dokument spezifiziert, die für dessen physische Implementierung in den verschiedenen Zielszenarien übernommen wird. Die Spezifikation ist dennoch formell, vollständig und unzweideutig genug, um es Implementierern zu ermöglichen, ein effizientes Design des Systems für die spezifische technologische Umgebung abzuleiten, die für die physische Implementierung ausgewählt wird. Ziel dieses Dokuments ist es nicht, eine feststehende, vollständige Spezifikation aller möglichen Daten, die für jegliche Anforderung jeglichen Gesundheitsversorgungsunternehmens nötig sein könnten, zu repräsentieren. Es spezifiziert nur einen Satz von Merkmalen hinsichtlich Gesamtorganisation und individueller Verarbeitungsmodelle, die als grundlegend und allen Gesundheitsversorgungsorganisationen gemein erkannt wurden, und die durch das von der Servicearchitektur implementierte Verarbeitungsmodell erfüllt werden. Physische Implementierungen sind erlaubte Erweiterungen des Norminformationsmodells, um zusätzliche und lokale Anforderungen zu unterstützen, dabei aber die Konsistenz mit den Vorgaben dieses Dokuments beibehalten. Erweiterungen beinhalten sowohl die Definition zusätzlicher Eigenschaften der Objekte des Normmodells als auch der Implementierung völlig neuer Objekte. Dieses Dokument ist auch über die Zeit hinweg entsprechend der Entwicklung anwendbarer Normierungsinitiativen erweiterbar. Die Spezifikation von Erweiterungen muss nach der in ISO 12967 1:2020, Abschnitt 7, festgelegten Methodik vorgenommen werden.</t>
+        </is>
       </c>
       <c r="C890" s="3">
-        <v>40209</v>
+        <v>44286</v>
       </c>
       <c r="D890">
         <v>0</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt die allgemeinen Richtlinien fest, die für den Austausch von spezifischen Patientendaten (z. B. demographische Daten, Aufzeichnungen), EKG-Signaldaten und -Metadaten, EKG-Messwerte und EKG-Annotationen sowie EKG-Auswertungsergebnisse erforderlich sind. Dieses Dokument legt auch den Inhalt und die Struktur für die Informationen fest, die zwischen digitalen EKG-Geräten und EKG-Computermanagementsystemen sowie anderen Computer- oder Informationssystemen (Cloud usw.), in denen EKG-Daten gespeichert werden können, ausgetauscht werden. Dieses Dokument definiert die Art und Weise der Beschreibung und Kodierung von Standard- und Mittel- bis Langzeit-EKG-Kurven, die in physiologischen Laboratorien, Krankenhausstationen, Kliniken oder bei medizinischen Vorsorgeuntersuchungen sowie bei ambulanten und häuslichen Pflegeuntersuchungen gemessen werden. Es umfasst Elektrokardiogramme wie 12-, 15-, 18-, Cabrera-, Nehb-, Frank- oder XYZ-Ableitungen, Langzeit- und Belastungs-EKGs, die mit Geräten wie Elektrokardiographen, Patientenmonitoren und tragbaren Geräten aufgezeichnet, gemessen und analysiert werden. Es umfasst auch intrakardiale Elektrogramme, die von implantierbaren Geräten aufgezeichnet wurden, sowie die Analyseergebnisse von EKG-Analyse- und -Interpretationssystemen und -software, die mit SCP-EKG kompatibel sind. EKG-Kurven und -Daten fallen nicht in den Anwendungsbereich dieser technischen Spezifikation, diese umfassen auch die Echtzeit-EKG-Kurvencodierung und -analyse, die für physiologische Monitore sowie das kardiologische oder extrakardiale EKG-Mapping verwendet wird.</t>
+          <t>Diese europäische Normenreihe (HISA) legt grundlegende Anforderungen an die "Informationsinfrastruktur" und gesundheitsspezifische Middleware-Services fest. Dieses Dokument spezifiziert die grundlegenden Merkmale des Verarbeitungsmodells, das durch eine spezifische Architekturschicht des Informationssystems (d. h. die Servicearchitektur) implementiert werden soll, um eine umfassende und integrierte Schnittstelle zur allgemein gültigen Unternehmensinformation zu schaffen und die grundlegenden Geschäftsprozesse der Gesundheitsversorgungsorganisation zu unterstützen, wie in ISO 12967 1 festgelegt. Das Verarbeitungsmodell wird ohne explizite oder implizite Voraussetzung über physische Technologien, Tools oder Lösungen spezifiziert, die für dessen physische Implementierung in den verschiedenen Zielszenarien übernommen wird. Die Spezifikation ist dennoch formell, vollständig und unzweideutig genug, um es Implementierern zu ermöglichen, ein effizientes Design des Systems für die spezifische technologische Umgebung abzuleiten, die für die physische Implementierung ausgewählt wird. Das in diesem Dokument festgelegte Verarbeitungsmodell sorgt für eine konsistente Grundlage zwischen verschiedenen Ingenieurs und Technologiespezifikationen (einschließlich Programmiersprachen und Kommunikationsmechanismen), da diese mit dem gleichen Verarbeitungsobjektmodell konsistent sein müssen. Diese Konsistenz ermöglicht bereichsübergreifendes Arbeiten und die Übertragbarkeit von Komponenten in der resultierenden Implementierung. Ziel dieses Dokuments ist es nicht, eine feststehende, vollständige Spezifikation aller möglichen Schnittstellen, die für jegliche Anforderung jeglichen Gesundheitsversorgungsunternehmens nötig sein könnten, zu repräsentieren. Es spezifiziert nur einen Satz von Merkmalen hinsichtlich Gesamtorganisation und individueller Verarbeitungsmodelle, die als grundlegend und allen Gesundheitsversorgungs-organisationen gemein erkannt wurden, und die durch das von der Servicearchitektur implementierte Verarbeitungsmodell erfüllt werden. Physische Implementierungen des in diesem Dokument festgelegten Verarbeitungsmodells können Erweiterungen erlauben, um zusätzliche und lokale Anforderungen zu unterstützen, dabei aber die Konsistenz mit den Vorgaben dieses Dokuments beibehalten. Erweiterungen können sowohl die Definition zusätzlicher Eigenschaften der Objekte des in diesem Dokument festgelegten Verarbeitungsmodells als auch der Implementierung völlig neuer Objekte beinhalten. Das in diesem Dokument festgelegte Verarbeitungsmodell kann auch über die Zeit hinweg entsprechend der Entwicklung anwendbarer Normierungsinitiativen nach der in ISO 12967 1:2019, Abschnitt 7, festgelegten Methodik erweiterbar sein, in der ein Satz gemeinsamer Informationsdienste der Gesundheitsversorgung angeführt und die Anforderungen dahinter und die Methodik beschrieben werden, mit der diese angewendet wird. Die in diesem Dokument festgelegten Informationsdienste sind nur der identifizierbare Minimalsatz entsprechend der identifizierten Anforderungen des Gesundheitsversorgungsunternehmens und bilden die Servicearchitektur (d. h. die Integrationsplattform), die als Grundlage für Gesundheitsversorgungsanwendungen, z. B. die elektronische Gesundheitsakte oder Patientenverwaltung, dienen.</t>
         </is>
       </c>
       <c r="C891" s="3">
-        <v>44104</v>
+        <v>44286</v>
       </c>
       <c r="D891">
         <v>0</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Dieses Dokument legt die allgemeinen Richtlinien fest, die für den Austausch von spezifischen Patientendaten (z. B. demographische Daten, Aufzeichnungen), EKG-Signaldaten und -Metadaten, EKG-Messwerte und EKG-Annotationen sowie EKG-Auswertungsergebnisse erforderlich sind. Dieses Dokument legt auch den Inhalt und die Struktur für die Informationen fest, die zwischen digitalen EKG-Geräten und EKG-Computermanagementsystemen sowie anderen Computer- oder Informationssystemen (Cloud usw.), in denen EKG-Daten gespeichert werden können, ausgetauscht werden. Dieses Dokument definiert die Art und Weise der Beschreibung und Kodierung von Standard- und Mittel- bis Langzeit-EKG-Kurven, die in physiologischen Laboratorien, Krankenhausstationen, Kliniken oder bei medizinischen Vorsorgeuntersuchungen sowie bei ambulanten und häuslichen Pflegeuntersuchungen gemessen werden. Es umfasst Elektrokardiogramme wie 12-, 15-, 18-, Cabrera-, Nehb-, Frank- oder XYZ-Ableitungen, Langzeit- und Belastungs-EKGs, die mit Geräten wie Elektrokardiographen, Patientenmonitoren und tragbaren Geräten aufgezeichnet, gemessen und analysiert werden. Es umfasst auch intrakardiale Elektrogramme, die von implantierbaren Geräten aufgezeichnet wurden, sowie die Analyseergebnisse von EKG-Analyse- und -Interpretationssystemen und -software, die mit SCP-EKG kompatibel sind. EKG-Kurven und -Daten fallen nicht in den Anwendungsbereich dieser technischen Spezifikation, diese umfassen auch die Echtzeit-EKG-Kurvencodierung und -analyse, die für physiologische Monitore sowie das kardiologische oder extrakardiale EKG-Mapping verwendet wird.</t>
+          <t>Diese europäische Normenreihe (HISA) legt grundlegende Anforderungen an die "Informationsinfrastruktur" und gesundheitsspezifische Middleware-Services fest. Dieses Dokument spezifiziert die grundlegenden Merkmale des Verarbeitungsmodells, das durch eine spezifische Architekturschicht des Informationssystems (d. h. die Servicearchitektur) implementiert werden soll, um eine umfassende und integrierte Schnittstelle zur allgemein gültigen Unternehmensinformation zu schaffen und die grundlegenden Geschäftsprozesse der Gesundheitsversorgungsorganisation zu unterstützen, wie in ISO 12967 1 festgelegt. Das Verarbeitungsmodell wird ohne explizite oder implizite Voraussetzung über physische Technologien, Tools oder Lösungen spezifiziert, die für dessen physische Implementierung in den verschiedenen Zielszenarien übernommen wird. Die Spezifikation ist dennoch formell, vollständig und unzweideutig genug, um es Implementierern zu ermöglichen, ein effizientes Design des Systems für die spezifische technologische Umgebung abzuleiten, die für die physische Implementierung ausgewählt wird. Das in diesem Dokument festgelegte Verarbeitungsmodell sorgt für eine konsistente Grundlage zwischen verschiedenen Ingenieurs und Technologiespezifikationen (einschließlich Programmiersprachen und Kommunikationsmechanismen), da diese mit dem gleichen Verarbeitungsobjektmodell konsistent sein müssen. Diese Konsistenz ermöglicht bereichsübergreifendes Arbeiten und die Übertragbarkeit von Komponenten in der resultierenden Implementierung. Ziel dieses Dokuments ist es nicht, eine feststehende, vollständige Spezifikation aller möglichen Schnittstellen, die für jegliche Anforderung jeglichen Gesundheitsversorgungsunternehmens nötig sein könnten, zu repräsentieren. Es spezifiziert nur einen Satz von Merkmalen hinsichtlich Gesamtorganisation und individueller Verarbeitungsmodelle, die als grundlegend und allen Gesundheitsversorgungs-organisationen gemein erkannt wurden, und die durch das von der Servicearchitektur implementierte Verarbeitungsmodell erfüllt werden. Physische Implementierungen des in diesem Dokument festgelegten Verarbeitungsmodells können Erweiterungen erlauben, um zusätzliche und lokale Anforderungen zu unterstützen, dabei aber die Konsistenz mit den Vorgaben dieses Dokuments beibehalten. Erweiterungen können sowohl die Definition zusätzlicher Eigenschaften der Objekte des in diesem Dokument festgelegten Verarbeitungsmodells als auch der Implementierung völlig neuer Objekte beinhalten. Das in diesem Dokument festgelegte Verarbeitungsmodell kann auch über die Zeit hinweg entsprechend der Entwicklung anwendbarer Normierungsinitiativen nach der in ISO 12967 1:2019, Abschnitt 7, festgelegten Methodik erweiterbar sein, in der ein Satz gemeinsamer Informationsdienste der Gesundheitsversorgung angeführt und die Anforderungen dahinter und die Methodik beschrieben werden, mit der diese angewendet wird. Die in diesem Dokument festgelegten Informationsdienste sind nur der identifizierbare Minimalsatz entsprechend der identifizierten Anforderungen des Gesundheitsversorgungsunternehmens und bilden die Servicearchitektur (d. h. die Integrationsplattform), die als Grundlage für Gesundheitsversorgungsanwendungen, z. B. die elektronische Gesundheitsakte oder Patientenverwaltung, dienen.</t>
         </is>
       </c>
       <c r="C892" s="3">
-        <v>44104</v>
+        <v>44286</v>
       </c>
       <c r="D892">
         <v>0</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Strukturen zur Darstellung von Pflegediagnosen und Pflegeaktionen in terminologischen Systemen (ISO 18104:2014); Englische Fassung EN ISO 18104:2014</t>
+          <t>Medizinische Informatik - Sichere Nutzeridentifikation im Gesundheitswesen - Management und Sicherheit für die Authentifizierung durch Passwörter; Englische Fassung EN 12251:2004</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt die Merkmale von zwei kategorialen Strukturen sowie die minimalen Domänenrestriktionen, die für die Konformität erforderlich sind, fest; dabei verfolgt sie das allgemeine Ziel der Interoperabilität beim Austausch bedeutsamer Informationen hinsichtlich Pflegediagnosen und Pflegeaktionen zwischen Informationssystemen. Kategoriale Strukturen für Pflegediagnosen und Pflegeaktionen unterstützen die Interoperabilität durch Bereitstellen von allgemeinen Bezugssystemen, mithilfe derer: a) die Merkmale verschiedener Terminologien analysiert werden und das Wesen der Beziehung zwischen diesen festgelegt wird; b) Terminologien für die Abbildung von Pflegediagnosen und Pflegeaktionen entwickelt werden; c) Terminologien entwickelt werden, die aufeinander Bezug nehmen können; d) Beziehungen zwischen Terminologiemodellen, Informationsmodellen und Ontologien im Bereich der Pflege aufgebaut werden können. Es gibt erste Anhaltspunkte dafür, dass die kategoriale Struktur für Pflegeaktionen als Bezugssystem für die Analyse der Pflegepraxis und für die Entwicklung des Inhalts elektronischer Pflegeberichte eingesetzt werden kann.</t>
+          <t>Diese Europäische Norm ist anzuwenden für alle Informationssysteme im Gesundheitswesen, welche sensible personenbezogene Daten handhaben oder speichern und als ausschliessliches Mittel der Authentifizierung des Anwenders ein Password verwenden.</t>
         </is>
       </c>
       <c r="C893" s="3">
-        <v>41759</v>
+        <v>38533</v>
       </c>
       <c r="D893">
         <v>0</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Strukturen zur Darstellung von Pflegediagnosen und Pflegeaktionen in terminologischen Systemen (ISO 18104:2014); Englische Fassung EN ISO 18104:2014</t>
+          <t>Medizinische Informatik - Sichere Nutzeridentifikation im Gesundheitswesen - Management und Sicherheit für die Authentifizierung durch Passwörter; Englische Fassung EN 12251:2004</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Diese Internationale Norm legt die Merkmale von zwei kategorialen Strukturen sowie die minimalen Domänenrestriktionen, die für die Konformität erforderlich sind, fest; dabei verfolgt sie das allgemeine Ziel der Interoperabilität beim Austausch bedeutsamer Informationen hinsichtlich Pflegediagnosen und Pflegeaktionen zwischen Informationssystemen. Kategoriale Strukturen für Pflegediagnosen und Pflegeaktionen unterstützen die Interoperabilität durch Bereitstellen von allgemeinen Bezugssystemen, mithilfe derer: a) die Merkmale verschiedener Terminologien analysiert werden und das Wesen der Beziehung zwischen diesen festgelegt wird; b) Terminologien für die Abbildung von Pflegediagnosen und Pflegeaktionen entwickelt werden; c) Terminologien entwickelt werden, die aufeinander Bezug nehmen können; d) Beziehungen zwischen Terminologiemodellen, Informationsmodellen und Ontologien im Bereich der Pflege aufgebaut werden können. Es gibt erste Anhaltspunkte dafür, dass die kategoriale Struktur für Pflegeaktionen als Bezugssystem für die Analyse der Pflegepraxis und für die Entwicklung des Inhalts elektronischer Pflegeberichte eingesetzt werden kann.</t>
+          <t>Diese Europäische Norm ist anzuwenden für alle Informationssysteme im Gesundheitswesen, welche sensible personenbezogene Daten handhaben oder speichern und als ausschliessliches Mittel der Authentifizierung des Anwenders ein Password verwenden.</t>
         </is>
       </c>
       <c r="C894" s="3">
-        <v>41759</v>
+        <v>38533</v>
       </c>
       <c r="D894">
         <v>0</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Syntax zur Darstellung des Inhalts von Klassifikationssystemen für das Gesundheitswesen - Klassifikationsauszeichnungssprache (ClaML) (ISO 13120:2019); Deutsche Fassung EN ISO 13120:2019</t>
+          <t>Medizinische Informatik - Sicherheits- und Datenschutzanforderungen für die Konformitätsprüfung von EGA-Systemen (ISO/TS 14441:2013); Deutsche Fassung CEN ISO/TS 14441:2013</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Der Hauptzweck dieser Internationalen Norm ist die formelle Darstellung des Inhalts und der hierarchischen Struktur von medizinischen Klassifikationssystemen in einer Auszeichnungssprache (markup language), um den sicheren Austausch und die Verteilung von Daten und Strukturen zwischen Organisationen und verschiedenen Softwareprodukten zu ermöglichen.</t>
+          <t>Diese Technische Spezifikation untersucht Systeme zur elektronischen Patientenerfassung an klinischen Versorgungsstellen, die auch mit EGAs interoperabel sind. Diese Technische Spezifikation stellt deren Sicherheit und den Datenschutz durch die Festlegung von Sicherheits- und Datenschutzanforderungen sicher und gibt Richtlinien und bewährte Methoden für die Konformitätsbewertung an.</t>
         </is>
       </c>
       <c r="C895" s="3">
-        <v>43769</v>
+        <v>41729</v>
       </c>
       <c r="D895">
         <v>0</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Syntax zur Darstellung des Inhalts von Klassifikationssystemen für das Gesundheitswesen - Klassifikationsauszeichnungssprache (ClaML) (ISO 13120:2019); Deutsche Fassung EN ISO 13120:2019</t>
+          <t>Medizinische Informatik - Sicherheits- und Datenschutzanforderungen für die Konformitätsprüfung von EGA-Systemen (ISO/TS 14441:2013); Deutsche Fassung CEN ISO/TS 14441:2013</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Der Hauptzweck dieser Internationalen Norm ist die formelle Darstellung des Inhalts und der hierarchischen Struktur von medizinischen Klassifikationssystemen in einer Auszeichnungssprache (markup language), um den sicheren Austausch und die Verteilung von Daten und Strukturen zwischen Organisationen und verschiedenen Softwareprodukten zu ermöglichen.</t>
+          <t>Diese Technische Spezifikation untersucht Systeme zur elektronischen Patientenerfassung an klinischen Versorgungsstellen, die auch mit EGAs interoperabel sind. Diese Technische Spezifikation stellt deren Sicherheit und den Datenschutz durch die Festlegung von Sicherheits- und Datenschutzanforderungen sicher und gibt Richtlinien und bewährte Methoden für die Konformitätsbewertung an.</t>
         </is>
       </c>
       <c r="C896" s="3">
-        <v>43769</v>
+        <v>41729</v>
       </c>
       <c r="D896">
         <v>0</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="B897" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C897" s="3">
-        <v>44316</v>
+        <v>40209</v>
       </c>
       <c r="D897">
         <v>0</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="B898" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C898" s="3">
-        <v>44316</v>
+        <v>40209</v>
       </c>
       <c r="D898">
         <v>0</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>733</v>
+      </c>
+      <c r="B899" t="inlineStr">
+        <is>
+          <t>Dieses Dokument legt die allgemeinen Richtlinien fest, die für den Austausch von spezifischen Patientendaten (z. B. demographische Daten, Aufzeichnungen), EKG-Signaldaten und -Metadaten, EKG-Messwerte und EKG-Annotationen sowie EKG-Auswertungsergebnisse erforderlich sind. Dieses Dokument legt auch den Inhalt und die Struktur für die Informationen fest, die zwischen digitalen EKG-Geräten und EKG-Computermanagementsystemen sowie anderen Computer- oder Informationssystemen (Cloud usw.), in denen EKG-Daten gespeichert werden können, ausgetauscht werden. Dieses Dokument definiert die Art und Weise der Beschreibung und Kodierung von Standard- und Mittel- bis Langzeit-EKG-Kurven, die in physiologischen Laboratorien, Krankenhausstationen, Kliniken oder bei medizinischen Vorsorgeuntersuchungen sowie bei ambulanten und häuslichen Pflegeuntersuchungen gemessen werden. Es umfasst Elektrokardiogramme wie 12-, 15-, 18-, Cabrera-, Nehb-, Frank- oder XYZ-Ableitungen, Langzeit- und Belastungs-EKGs, die mit Geräten wie Elektrokardiographen, Patientenmonitoren und tragbaren Geräten aufgezeichnet, gemessen und analysiert werden. Es umfasst auch intrakardiale Elektrogramme, die von implantierbaren Geräten aufgezeichnet wurden, sowie die Analyseergebnisse von EKG-Analyse- und -Interpretationssystemen und -software, die mit SCP-EKG kompatibel sind. EKG-Kurven und -Daten fallen nicht in den Anwendungsbereich dieser technischen Spezifikation, diese umfassen auch die Echtzeit-EKG-Kurvencodierung und -analyse, die für physiologische Monitore sowie das kardiologische oder extrakardiale EKG-Mapping verwendet wird.</t>
+        </is>
       </c>
       <c r="C899" s="3">
-        <v>43190</v>
+        <v>44104</v>
       </c>
       <c r="D899">
         <v>0</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>733</v>
+      </c>
+      <c r="B900" t="inlineStr">
+        <is>
+          <t>Dieses Dokument legt die allgemeinen Richtlinien fest, die für den Austausch von spezifischen Patientendaten (z. B. demographische Daten, Aufzeichnungen), EKG-Signaldaten und -Metadaten, EKG-Messwerte und EKG-Annotationen sowie EKG-Auswertungsergebnisse erforderlich sind. Dieses Dokument legt auch den Inhalt und die Struktur für die Informationen fest, die zwischen digitalen EKG-Geräten und EKG-Computermanagementsystemen sowie anderen Computer- oder Informationssystemen (Cloud usw.), in denen EKG-Daten gespeichert werden können, ausgetauscht werden. Dieses Dokument definiert die Art und Weise der Beschreibung und Kodierung von Standard- und Mittel- bis Langzeit-EKG-Kurven, die in physiologischen Laboratorien, Krankenhausstationen, Kliniken oder bei medizinischen Vorsorgeuntersuchungen sowie bei ambulanten und häuslichen Pflegeuntersuchungen gemessen werden. Es umfasst Elektrokardiogramme wie 12-, 15-, 18-, Cabrera-, Nehb-, Frank- oder XYZ-Ableitungen, Langzeit- und Belastungs-EKGs, die mit Geräten wie Elektrokardiographen, Patientenmonitoren und tragbaren Geräten aufgezeichnet, gemessen und analysiert werden. Es umfasst auch intrakardiale Elektrogramme, die von implantierbaren Geräten aufgezeichnet wurden, sowie die Analyseergebnisse von EKG-Analyse- und -Interpretationssystemen und -software, die mit SCP-EKG kompatibel sind. EKG-Kurven und -Daten fallen nicht in den Anwendungsbereich dieser technischen Spezifikation, diese umfassen auch die Echtzeit-EKG-Kurvencodierung und -analyse, die für physiologische Monitore sowie das kardiologische oder extrakardiale EKG-Mapping verwendet wird.</t>
+        </is>
       </c>
       <c r="C900" s="3">
-        <v>43190</v>
+        <v>44104</v>
       </c>
       <c r="D900">
         <v>0</v>
       </c>
     </row>
     <row r="901">
-      <c r="A901" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A901" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Strukturen zur Darstellung von Pflegediagnosen und Pflegeaktionen in terminologischen Systemen (ISO 18104:2014); Englische Fassung EN ISO 18104:2014</t>
+        </is>
+      </c>
+      <c r="B901" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm legt die Merkmale von zwei kategorialen Strukturen sowie die minimalen Domänenrestriktionen, die für die Konformität erforderlich sind, fest; dabei verfolgt sie das allgemeine Ziel der Interoperabilität beim Austausch bedeutsamer Informationen hinsichtlich Pflegediagnosen und Pflegeaktionen zwischen Informationssystemen. Kategoriale Strukturen für Pflegediagnosen und Pflegeaktionen unterstützen die Interoperabilität durch Bereitstellen von allgemeinen Bezugssystemen, mithilfe derer: a) die Merkmale verschiedener Terminologien analysiert werden und das Wesen der Beziehung zwischen diesen festgelegt wird; b) Terminologien für die Abbildung von Pflegediagnosen und Pflegeaktionen entwickelt werden; c) Terminologien entwickelt werden, die aufeinander Bezug nehmen können; d) Beziehungen zwischen Terminologiemodellen, Informationsmodellen und Ontologien im Bereich der Pflege aufgebaut werden können. Es gibt erste Anhaltspunkte dafür, dass die kategoriale Struktur für Pflegeaktionen als Bezugssystem für die Analyse der Pflegepraxis und für die Entwicklung des Inhalts elektronischer Pflegeberichte eingesetzt werden kann.</t>
+        </is>
       </c>
       <c r="C901" s="3">
-        <v>43190</v>
+        <v>41759</v>
       </c>
       <c r="D901">
         <v>0</v>
       </c>
     </row>
     <row r="902">
-      <c r="A902" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A902" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Strukturen zur Darstellung von Pflegediagnosen und Pflegeaktionen in terminologischen Systemen (ISO 18104:2014); Englische Fassung EN ISO 18104:2014</t>
+        </is>
+      </c>
+      <c r="B902" t="inlineStr">
+        <is>
+          <t>Diese Internationale Norm legt die Merkmale von zwei kategorialen Strukturen sowie die minimalen Domänenrestriktionen, die für die Konformität erforderlich sind, fest; dabei verfolgt sie das allgemeine Ziel der Interoperabilität beim Austausch bedeutsamer Informationen hinsichtlich Pflegediagnosen und Pflegeaktionen zwischen Informationssystemen. Kategoriale Strukturen für Pflegediagnosen und Pflegeaktionen unterstützen die Interoperabilität durch Bereitstellen von allgemeinen Bezugssystemen, mithilfe derer: a) die Merkmale verschiedener Terminologien analysiert werden und das Wesen der Beziehung zwischen diesen festgelegt wird; b) Terminologien für die Abbildung von Pflegediagnosen und Pflegeaktionen entwickelt werden; c) Terminologien entwickelt werden, die aufeinander Bezug nehmen können; d) Beziehungen zwischen Terminologiemodellen, Informationsmodellen und Ontologien im Bereich der Pflege aufgebaut werden können. Es gibt erste Anhaltspunkte dafür, dass die kategoriale Struktur für Pflegeaktionen als Bezugssystem für die Analyse der Pflegepraxis und für die Entwicklung des Inhalts elektronischer Pflegeberichte eingesetzt werden kann.</t>
+        </is>
       </c>
       <c r="C902" s="3">
-        <v>43190</v>
+        <v>41759</v>
       </c>
       <c r="D902">
         <v>0</v>
       </c>
     </row>
     <row r="903">
-      <c r="A903" t="s">
-[...3 lines deleted...]
-        <v>322</v>
+      <c r="A903" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Syntax zur Darstellung des Inhalts von Klassifikationssystemen für das Gesundheitswesen - Klassifikationsauszeichnungssprache (ClaML) (ISO 13120:2019); Deutsche Fassung EN ISO 13120:2019</t>
+        </is>
+      </c>
+      <c r="B903" t="inlineStr">
+        <is>
+          <t>Der Hauptzweck dieser Internationalen Norm ist die formelle Darstellung des Inhalts und der hierarchischen Struktur von medizinischen Klassifikationssystemen in einer Auszeichnungssprache (markup language), um den sicheren Austausch und die Verteilung von Daten und Strukturen zwischen Organisationen und verschiedenen Softwareprodukten zu ermöglichen.</t>
+        </is>
       </c>
       <c r="C903" s="3">
-        <v>40298</v>
+        <v>43769</v>
       </c>
       <c r="D903">
         <v>0</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>Medizinische Informatik - Verzeichnisdienste für Anbieter, zu Behandelnde und andere Entitäten im Gesundheitswesen (ISO 21091:2013); Englische Fassung EN ISO 21091:2013</t>
+          <t>Medizinische Informatik - Syntax zur Darstellung des Inhalts von Klassifikationssystemen für das Gesundheitswesen - Klassifikationsauszeichnungssprache (ClaML) (ISO 13120:2019); Deutsche Fassung EN ISO 13120:2019</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Diese Norm legt Mindestanforderungen für Verzeichnisdienste im Gesundheitswesen fest. Sie kann verwendet werden, um Kommunikationen zwischen Organisationen, Einheiten, Servern, Anwendungskomponenten, Systemen, Technikern und Geräten zu ermöglichen. Diese Norm bietet "Common Directory"-Informationen und Verzeichnisdienste an, die benötigt werden, um den sicheren Austausch von Gesundheitsinformationen über öffentliche Netze zu unterstützen. Es richtet sich aus der gemeinschaftlichen Perspektive an Verzeichnisse im Gesundheitswesen, um die Unterstützung von Gesundheitskommunikation zwischen Unternehmen, zwischen Gerichtsbarkeiten und zwischen Staaten vorzubereiten. Während verschiedene Optionen durch diese Norm unterstützt werden, wird ein gegebener Dienst nicht benötigt, um alle Optionen einzuschließen. Zusätzlich zur Unterstützung von Sicherheitsdiensten wie Zugriffskontrolle und Vertraulichkeit, stellt diese Norm Spezifikationen für weitere Aspekte der Kommunikation, wie Adressierung und Protokolle der Kommunikationsentitäten, bereit. Diese Norm unterstützt auch Verzeichnisdienste, die die Identifikation von Heilberuflern, Organisationen des Gesundheitswesens und Behandelten bzw. zu Behandelnden zu unterstützen.</t>
+          <t>Der Hauptzweck dieser Internationalen Norm ist die formelle Darstellung des Inhalts und der hierarchischen Struktur von medizinischen Klassifikationssystemen in einer Auszeichnungssprache (markup language), um den sicheren Austausch und die Verteilung von Daten und Strukturen zwischen Organisationen und verschiedenen Softwareprodukten zu ermöglichen.</t>
         </is>
       </c>
       <c r="C904" s="3">
-        <v>41425</v>
+        <v>43769</v>
       </c>
       <c r="D904">
         <v>0</v>
       </c>
     </row>
     <row r="905">
-      <c r="A905" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A905" t="s">
+        <v>734</v>
+      </c>
+      <c r="B905" t="s">
+        <v>326</v>
       </c>
       <c r="C905" s="3">
-        <v>41425</v>
+        <v>44316</v>
       </c>
       <c r="D905">
         <v>0</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" t="s">
-        <v>719</v>
+        <v>734</v>
       </c>
       <c r="B906" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C906" s="3">
-        <v>41670</v>
+        <v>44316</v>
       </c>
       <c r="D906">
         <v>0</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" t="s">
-        <v>720</v>
+        <v>735</v>
       </c>
       <c r="B907" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C907" s="3">
-        <v>41670</v>
+        <v>43190</v>
       </c>
       <c r="D907">
         <v>0</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="B908" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C908" s="3">
-        <v>41973</v>
+        <v>43190</v>
       </c>
       <c r="D908">
         <v>0</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="B909" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C909" s="3">
-        <v>44316</v>
+        <v>43190</v>
       </c>
       <c r="D909">
         <v>0</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="B910" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C910" s="3">
-        <v>44316</v>
+        <v>43190</v>
       </c>
       <c r="D910">
         <v>0</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" t="s">
-        <v>723</v>
-[...7 lines deleted...]
-        <v>724</v>
+        <v>737</v>
+      </c>
+      <c r="B911" t="s">
+        <v>326</v>
+      </c>
+      <c r="C911" s="3">
+        <v>40298</v>
       </c>
       <c r="D911">
         <v>0</v>
       </c>
     </row>
     <row r="912">
-      <c r="A912" t="s">
-        <v>725</v>
+      <c r="A912" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Verzeichnisdienste für Anbieter, zu Behandelnde und andere Entitäten im Gesundheitswesen (ISO 21091:2013); Englische Fassung EN ISO 21091:2013</t>
+        </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>mensch.ID möchte allen Menschen eine eindeutige und im Alltag leicht verwendbare ID zur Verfügung stellen um darüber die Verknüpfung von Daten aus verschiedenen Systemen datenschutzkonform und sicher zu ermöglichen.</t>
-[...2 lines deleted...]
-      <c r="C912"/>
+          <t>Diese Norm legt Mindestanforderungen für Verzeichnisdienste im Gesundheitswesen fest. Sie kann verwendet werden, um Kommunikationen zwischen Organisationen, Einheiten, Servern, Anwendungskomponenten, Systemen, Technikern und Geräten zu ermöglichen. Diese Norm bietet "Common Directory"-Informationen und Verzeichnisdienste an, die benötigt werden, um den sicheren Austausch von Gesundheitsinformationen über öffentliche Netze zu unterstützen. Es richtet sich aus der gemeinschaftlichen Perspektive an Verzeichnisse im Gesundheitswesen, um die Unterstützung von Gesundheitskommunikation zwischen Unternehmen, zwischen Gerichtsbarkeiten und zwischen Staaten vorzubereiten. Während verschiedene Optionen durch diese Norm unterstützt werden, wird ein gegebener Dienst nicht benötigt, um alle Optionen einzuschließen. Zusätzlich zur Unterstützung von Sicherheitsdiensten wie Zugriffskontrolle und Vertraulichkeit, stellt diese Norm Spezifikationen für weitere Aspekte der Kommunikation, wie Adressierung und Protokolle der Kommunikationsentitäten, bereit. Diese Norm unterstützt auch Verzeichnisdienste, die die Identifikation von Heilberuflern, Organisationen des Gesundheitswesens und Behandelten bzw. zu Behandelnden zu unterstützen.</t>
+        </is>
+      </c>
+      <c r="C912" s="3">
+        <v>41425</v>
+      </c>
       <c r="D912">
         <v>0</v>
       </c>
     </row>
     <row r="913">
-      <c r="A913" t="s">
-        <v>726</v>
+      <c r="A913" t="inlineStr">
+        <is>
+          <t>Medizinische Informatik - Verzeichnisdienste für Anbieter, zu Behandelnde und andere Entitäten im Gesundheitswesen (ISO 21091:2013); Englische Fassung EN ISO 21091:2013</t>
+        </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Als Smartphone-basierte Intervention unterstützt mentalis Appstinence Menschen mit psychischen Erkrankungen bei der Reduktion problematischen Trinkverhaltens durch den Einsatz psychotherapeutischer Methoden.</t>
-[...2 lines deleted...]
-      <c r="C913"/>
+          <t>Diese Norm legt Mindestanforderungen für Verzeichnisdienste im Gesundheitswesen fest. Sie kann verwendet werden, um Kommunikationen zwischen Organisationen, Einheiten, Servern, Anwendungskomponenten, Systemen, Technikern und Geräten zu ermöglichen. Diese Norm bietet "Common Directory"-Informationen und Verzeichnisdienste an, die benötigt werden, um den sicheren Austausch von Gesundheitsinformationen über öffentliche Netze zu unterstützen. Es richtet sich aus der gemeinschaftlichen Perspektive an Verzeichnisse im Gesundheitswesen, um die Unterstützung von Gesundheitskommunikation zwischen Unternehmen, zwischen Gerichtsbarkeiten und zwischen Staaten vorzubereiten. Während verschiedene Optionen durch diese Norm unterstützt werden, wird ein gegebener Dienst nicht benötigt, um alle Optionen einzuschließen. Zusätzlich zur Unterstützung von Sicherheitsdiensten wie Zugriffskontrolle und Vertraulichkeit, stellt diese Norm Spezifikationen für weitere Aspekte der Kommunikation, wie Adressierung und Protokolle der Kommunikationsentitäten, bereit. Diese Norm unterstützt auch Verzeichnisdienste, die die Identifikation von Heilberuflern, Organisationen des Gesundheitswesens und Behandelten bzw. zu Behandelnden zu unterstützen.</t>
+        </is>
+      </c>
+      <c r="C913" s="3">
+        <v>41425</v>
+      </c>
       <c r="D913">
         <v>0</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="s">
-        <v>727</v>
-[...6 lines deleted...]
-      <c r="C914"/>
+        <v>738</v>
+      </c>
+      <c r="B914" t="s">
+        <v>326</v>
+      </c>
+      <c r="C914" s="3">
+        <v>41670</v>
+      </c>
       <c r="D914">
         <v>0</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="B915" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="C915"/>
+        <v>326</v>
+      </c>
+      <c r="C915" s="3">
+        <v>41670</v>
+      </c>
       <c r="D915">
         <v>0</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="B916" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="C916"/>
+        <v>326</v>
+      </c>
+      <c r="C916" s="3">
+        <v>41973</v>
+      </c>
       <c r="D916">
         <v>0</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="B917" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="C917"/>
+        <v>326</v>
+      </c>
+      <c r="C917" s="3">
+        <v>44316</v>
+      </c>
       <c r="D917">
         <v>0</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" t="s">
-        <v>734</v>
-[...9 lines deleted...]
-        </is>
+        <v>741</v>
+      </c>
+      <c r="B918" t="s">
+        <v>326</v>
+      </c>
+      <c r="C918" s="3">
+        <v>44316</v>
       </c>
       <c r="D918">
         <v>0</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Michael Kallfelz ist derzeit Abteilungsleiter für medizinische Modellierung und Terminologien bei der mio42 GmbH, die die Medizinischen Informationsobjekte (MIO) für die elektronische Patientenakte definiert. Die Modellierung gibt die Struktur für die FHIR Syntax der MIOs vor, während die Terminologie die semantischen Standards beschreibt.Zuvor war er als Director für die Pflege der medizinischen Terminologien der OHDSI Forschungsgemeinschaft und die Mapping-Aktivitäten bei Odysseus Data Services verantwortlich. In dieser Funktion betreute er das Portfolio für die Entwicklung des OMOP-Standardvokabulars und die mit den OMOP CDM ETL-Projekten verbundenen kundenspezifischen Mapping-Aktivitäten.Bevor er 2020 in dieser Funktion zu Odysseus kam, arbeitete er fast 20 Jahre lang in der Gesundheitstechnologiebranche im Bereich der elektronischen Patientenakten (EHR) in verschiedenen Positionen, die von der Unterstützung bei der Implementierung bis hin zum Softwaredesign und Produktmanagement reichten. Er ist approbierter Arzt und hat seinen Doktortitel in Medizin an der Universität Mainz erworben.</t>
-[...5 lines deleted...]
-        </is>
+          <t>Mein Ziel ist es, die Pflege wieder zukunftsfähig zu machen. SeitJahren engagiere ich mich für die Menschen im Pflegesystem,ob Inhaber:innen, Pflegekräfte oder Angehörige. Immer geht esdarum, die Situation zu verbessern und unter aktuellenBedingungen das Beste herauszuarbeiten. Aber das reichtnatürlich nicht. Deswegen entwickele ich seit Jahren sozialinnovativeAnsätze, um das System zu verbessern und sprechemit Politik und Selbstverwaltung über Möglichkeiten derVeränderungen. Ich schaffe Brücken zwischen Wissenschaftund Wirtschaft, um gute Ergebnisse in der Praxis ankommen zulassen, befähige die Menschen im System aber auch damitumzugehen. Die Digitalisierung und Akademisierung in derPflege sind für mich zwei elementare Wege, um das System zuentlasten, aber auch zu professionalisieren.</t>
+        </is>
+      </c>
+      <c r="C919" t="s">
+        <v>743</v>
       </c>
       <c r="D919">
         <v>0</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Michael Schober leitet den Bereich Digitale Plattformservices bei medatixx. Nach seinem Berufseinstieg mit einer Ausbildung zum Fachinformatiker absolvierte Michael Schober zunächst eine Weiterbildung zum Certified IT Business Manager. Währenddessen war er als Teamleiter des IT-Supports bei medatixx tätig. Seine akademische Laufbahn begann mit einem Bachelor-Studium in BWL, anschließend absolvierte er ein Masterstudium in Digital Business Management. Für mehrere Jahre war Michael Schober als Stabsstelle der Geschäftsführung als Projektmanager für die Markteinführung von neuen Softwarelösungen zuständig, bevor er im Juli 2015 die Vertriebsleitung bei medatixx übernahm, die er bis Juli 2022 verantwortete. Im neuen Bereich Digitale Plattformservices kümmert sich Michael Schober gemeinsam mit seinem Team um die Entwicklung des Plattformgeschäfts, den Ausbau neuer Geschäftsfelder, die Zusammenarbeit mit Startups und die Weiterentwicklung der Real World Data Projekte. Hr. Schober ist darüber hinaus in mehreren Arbeitsgruppen des bvitg aktiv und lehrt als Gastdozent an der HfWU zu Digital Health &amp;amp; Management ambulanter Versorgungsstrukturen</t>
-[...4 lines deleted...]
-      </c>
+          <t>mensch.ID möchte allen Menschen eine eindeutige und im Alltag leicht verwendbare ID zur Verfügung stellen um darüber die Verknüpfung von Daten aus verschiedenen Systemen datenschutzkonform und sicher zu ermöglichen.</t>
+        </is>
+      </c>
+      <c r="C920"/>
       <c r="D920">
         <v>0</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B921" t="inlineStr">
+        <is>
+          <t>Als Smartphone-basierte Intervention unterstützt mentalis Appstinence Menschen mit psychischen Erkrankungen bei der Reduktion problematischen Trinkverhaltens durch den Einsatz psychotherapeutischer Methoden.</t>
+        </is>
+      </c>
+      <c r="C921"/>
+      <c r="D921">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" t="s">
+        <v>746</v>
+      </c>
+      <c r="B922" t="inlineStr">
+        <is>
+          <t>Als Smartphone-basierte Intervention unterstützt mentalis InBalance Menschen mit einer Emotional instabilen Persönlichkeitsstörung (Borderline Typ) durch den Einsatz psychotherapeutischer Methoden.</t>
+        </is>
+      </c>
+      <c r="C922"/>
+      <c r="D922">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" t="s">
+        <v>747</v>
+      </c>
+      <c r="B923" t="s">
+        <v>748</v>
+      </c>
+      <c r="C923"/>
+      <c r="D923">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" t="s">
+        <v>749</v>
+      </c>
+      <c r="B924" t="s">
+        <v>750</v>
+      </c>
+      <c r="C924"/>
+      <c r="D924">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" t="s">
+        <v>751</v>
+      </c>
+      <c r="B925" t="s">
+        <v>752</v>
+      </c>
+      <c r="C925"/>
+      <c r="D925">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" t="s">
+        <v>753</v>
+      </c>
+      <c r="B926" t="inlineStr">
+        <is>
+          <t>Dr. Michael Albert arbeitet seit 2010 an der Entwicklung von Telemedizinsystemen, mit dem Fokus auf User Centered Design, sprich dem Anwender und seinen Bedürfnissen im Vordergrund, gepaart mit einem starken Selbstverständnis für hohen Datenschutz und Datensicherheit. Schwerpunkt der Arbeit ist die Stärkung der Kommunikation und des fachlichen Austauschs zwischen Experten im Gesundheitswesen. Einige dieser Telemedizin-Lösungen befinden sich bereits großflächig im Einsatz. Die langjährige Erfahrung in diesen Bereichen lässt er als Leiter der Abteilung Telemedizin einfließen um gerade in den Bereichen intersektorale Zusammenarbeit sowie Interoperabilität innovative Lösungen zu entwickeln, die unabhängig von Fachbereichen einen schnellen, sicheren und einfachen Austausch zwischen Know-how-Trägern ermöglichen.</t>
+        </is>
+      </c>
+      <c r="C926" t="inlineStr">
+        <is>
+          <t>Konzeption, Architektur und Umsetzung von Telemedizinsystemen; Interoperabilität; IT- und Kommunikations-Standards; FHIR; intersektorale Zusammenarbeit; Datenschutz; Datensicherheit; Softwareentwicklung</t>
+        </is>
+      </c>
+      <c r="D926">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" t="s">
+        <v>754</v>
+      </c>
+      <c r="B927" t="inlineStr">
+        <is>
+          <t>Michael Kallfelz ist derzeit Abteilungsleiter für medizinische Modellierung und Terminologien bei der mio42 GmbH, die die Medizinischen Informationsobjekte (MIO) für die elektronische Patientenakte definiert. Die Modellierung gibt die Struktur für die FHIR Syntax der MIOs vor, während die Terminologie die semantischen Standards beschreibt.Zuvor war er als Director für die Pflege der medizinischen Terminologien der OHDSI Forschungsgemeinschaft und die Mapping-Aktivitäten bei Odysseus Data Services verantwortlich. In dieser Funktion betreute er das Portfolio für die Entwicklung des OMOP-Standardvokabulars und die mit den OMOP CDM ETL-Projekten verbundenen kundenspezifischen Mapping-Aktivitäten.Bevor er 2020 in dieser Funktion zu Odysseus kam, arbeitete er fast 20 Jahre lang in der Gesundheitstechnologiebranche im Bereich der elektronischen Patientenakten (EHR) in verschiedenen Positionen, die von der Unterstützung bei der Implementierung bis hin zum Softwaredesign und Produktmanagement reichten. Er ist approbierter Arzt und hat seinen Doktortitel in Medizin an der Universität Mainz erworben.</t>
+        </is>
+      </c>
+      <c r="C927" t="inlineStr">
+        <is>
+          <t>semantische Standards / med. Terminologien, Medizinische Informationsobjekte in der elektronischen Patientenakte, Forschung auf Grundlage medizinischer Daten, Krankenhausinformationssysteme, klinische Forschung, Grundlagenforschung, Onkologie / Hämatologie</t>
+        </is>
+      </c>
+      <c r="D927">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" t="s">
+        <v>755</v>
+      </c>
+      <c r="B928" t="inlineStr">
+        <is>
+          <t>Michael Schober leitet den Bereich Digitale Plattformservices bei medatixx. Nach seinem Berufseinstieg mit einer Ausbildung zum Fachinformatiker absolvierte Michael Schober zunächst eine Weiterbildung zum Certified IT Business Manager. Währenddessen war er als Teamleiter des IT-Supports bei medatixx tätig. Seine akademische Laufbahn begann mit einem Bachelor-Studium in BWL, anschließend absolvierte er ein Masterstudium in Digital Business Management. Für mehrere Jahre war Michael Schober als Stabsstelle der Geschäftsführung als Projektmanager für die Markteinführung von neuen Softwarelösungen zuständig, bevor er im Juli 2015 die Vertriebsleitung bei medatixx übernahm, die er bis Juli 2022 verantwortete. Im neuen Bereich Digitale Plattformservices kümmert sich Michael Schober gemeinsam mit seinem Team um die Entwicklung des Plattformgeschäfts, den Ausbau neuer Geschäftsfelder, die Zusammenarbeit mit Startups und die Weiterentwicklung der Real World Data Projekte. Hr. Schober ist darüber hinaus in mehreren Arbeitsgruppen des bvitg aktiv und lehrt als Gastdozent an der HfWU zu Digital Health &amp;amp; Management ambulanter Versorgungsstrukturen</t>
+        </is>
+      </c>
+      <c r="C928" t="s">
+        <v>756</v>
+      </c>
+      <c r="D928">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" t="s">
+        <v>757</v>
+      </c>
+      <c r="B929" t="inlineStr">
         <is>
           <t>Michele Zoch ist derzeitig wissenschaftliche Mitarbeiterin am Institut für Medizinische Informatik und Biometrie der Medizinischen Fakultät Carl Gustav Carus an der Technischen Universität Dresden. In ihrer Forschung fokussiert sie die Sekundärdnutzung von Patient:innendaten im Kontext Seltener Erkrankungen. Ein besonderes Augenmerk liegt dabei auf EHR-driven Phenotyping und Terminologiemanagement. Im Rahmen ihrer Tätigkeit leitet sie den Themenschwerpunkt "Seltene Erkrankungen".
 Im Jahr 2021 war sie Mitbegründerin der Forschungscommunity OHDSI Germany, die als nationaler Knotenpunkt von Observational Health Data Sciences and Informatics (OHDSI) Europe fungiert.</t>
         </is>
       </c>
-      <c r="C921" t="s">
-[...10 lines deleted...]
-      <c r="B922" t="inlineStr">
+      <c r="C929" t="s">
+        <v>758</v>
+      </c>
+      <c r="D929">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" t="s">
+        <v>759</v>
+      </c>
+      <c r="B930" t="inlineStr">
         <is>
           <t> 	Reduktion von Depressions- und Angstsymptomen während der Schwangerschaft 	Förderung einer gesunden Schwangerschaft durch gesundheits- und ressourcenorientierte Bewältigungsstrategien 	Erhöhung des Anteils interventionsarmer Geburten 	Reduktion der Sectiorate </t>
         </is>
       </c>
-      <c r="C922"/>
-[...8 lines deleted...]
-      <c r="B923" t="inlineStr">
+      <c r="C930"/>
+      <c r="D930">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" t="s">
+        <v>760</v>
+      </c>
+      <c r="B931" t="inlineStr">
         <is>
           <t>Die elektronische Abbildung von Medikationsdaten, ihre korrekte Verarbeitung sowie ihr Austausch zwischen Ärzt:innen und Apotheker:innen, z. B. in Form von elektronischen Medikationsplänen, beschäftigt mich nun schon viele Jahre. Als Apothekerin mit ausgeprägtem technischen Interesse und vielfältiger beruflicher Erfahrung an unterschiedlichen Stellen im Gesundheitswesen freut es mich sehr, auch an künftigen Entwicklungen in diesem Bereich mitwirken zu können.</t>
         </is>
       </c>
-      <c r="C923" t="s">
-[...10 lines deleted...]
-      <c r="B924" t="inlineStr">
+      <c r="C931" t="s">
+        <v>761</v>
+      </c>
+      <c r="D931">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" t="s">
+        <v>762</v>
+      </c>
+      <c r="B932" t="inlineStr">
         <is>
           <t>Ich bin 39 Jahre alt, habe die Ausbildung in Wien zur exam. Gesundheits- und Krankenpflegerin 2002 absolviert. Ich habe in unterschiedlichen Gesundheitseinrichtungen gearbeitet und in Österreich ist die Digitalisierung zumindest was Dokumentationssysteme betrifft wie auch ELGA weiter. Ich war auch Schulungsverantwortliche und habe Medizintechnik (Diabetespumpe) geschult. Ich habe Pflegeberatung studiert und immer Affinität zur Technik gehabt. Aktuell studiere ich Aging Services Management Technik/Wirtschaft und Gesundheit (vereint hohe IT-Basiskenntnisse). Wir beschäftigen uns dabei mit Telemedizin mit dem HerzMobil Diseasemanagement. Außerdem war ich in einem DIGA-Hersteller tätig und bin seit Januar 2022 selbstständige Unternehmensberaterin.</t>
         </is>
       </c>
-      <c r="C924" t="inlineStr">
+      <c r="C932" t="inlineStr">
         <is>
           <t>jahrzentelange Expertise im Gesundheitswesen (amb.&amp;amp; stat.); Studium Pflegeberatung; unterschiedliche Softwarelösungen kennengelernt, E-Rezept, ELGA, Studentin Aging Services Management mit Technologieunterricht; Digital- und Pflegepionierin; Digitale Gesundheitsanwendung Start-up</t>
         </is>
       </c>
-      <c r="D924">
-[...7 lines deleted...]
-      <c r="B925" t="inlineStr">
+      <c r="D932">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" t="s">
+        <v>763</v>
+      </c>
+      <c r="B933" t="inlineStr">
         <is>
           <t>Übergreifendes Projektziel von WATCH ist eine verbesserte Versorgung behandlungsbedürftiger Post-COVID-Patient*innen unter Berücksichtigung der Kostenneutralität über eine mobile Post-COVID-Ambulanz und eine multimodale Symptom-übergreifende telemedizinische Versorgungslösung ("Brain, Body, Soul"). Über die Versorgungsform WATCH soll eine verbesserte körperliche Gesundheitund damit eine höhere Teilhabe am Sozial- und Arbeitsleben von Post-COVID-Patient*innen erreicht werden. Mit der Überführung des Modell-Projektes in die Regelversorgung wird eine verbesserte, kosteneffektive Versorgung von Patient*innen mit Langzeit-Sequalae nach Infektions-Krankheiten im ländlichen Raum in zukünftigen Post-Pandemie-Situationen angestrebt.</t>
         </is>
       </c>
-      <c r="C925"/>
-[...8 lines deleted...]
-      <c r="B926" t="inlineStr">
+      <c r="C933"/>
+      <c r="D933">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" t="s">
+        <v>764</v>
+      </c>
+      <c r="B934" t="inlineStr">
         <is>
           <t>Projektziel: Verbesserung der Gesundheit und Reduzierung/Verhinderung der Arbeitsunfähigkeit von Menschen mit chronischen Erkrankungen am Beispiel der Indikation Multiple Sklerose; Hypothese: Durch die koordinierende Leistung in der fachärztlichen Versorgung, die Berücksichtigung von nicht medizinischen Einflüssen auf die Gesundheit, durch die Kenntnis und gezielte Inanspruchnahme von Gesundheitsleistungen (sozialmedizinischen, rehabilitativen, psychosozialen und arbeitsmedizinischen Leistungen) wird die Gesundheitsstabilität verbessert und Risiken für eine Arbeitsunfähigkeit entgegengewirkt. In der Folge werden Arbeitsunfähigkeits- sowie Krankengeldbezugszeiten reduziert und chronisch Kranken eine Teilhabe im Sinne einer selbstbestimmten Lebensführung ermöglicht.</t>
         </is>
       </c>
-      <c r="C926"/>
-[...8 lines deleted...]
-      <c r="B927" t="inlineStr">
+      <c r="C934"/>
+      <c r="D934">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" t="s">
+        <v>765</v>
+      </c>
+      <c r="B935" t="inlineStr">
         <is>
           <t>My7steps App &amp;amp; Talk ist eine webbasierte Intervention zur Reduzierung psychischer Beschwerden. Es ist ein niedrigschwelliges Angebot für Menschen, die psychosoziale Schwierigkeiten und Probleme mit der Bewältigung ihres Alltags haben.
 In My7steps App &amp;amp; Talk sind psychotherapeutische Prinzipien digitalisiert umgesetzt. Sie sind so umgesetzt, dass Nutzer:innen allein und in ihrem Tempo ihre Gedankenwege und Gefühle so bearbeiten, dass sie ihre Situation wirksam positiv verändern können. My7steps App &amp;amp; Talk besteht aus sieben Schritten. Nutzer:innen werdenindividuell Schritt für Schritt geleitet.
 Innerhalb von My7steps Appwerden Nutzer:innen gebeten, Situationen einzuordnen oder aufzuschreiben, und es werden ihnen zu bearbeitende Aufgaben und Übungen gestellt oder Erklärungen in Form von Filmen und Tonaufnahmen präsentiert. Die einzelnen Schritte bilden die digitale Intervention, die Nutzer:innen selbständig durchlaufen. Die Schritte bauen aufeinander auf und werden nacheinander bearbeitet. My7steps App reagiert dabei interaktiv auf individuellen Antworten und variiert weitere Inhalte dementsprechend.
 Gleichzeitig besteht über My7steps Talk die Möglichkeit, persönliche Gespräche mit speziell geschulten Counselor:innen zu vereinbaren und durchzuführen, um einzelne Schritte zu vertiefen oder zu besprechen.</t>
         </is>
       </c>
-      <c r="C927"/>
-[...8 lines deleted...]
-      <c r="B928" t="inlineStr">
+      <c r="C935"/>
+      <c r="D935">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" t="s">
+        <v>766</v>
+      </c>
+      <c r="B936" t="inlineStr">
         <is>
           <t>myoncare (Modul 'Careplan Manager') ist ein nachVerordnung 2017/745 zugelassenes Medizinprodukt (Klasse IIa) mit der Zielsetzung alle Akteure des Gesundheitswensens zu verbinden und einen wesentlichen Beitrag zur digitalen Gesundheitsversorgung zu leisten.
 myoncare besteht aus zwei Softwareanwendungen, einer webbasierten Anwendung für Angehörige der Heilberufe, die auch als "WebApp" bezeichnet wird, und der Anwendung für mobile Endgeräte von Patienten ("PatientApp"). Die WebApp umfasst das obligatorische Modul "Careplan Manager", welches als Medizinprodukt klassifiziert ist, sowie weitere individuell konfigurierbare Module. Unter Anderem ermöglicht myoncare eine gesicherte Kommunikation zwischen Arzt und Patient mithilfe einer Chat- und Video-Funktion. Die PatientApp fungiert als Zubehör des Careplan Managers.
 Der Careplan Manager wurde entwickelt, um es dem Anwender zu ermöglichen, den Gesundheitszustand registrierter Patienten zu überwachen, indem er ein Pflegeplan-Managementsystem für Pflegepläne bereitstellt, die vom Anwender (Angehörige der Heilberufe) erstellt oder importiert wurden. Dadurch haben Angehörige der Heilberufe die Möglichkeit flexibel und eigenverantwortlich Gesundheitsinformation von Patienten zu erfragen und deren Gesundheitsstatus digital zu überwachen.</t>
         </is>
       </c>
-      <c r="C928"/>
-[...8 lines deleted...]
-      <c r="B929" t="inlineStr">
+      <c r="C936"/>
+      <c r="D936">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" t="s">
+        <v>767</v>
+      </c>
+      <c r="B937" t="inlineStr">
         <is>
           <t>Nele Friederike Breiholdt ist Digital Health Expertin im ePA-Projekt der Techniker Krankenkasse und in dieser Funktion für die fachliche Weiterentwicklung von TK-Safe zuständig. Zuvor setzte sie IT-Projekte in der Gesundheitsversorgung der Bundeswehr um, zuletzt mit Fokus auf die Bundeswehr-Krankenhäuser. In ihrer Arbeit sowohl im zivilen als auch im militärischen Gesundheitssystem wurde ihr die Notwendigkeit interoperabler Standards für das Gesundheitswesen deutlich bewusst, weshalb sie sich im Expertenkreis des INTEROP Councils engagiert.</t>
         </is>
       </c>
-      <c r="C929" t="inlineStr">
+      <c r="C937" t="inlineStr">
         <is>
           <t>Elektronische Patientenakte, digital gestützter Medikationsprozess, KIS, Digitale Transformation von Leistungs- und Betriebsprozessen im Gesundheitswesen, Moderation interdisziplinärer Kommunikation, User Experience</t>
         </is>
       </c>
-      <c r="D929">
-[...7 lines deleted...]
-      <c r="B930" t="inlineStr">
+      <c r="D937">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" t="s">
+        <v>768</v>
+      </c>
+      <c r="B938" t="inlineStr">
         <is>
           <t>Medizinprodukt NeuroNation MED NeuroNation MED bietet personalisiertes neuropsychologisches Training, bestehend aus kognitiven Trainingssitzungen aus einem Set personalisierter Übungen, Gesundheitsinformationen und Entspannungsanleitungen. Zudem bietet das Produkt eine Einzelauswahl aus 23 Übungen unterteilt in vier übergeordneten kognitive Domänen.  Zweckbestimmung Das Ziel des Produktes ist die Redution von Symptomen milder und moderater kognitiver Beeinträchtigungen. Eine regelmäßige generelle Leistungserfassung erfolgt hier nach erfolgreichem Abschluss der Sitzung, für die eigene Kontrolle, aber auch um folgende Sitzungen anzupassen.  Die Übungen wurden in 10 Jahren Forschung gemeinsam mit Universitäten von Australien bis Kanada entwickelt und gewährleisten eine hohe Effektivität in den Domänen Aufmerksamkeit, globale Kognition, depressive Symptome und subjektives Wohlbefinden als "Patient Reporter Outcomes".</t>
         </is>
       </c>
-      <c r="C930"/>
-[...8 lines deleted...]
-      <c r="B931" t="inlineStr">
+      <c r="C938"/>
+      <c r="D938">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" t="s">
+        <v>769</v>
+      </c>
+      <c r="B939" t="inlineStr">
         <is>
           <t>Nicki Wageringel ist IT-Projektleiter bei der Deutschen Gesetzlichen Unfallversicherung e.V. (DGUV) und leitet dassog. "DiGUV-Projekt". "DiGUV" steht für "Digitalisierung im Gesundheitswesen Unfallversicherung". Es handelt sich hierbei um das Gesamtprojekt der gesetzlichen Unfallversicherung (UV) zum Datenaustausch zwischen Leistungserbringern und Unfallversicherungsträgern nach semantischen und syntaktischen Standards mit dem Ziel der größtmöglichen Interoperabilität.Weitere Infos auf der Projekthomepage.</t>
         </is>
       </c>
-      <c r="C931" t="inlineStr">
+      <c r="C939" t="inlineStr">
         <is>
           <t> 	Konzeptionierung und Projektierung des interoperablen Datenaustauschs zwischen Leistungserbringern und Unfallversicherungsträgern durch die Nutzung etablierter Standards des dt. Gesundheitswesens (FHIR, IHE, KIM) 	Kenntnisse zu Strukturen, Prozessen, Datenaustauschverfahren und Informationsflüssen innerhalb der gesetzlichen Unfallversicherung (z.B. eRezept, §301-Verfahren, DALE-UV) 	Expertise zu Leistungen zur medizinischen Rehabilitation bzw. zu Leistungen zu rTeilhabe am Arbeitsleben und zur sozialen Teilhabe bzw. zum Reha-Management in der gesetzlichen Unfallversicherung </t>
         </is>
       </c>
-      <c r="D931">
-[...7 lines deleted...]
-      <c r="B932" t="inlineStr">
+      <c r="D939">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" t="s">
+        <v>770</v>
+      </c>
+      <c r="B940" t="inlineStr">
         <is>
           <t>Aus dem ERP-Bereich kommend und dem Studium der Informatik erfolgte der Schritt zur ABDA.
 Bei der ABDA bin ich Ansprechpartner für IT und Telematik von Apothekenprozessen und bilde damit eine Schnittstelle zwischen den Fachkollegen (Pharmazie, Verträge und Recht) und den jeweiligen technischen Anforderungen.
 Im Kontext der Digitalisierung im Gesundheitswesen (E-Rezept) bin ich an der Modellierung der FHIR-Profile beteiligt und konnte im Zusammenhang mit der Entwicklung des Referenzvalidators ein erweitertes Vertständnis für die Governance von FHIR-Profilen und Schnittstellen sammeln.</t>
         </is>
       </c>
-      <c r="C932" t="s">
-[...10 lines deleted...]
-      <c r="B933" t="inlineStr">
+      <c r="C940" t="s">
+        <v>771</v>
+      </c>
+      <c r="D940">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" t="s">
+        <v>772</v>
+      </c>
+      <c r="B941" t="inlineStr">
         <is>
           <t>Geboren wurde ich mit einem Gendefekt. Dieser löste unmittelbar danach eine seltene Erkrankung aus, die ß-Thalassämie-Major. So bin ich von Beginn an, in der "Welt der Gesundheit" zuhause. Allerdings stand dieser vorgezeichnete Weg noch vor mir. Denn bereits als Kind erfuhr ich meine - von Medizinern - festgesetzte Lebenserwartung: "nicht älter als 20 Jahre". Diesen Goliath besiegt zu haben, ist bis heute meine größte Herausforderung gewesen. Mein innerer Antreiber war der Größte Wunsch, den jede/r Betroffene/r einer seltenen Erkrankung hat: ein "normales" Leben leben zu können. Für die Meisten von "uns" ist dies nur sehr schwer möglich und Außenstehende tun sich schwer, dass Problem und den Ausmaß zu verstehen. Sehr früh, bekommt man es dann mit einem weiteren "Goliath" zu tun: die psychische Gesundheit, die als "innerer Kern" eines Menschen, all die Schicksalsschläge ertragen muss. So kam das Thema Resilienz automatisch auf mich zu. Mein "normales" Leben habe ich als Informatiker erreicht.</t>
         </is>
       </c>
-      <c r="C933" t="inlineStr">
+      <c r="C941" t="inlineStr">
         <is>
           <t>PRINCE2, Scrum, Kanban, Lean Management, ITIL, CRM, ERP, Asset Management, Service Management, UHD, IT Support, Warenwirtschaftssysteme, SAP, Finanzsysteme im Gesundheitswesen, Data Warehouse, Analytics, Apps und Softwareplattformen zur Standardisierung von salutogenetischen Prozessen bei seltenen Erkrankungen, Business Intelligence, Big Data (Data Gathering &amp;amp; Execution), MRT T2*, Patient Management</t>
         </is>
       </c>
-      <c r="D933">
-[...10 lines deleted...]
-      <c r="C934" t="inlineStr">
+      <c r="D941">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" t="s">
+        <v>773</v>
+      </c>
+      <c r="B942" t="s">
+        <v>774</v>
+      </c>
+      <c r="C942" t="inlineStr">
         <is>
           <t>Krankenhausinformationssysteme, Arztinformationssysteme, Epidemologische Forschung, OMOP OHDSI (OHDSI Germany), Medizinische Kodierung, Kommunikationsstandards im Gesundheitswesen, Real-World Evidence Generation, Real-World Data Generation, DARWIN EU</t>
         </is>
       </c>
-      <c r="D934">
-[...7 lines deleted...]
-      <c r="B935" t="inlineStr">
+      <c r="D942">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" t="s">
+        <v>775</v>
+      </c>
+      <c r="B943" t="inlineStr">
         <is>
           <t>Seit rund 10 Jahren treibe ich die Digitalisierung im Gesundheitswesen in verschiedenen Positionen voran. Ich empfinde es als Privileg, an Strategien und Technologien zu arbeiten, die die Gesundheit von uns allen verbessern können. Um evidenzbasierte Lösungen implementieren zu können, benötigen wir hochwertige Daten und interoperable Systeme. Dabei sollten wir vier Ebenen besonders in den Fokus nehmen: Prävention, Patientensteuerung, Aufwertung nicht-ärztlichen Personals durch Assistenzsysteme sowie die Automatisierung und Optimierung von Versorgungsprozessen. Die in diesen Bereichen anfallenden Daten werden uns dabei unterstützen, aus einem kurativen System ein präventiv ausgerichtetes Gesundheitswesen zu formen. Siehe auch "Gesundheit 2030", das als Grundlage für die Weiterentwicklung der Strategie Digitalisierung in Medizin und Pflege Baden-Württemberg dient.</t>
         </is>
       </c>
-      <c r="C935" t="s">
-[...10 lines deleted...]
-      <c r="B936" t="inlineStr">
+      <c r="C943" t="s">
+        <v>776</v>
+      </c>
+      <c r="D943">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" t="s">
+        <v>777</v>
+      </c>
+      <c r="B944" t="inlineStr">
         <is>
           <t>Nils Benning ist promovierter Medizininformatiker und beschäftigt sich insbesondere mit der Interoperabilität von klinischen Anwendungssystemen und deren konkreten Mehrwerten für die medizinische Versorgung. Durch seine vergangene Arbeit in einem Universitätsklinikum sind ihm klinische Prozesse sowie Organisationsstrukturen wohlbekannt. Bei der Tätigkeit im Produktmanagement für verschiedene Softwarehersteller im Gesundheitswesen, aktuell die d.velop AG, stellt die Entwicklung interoperabler Schnittstellen auf Basis offener Kommunikationsstandards einen Kern seiner Tätigkeit dar.
 Ein zentrales Leitziel seiner Tätigkeit ist die Vermeidung doppelter Dokumentation entlang des Versorgungspfades, um den Anteil der zur Verfügung stehenden Zeit des klinischen Personals für die direkte Versorgung zu erhöhen. Die Integration neuer Datenquellen stellt ein weiteres Kernziel dar, um die Versorgung mit Hilfe neuer Merkmalsarten und -granularitäten zu verbessern.
 Nils Benning ist aktives Mitglied im bvitg (Bundesverband Gesundheits-IT), dem BVMI (Berufsverband Medizinischer Informatiker) sowie der GMDS (Deutsche Gesellschaft für Medizinische Informatik, Biometrie und Epidemiologie).</t>
         </is>
       </c>
-      <c r="C936" t="inlineStr">
+      <c r="C944" t="inlineStr">
         <is>
           <t>Syntaktische Kommunikationsstandards (insbesondere HL7 v2, HL7 FHIR), semantische Standards (insbesondere LOINC), Architekturen von Krankenhausinformationssystemen, Digitale Archivierung von Medizinischen Daten, Digitale Prozessunterstützung in klinischen Fachabteilungen</t>
         </is>
       </c>
-      <c r="D936">
-[...17 lines deleted...]
-      <c r="B938" t="inlineStr">
+      <c r="D944">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" t="s">
+        <v>778</v>
+      </c>
+      <c r="B945"/>
+      <c r="C945"/>
+      <c r="D945">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" t="s">
+        <v>779</v>
+      </c>
+      <c r="B946" t="inlineStr">
         <is>
           <t>Die studierte Biotechnologin und Doktorandin Nina Haffer ist als wissenschaftliche Mitarbeiterin am Berliner Institut für Gesundheitsforschung mit Expertise für semantische Interoperabilität mit Schwerpunktsetzung auf LOINC und SNOMED CT tätig. Am Institut für medizinische Informatik forschte sie an der Interoperabilität von DiGAs. Außerdem war sie für die Standardisierung von Forschungsdatenbanken für GenomDE tätig und nutzte ihr Wissen in FHIR für Microservices in Intelligenten Tutorensystemen. In ihrer Forschung konzentriert sie sich auf geschlechtsspezifische Unterschiede bei der Messung von Biomarkern und Gender Biases innerhalb von internationalen Terminologiestandards. Für die Projektgruppe Diversity der GMDS übernimmt sie eine leitende Funktion. In der Medizininformatikinitiative ist sie für die Informationsmodellierung des Kerndatensatzes in diversen Erweiterungsmodulen tätig und übernimmt die Federführung im PRO-Modul sowie im Modul für Psychische Gesundheit.</t>
         </is>
       </c>
-      <c r="C938" t="s">
-[...10 lines deleted...]
-      <c r="B939" t="inlineStr">
+      <c r="C946" t="s">
+        <v>780</v>
+      </c>
+      <c r="D946">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" t="s">
+        <v>781</v>
+      </c>
+      <c r="B947" t="inlineStr">
         <is>
           <t>Nina Petersmann studierte Medizinische Informatik an der Universität Heidelberg und der Hochschule Heilbronn. Während des Studiums war sie als Werkstudentin bei der InterComponentWare AG in Walldorf (Baden) tätig wo sie auch ihre Diplomarbeit zum Thema plattformunabhängige mobile Gesundheitsakte schrieb. Nach dem Studium arbeitete sie zunächst als Software-Entwicklerin und später als Produktmanagerin in den Bereichen Patient Empowerment chronisch-kranker Patienten, telemedizische Lösungen und intersektorale Vernetzung. Seit 2019 ist sie als Solutions Architect bei der Philips GmbH Market DACH im Bereich Connected Care zuständig für das Spezifizieren kundenspezifischer Lösungen.</t>
         </is>
       </c>
-      <c r="C939" t="inlineStr">
+      <c r="C947" t="inlineStr">
         <is>
           <t>IHE ITI, HL7 v2/FHIR, semantische und syntaktische Interoperabilität, Telemedizinische Anwendungen, Patient Empowerment, Patientenportale, Prozess-Digitalisierung, UX Design, Agile Softwareentwicklung, Requirements Engineering</t>
         </is>
       </c>
-      <c r="D939">
-[...7 lines deleted...]
-      <c r="B940" t="inlineStr">
+      <c r="D947">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" t="s">
+        <v>782</v>
+      </c>
+      <c r="B948" t="inlineStr">
         <is>
           <t>Norman Uhlmann ist u.a. seit 2013 Geschäftsführer der h3ko Innovations GmbH, welche u.a. das erste zugelassene "App auf Rezept" (KALMEDA) im Auftrag konzipiert und entwickelt hat und sich seitdem für den Betrieb verantwortlich zeichnet. Er lehrt seit 15 Jahren im Bereich Digitalisierung insbesondere Cloudcomputing und betreut verschiedene Forschungs- und Softwareentwicklungsprojekte im medizinischen und telemedizinischen Kontext. Ein Forschungsschwerpunkt seit 2015 ist die Digitalisierung der Rettungskette und die daraus notwendigen Interoperabilitätsanforderungen für die involvierten Behörden und Organisationen mit Sicherheitsaufgaben (BOS). Er nimmt u.a. auch die Stellung als verantwortliche Person (nach MDR) und als Sicherheitsbeauftragter ein.</t>
         </is>
       </c>
-      <c r="C940" t="s">
-[...21 lines deleted...]
-      <c r="A942" t="inlineStr">
+      <c r="C948" t="s">
+        <v>783</v>
+      </c>
+      <c r="D948">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" t="s">
+        <v>784</v>
+      </c>
+      <c r="B949" t="s">
+        <v>785</v>
+      </c>
+      <c r="C949" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="D949">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
         <is>
           <t>Onlinebasiertes Motivationsprogramm zur Reduktion des problematischen Medienkonsums und Förderung der Behandlungsmotivation bei Menschen mit Computerspielabhängigkeit und Internetsucht</t>
         </is>
       </c>
-      <c r="B942" t="inlineStr">
+      <c r="B950" t="inlineStr">
         <is>
           <t>1. Schaffung eines niedrigschwelligen und frühzeitig einsetzbaren onlinebasierten angeleiteten, strukturierten, manualisierten Motivationsprogramm, um betroffene und gefährdete Menschen im "Suchtraum" Internet "abzuholen". 2. Gezielte und effiziente Förderung der Motivation zur Verhaltensänderung durch ein kompaktes, ortsunabhängiges (weil onlinebasiertes), angeleitetes, strukturiertes, manualisiertes Motivationsprogrammzur Reduktion der Mediensuchtsymptome sowie sekundärpräventiven Vermeidung einer weiteren Suchtproblematik. 3. Bei Vorliegen einer Internetsucht: Gezielte Unterstützung bei der Vermittlung in Internetsuchtorientierte Hilfsangebote (z.B. in spezialisierte Behandlungszentren), um laufende Behandlungen der komorbiden Störungen zu verbessern und damit die Behandlung effizienter zu gestalten.</t>
         </is>
       </c>
-      <c r="C942"/>
-[...8 lines deleted...]
-      <c r="B943" t="inlineStr">
+      <c r="C950"/>
+      <c r="D950">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" t="s">
+        <v>786</v>
+      </c>
+      <c r="B951" t="inlineStr">
         <is>
           <t>Im Projekt Optimal at NRW wird ein neuartiger intersektoraler Ansatz für die Akutversorgung pflegebedürftiger geriatrischer Personen entwickelt und im Rahmen einer Studie evaluiert. Dazu werden intersektorale Daten verschiedener Systeme in einer zentralen Patientenakte integriert und durch eine unabhängige Auswertestelle zusammen mit Leistungsdaten von kooperierenden Krankenkassen evaluiert.
 Die neue Versorgungsform des Innovationsfondprojektes Optimal at NRW zielt darauf ab,eine zeitgenauere, medizinische Akutversorgung sowie Vermeidung inadäquaterKrankenhauseinweisungen geriatrischer Patienten in stationärer und ambulanter Pflege zu etablieren.Hierfür wird ein vor der Konsultierung der Notaufnahme vorgeschaltetes, intersektorales,telemedizinisches Instrument auf der Ebene von Pflegeheimen und ambulanten Pflegedienstengenutzt, um innerhalb des Kooperationsnetzwerkes zwischen Pflegestelle, Hausärzten,Arztrufzentrale NRW, der im Aufbau befinden Portalpraxis der Kassenärztlichen VereinigungNordrhein, zentrale Notaufnahme der Uniklinik RWTH Aachen und Rettungsdiensten der RegionAachen weitere Versorgungsschritte zu entscheiden und zu delegieren. Um frühzeitig potenziellgefährdende Gesundheitszustände zu erkennen und angemessen zu intervenieren, soll zusätzlich einstandardisiertes Frühwarnsystem etabliert werden. Hier soll täglich mittels klinischer Beobachtungsowie Vitalparametern ein Score zur Einschätzung der Dringlichkeit einer medizinischen Versorgungbestimmt werden, auf dessen Basis der "virtuelle digitale Tresen" in kritischen Situationen ebenfallsausgelöst werden kann.
 Neben der Optimierung des strukturellen, miteinander abgestimmten Ablaufes in medizinischenAkutsituationen bei älteren, häufig multimorbiden Patienten, zielt die Versorgungsform darauf ab,vermeidbare, überversorgte Krankenaufenthalte zu reduzieren. Dies bietet den Vorteil,die Lebensqualität der älteren Patienten zu stabilisieren, da sie innerhalb ihrer gewohnten Umgebungversorgt werden können und Probleme durch Neuorientierung vermieden werden.</t>
         </is>
       </c>
-      <c r="C943"/>
-[...8 lines deleted...]
-      <c r="B944" t="inlineStr">
+      <c r="C951"/>
+      <c r="D951">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" t="s">
+        <v>787</v>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>PARI Connect ist eine therapiebegleitende App für Patienten zur Dokumentation von Verneblertherapie und Lungenfunktion. Der Patient kann dafür Therapie- und Lungenfunktionsdaten seines verbundenen telemedizinfähigen Verneblers und Heimspirometers an die App übertragen. Auf Basis eines vom Patienten hinterlegten Therapieplans kann die Therapieadhärenz berechnet und angezeigt werden. Berichte zu Adhärenz und Lungenfunktion können bei Bedarf oder zur Therapiebegleitung mit Dritten geteilt werden. Zusätzlich können die Daten aus der PARI Connect App den betreuenden Ärzten in einer Webanwendung - dem PARItrack Dashboard – angezeigt werden, wenn der Patient dem zustimmt.</t>
         </is>
       </c>
-      <c r="C944"/>
-[...8 lines deleted...]
-      <c r="B945" t="inlineStr">
+      <c r="C952"/>
+      <c r="D952">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" t="s">
+        <v>788</v>
+      </c>
+      <c r="B953" t="inlineStr">
         <is>
           <t>Nicht-medikamentöse Therapien – Physio- und Ergotherapie sowie Logopädie – sind von großer Bedeutung in der Therapie des Morbus Parkinson, es werden z. B. durch Physiotherapie die gleichen Hirnregionen aktiviert wie durch dopaminerge Medikation. Aber ist jede Art der Physiotherapie gleichwertig? Was würde passieren, wenn man nicht nur allgemein "Physiotherapie" oder "Ergotherapie" verordnet, sondern für bestimmte Symptome bei Patienten mit Parkinson konkrete evidenzbasierte Therapien (Therapien, deren Wirksamkeit wissenschaftlich belegt ist) empfiehlt?
  Ausgehend von dieser Frage ist das Forschungsprojekt "ParkinsonAKTIV" entstanden. Mittels der eigens dafür programmierten webbasierten Kommunikationsplattform "JamesAKTIV" soll bei jeder Verordnung von aktivierenden Therapien zusätzlich durch den Neurologen auf der Plattform dokumentiert werden, welche Symptome besonders behandlungsbedürftig sind. Diese Informationen werden an den Therapeuten (z. B. Physiotherapeuten) über die Plattform weitergegeben, der dann evidenzbasierte Therapien für diese Symptome auswählt und den Patienten entsprechend behandelt. Zusätzlich können sich Neurologe und Therapeut bei Schwierigkeiten und Fragen unkompliziert über die Plattform austauschen.
  Was wollen wir damit erreichen?
  	Förderung der Inanspruchnahme von aktivierenden Therapien 	Individuelle patientenorientierte Versorgung 	Intensiver Austausch der beteiligten Neurologen und Therapeuten </t>
         </is>
       </c>
-      <c r="C945"/>
-[...8 lines deleted...]
-      <c r="B946" t="inlineStr">
+      <c r="C953"/>
+      <c r="D953">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" t="s">
+        <v>789</v>
+      </c>
+      <c r="B954" t="inlineStr">
         <is>
           <t>Das Projekt ParkProReakt hat zum Ziel, ein interdisziplinäres,digital gestütztes Versorgungsmodell zu entwickeln welches eine proaktive Symptomerkennung bei Parkinson-Patient*innenermöglicht und so dieGesundheitsversorgung der Patient*innen und deren Angehörige verbessert.</t>
         </is>
       </c>
-      <c r="C946"/>
-[...8 lines deleted...]
-      <c r="B947" t="inlineStr">
+      <c r="C954"/>
+      <c r="D954">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" t="s">
+        <v>790</v>
+      </c>
+      <c r="B955" t="inlineStr">
         <is>
           <t>Mit einer Erfahrung von mehr als 16 Jahren hat er sich auf das Thema der Digitalisierung im Gesundheitswesen spezialisiert, insbesondere auf die Erfassung und Verarbeitung von Gesundheitsdaten. Während seiner beruflichen Laufbahn bekleidete er bereits verschiedene führende Positionen in der Health-Tech-Branche.
 Sein Fokus liegt darauf, innovative Lösungen mit skalierbaren Geschäftsmodellen erfolgreich zu vermarkten. Dabei hat er sich zum Ziel gesetzt, die Branche voranzutreiben und durch wegweisende Technologien einen spürbaren Mehrwert für die Gesundheitsversorgung zu schaffen.</t>
         </is>
       </c>
-      <c r="C947" t="s">
-[...129 lines deleted...]
-      <c r="C955"/>
+      <c r="C955" t="s">
+        <v>791</v>
+      </c>
       <c r="D955">
         <v>0</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t> 	Dr. Public Health während der beruflichen Tätigkeit, "DRGs i. Prozess u. i. der Struktur d. Gesundheitsversorgung, betriebswirtschaftliche Analysen u. integrierte Lösungsansätze" 	Studium der Wirtschaftswissenschaften in Bielefeld und Wien: Schwerpunkte: Internationales Krankenhausmanagement und Betriebsinformatik 	Schwerpunkte im Beruf: Chancen der Digitalisierung, Health-IT und –Technologie, Business Development, Prozesse, Reorganisation, Strategie und Unternehmensberatung und -führung 	Als Inhaber der Zertifikate "CHCIO, SH-I-ME und Medizinische Informatik" seit 1995 Erfahrungen in Unternehmen der Gesundheitswirtschaft (Unternehmensberatung, Krankenhäuser, Anbieter von Health-IT und –Technologie) </t>
+          <t>Patrick Werner ist Mitgründer und Geschäftsführer der echinos GmbH und studierte Medizininformatik an der Ruprecht-Karls-Universität Heidelberg. Zuvor absolvierte Er eine Ausbildung als Rettungssanitäter und Kinderkrankenpfleger.Schon im Studium begann die Spezialisierung auf Interoperabilität und die Modellierung und Automatisierung klinischer Prozesse.Seit 2016 schult und berät Patrick auf nationaler also auch internationaler Ebene Studenten, Unternehmen und staatliche Einrichtungen in der Umsetzung digitaler Prozesse sowie des FHIR Standards. In den letzten Jahren begleitete er diverse nationale und internationale FHIR Spezifikationen, wie beispielsweise die deutschen Basisprofile oder das Bestätigungsverfahren ISiK der gematik GmbH. Er ist Contributor des hapi-fhir Projekts, Co-Chair der Genomics Workgroup bei HL7 International und stellvertretender Leiter der Terminologie Arbeitsgruppe im HL7 Deutschland e.V.</t>
         </is>
       </c>
       <c r="C956" t="inlineStr">
         <is>
-          <t> 	Digitalisierungs- und Datenstrategie 	Architektur- und Technologie Management 	Health Information Exchange 	Interoperabilitätsplattformen 	Strategie-Controlling, Steuerungsmaßnahmen und Weiterentwicklung </t>
+          <t>FHIR Standard, Implementierung von FHIR Servern und Clients, Onkologische und genetische Informationsobjekte, Terminologien, BPMN Modellierung &amp; Automatisierung</t>
         </is>
       </c>
       <c r="D956">
         <v>0</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>Projektziel: Abschaetzung des Wirkpotentials einer Neuen Versorgungsform (NVF), in der soziale Roboter genutzt werden, um Patient:innen zur Teilnahme und adaerenten Nutzung einer digitalen Nachsorge nach stationaerer Depressionstherapie zu motivieren.</t>
-[...2 lines deleted...]
-      <c r="C957"/>
+          <t>Paul Hellwig konzentriert sich seit über 20 Jahren auf die Themen Künstliche Intelligenz, Datenstandardisierung, Plattformen, Machine Learning u.a. im Gesundheitswesen. So war er einige Jahre lang ein treibender Akteur der Precision Medicine Initiative von Elsevier mit der Entwicklung eines Medical Graph. Zwischen 2021 und 2024 war Paul als Chief Data Officer bei den BG Kliniken verantwortlich für den Aufbau einer Interoperabilitätsinitiative, für die Einführung von IHE und FHIR, für die Forschungsdatenplattform und für KI Lösungen. Paul hat in seinem Berufsleben KI- und IT-Lösungen für Pharma, für Arztnetze, für Krankenkassen und für Krankenhäuser konzipiert. Er kennt also einige Aspekte des deutschen Gesundheitswesens. 2024 hat Paul die Beratungsagentur DEEEP.AI gegründet, und ab 2025 ist er AI in Healthcare Lead bei der Deutschen Telekom Healthcare Solutions.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Künstliche Intelligenz im Gesundheitswesen, Souveräne KI, Interoperabilität im Krankenhaus, Datenstandardisierung, Big Data Plattformen, Machine Learning, Unternehmenstransformation</t>
+        </is>
+      </c>
       <c r="D957">
         <v>0</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" t="s">
-        <v>787</v>
-[...5 lines deleted...]
-        <v>39813</v>
+        <v>794</v>
+      </c>
+      <c r="B958" t="inlineStr">
+        <is>
+          <t>Paul Künzle arbeitet an der Charité – Universitätsmedizin Berlin und beschäftigt sich dort mit der Analyse von Daten in der Zahnmedizin. Er studierte Zahnmedizin an der Universität Hamburg.</t>
+        </is>
+      </c>
+      <c r="C958" t="s">
+        <v>795</v>
       </c>
       <c r="D958">
         <v>0</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B959" t="inlineStr">
+        <is>
+          <t>Mein Anspruch ist, die fortschrittlichsten Technologien zur Verbesserung der medizinischen Versorgung einzusetzen. Dazu zählen die Verschlankung der klinischen Prozesse in den Krankenhäusern, Versorgungszentren und Praxen sowie die Vereinfachung des Zugangs der Patient:innen zur Medizin. Ob FHIR, künstliche Intelligenz oder Cloud-Technologien dabei zum Einsatz kommen ist weit weniger wichtig, als dass die Digitalisierung die Qualität und Zugang zur Gesundheitsversorgung für jetzige und nachwachsende Generationen verbessert.</t>
+        </is>
+      </c>
+      <c r="C959" t="s">
+        <v>797</v>
+      </c>
+      <c r="D959">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" t="s">
+        <v>798</v>
+      </c>
+      <c r="B960" t="inlineStr">
+        <is>
+          <t>Ziel von EliPfad ist die Vermeidung von Rehospitalisierungen ≥65-jähriger, multimorbider Pati- ent:innen nach einem Krankenhaus (KH)-aufenthalt durch i) eine höhere Adhärenz zur Therapie aufgrund der geringeren Therapiebürde und ii) eine sektorenübergreifende, interdisziplinäre Ver- sorgung. Hypothese: EliPfad führt bei der Zielpopulation zu einer Verringerung von Rehospitali- sierungen innerhalb von 6 Monaten nach KH-Entlassung.</t>
+        </is>
+      </c>
+      <c r="C960"/>
+      <c r="D960">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" t="s">
+        <v>799</v>
+      </c>
+      <c r="B961" t="inlineStr">
+        <is>
+          <t>Dr. Peter Gocke ist Mediziner und betrieb bereits als Radiologe an der Uniklinik Essen erfolgreich die Digitalisierung der Radiologie der Universitätsklinik. 2004 wechselte er als CIO an die Uniklinik Hamburg-Eppendorf (UKE). Dort war er eine der treibenden Kräfte für den digitalen Umbau des UKE zum papierlosen Krankenhaus. Unter seiner Ägide erhielt das UKE 2011 als erstes Krankenhaus in Europa den HIMSS EMRAM Award der Stufe 7, die Auszeichnung für die höchste Ausbaustufe der kompletten Umstellung eines Klinikums auf papierloses Arbeiten. Im April 2017 wurde er als 1. Chief Digital Officer (CDO) im deutschen Gesundheitswesen Leiter der neu geschaffenen Stabsstelle "Digitale Transformation" der Charité.</t>
+        </is>
+      </c>
+      <c r="C961" t="s">
+        <v>800</v>
+      </c>
+      <c r="D961">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" t="s">
+        <v>801</v>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>Philipp Kachel studierte angewandte Informatik mit dem Schwerpunkt medizinische Informatik an der Georg-August Universität in Göttingen und konnte die gewonnen Erfahrungen mit seiner langjährigen Tätigkeit als IT-Koordinator in der Abt. für Hämatologie und Onkologie der Universitätsmedizin Göttingen kombinieren. Seit 2014 ist er am Aufbau des integrierten klinisch-epidemiologischen Krebsregisters in Rheinland-Pfalz beteiligt und dort seit November 2020 als Chief Information Officer tätig. Damit ist er verantwortlich für die digitale Ausrichtung des Krebsregisters RLP. Dies schließt neben interoperablen Schnittstellen auch innovative Themen aus dem Bereich machine learning mit ein. Zudem ist er Sprecher der AG Krebsregister der GMDS und beteiligt sich aktiv an der Weiterentwicklung des onkologischen Basisdatensatzes (oBDS).</t>
+        </is>
+      </c>
+      <c r="C962" t="s">
+        <v>802</v>
+      </c>
+      <c r="D962">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" t="s">
+        <v>803</v>
+      </c>
+      <c r="B963" t="inlineStr">
+        <is>
+          <t>Die PIA Applikation gewährleistet die Erfassung von Patient Reported Outcome Measures (PROMs) sowie der Patient*innenbedürfnisse und kann als bi-direktionale Kommunikationsplattform genutzt werden. Echtzeitinformationen für die Patient*innen zum Status ihrer Erkrankungen stärken die Entscheidungs- und Diskussionsgrundlage. Der Behandlungspfad wird individuell angepasst (z. B. digitale Rückmeldung an das Verosrgungsnetzwerk bei höhergradigen Nebenwirkungen), um die Bedarfskoordination von Nachsorgeleistungen zu ermöglichen. Durch digitale Behandlungspläne im Rahmen der PIA-Plattform werden Therapieadhärenz, Erkennen und rechtzeitiges Behandeln von kritischen Nebenwirkungen verbessert. Diese Elemente werden mit Algorithmen des maschinellen Lernens angereichtert, um in einem selbstlernenden System Benachrichtigungen und Inhalte der individuellen Lebenssituation anzupassen.</t>
+        </is>
+      </c>
+      <c r="C963"/>
+      <c r="D963">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" t="s">
+        <v>804</v>
+      </c>
+      <c r="B964" t="inlineStr">
+        <is>
+          <t> 	Dr. Public Health während der beruflichen Tätigkeit, "DRGs i. Prozess u. i. der Struktur d. Gesundheitsversorgung, betriebswirtschaftliche Analysen u. integrierte Lösungsansätze" 	Studium der Wirtschaftswissenschaften in Bielefeld und Wien: Schwerpunkte: Internationales Krankenhausmanagement und Betriebsinformatik 	Schwerpunkte im Beruf: Chancen der Digitalisierung, Health-IT und –Technologie, Business Development, Prozesse, Reorganisation, Strategie und Unternehmensberatung und -führung 	Als Inhaber der Zertifikate "CHCIO, SH-I-ME und Medizinische Informatik" seit 1995 Erfahrungen in Unternehmen der Gesundheitswirtschaft (Unternehmensberatung, Krankenhäuser, Anbieter von Health-IT und –Technologie) </t>
+        </is>
+      </c>
+      <c r="C964" t="inlineStr">
+        <is>
+          <t> 	Digitalisierungs- und Datenstrategie 	Architektur- und Technologie Management 	Health Information Exchange 	Interoperabilitätsplattformen 	Strategie-Controlling, Steuerungsmaßnahmen und Weiterentwicklung </t>
+        </is>
+      </c>
+      <c r="D964">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" t="s">
+        <v>805</v>
+      </c>
+      <c r="B965" t="inlineStr">
+        <is>
+          <t>Projektziel: Abschaetzung des Wirkpotentials einer Neuen Versorgungsform (NVF), in der soziale Roboter genutzt werden, um Patient:innen zur Teilnahme und adaerenten Nutzung einer digitalen Nachsorge nach stationaerer Depressionstherapie zu motivieren.</t>
+        </is>
+      </c>
+      <c r="C965"/>
+      <c r="D965">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" t="s">
+        <v>806</v>
+      </c>
+      <c r="B966" t="s">
+        <v>807</v>
+      </c>
+      <c r="C966" s="3">
+        <v>39813</v>
+      </c>
+      <c r="D966">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" t="s">
+        <v>808</v>
+      </c>
+      <c r="B967" t="inlineStr">
         <is>
           <t>§ Verbesserung der Versorgungsqualität und -effizienz bei kardiovaskulären Hochrisikopatienten mit Diabetes mellitus Typ II
 § Verhinderung kardiovaskulärer und diabetesassoziierter Folgeerkrankungen
 § Optimierung der Zusammenarbeit zwischen allen beteiligten Versorgungseinrichtungen und Berufsgruppen zur Festlegung einer kardiovaskulären Präventionsstrategie
 § Behebung von Versorgungsdefiziten, insb. mangelnde Interaktion zwischen verschiedenen (Fach-)Arztgruppen, reduzierte Behandlungssicherheit und -adhärenz der Patienten
 § Verbesserung des patientenseitigen Selbstmanagements der Erkrankung
 Effektiver Einsatz digitaler Technologien zur Optimierung der leitliniengerechten Risikofaktoreneinstellung der betroffenen Patienten</t>
         </is>
       </c>
-      <c r="C959"/>
-[...8 lines deleted...]
-      <c r="B960" t="inlineStr">
+      <c r="C967"/>
+      <c r="D967">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" t="s">
+        <v>809</v>
+      </c>
+      <c r="B968" t="inlineStr">
         <is>
           <t>Puya Badakhsh arbeitet als Zahnarzt in freier Praxis und war bis vor kurzem wissenschaftlicher Mitarbeiter im Data Science Team der Abteilung für Orale Diagnostik, Digitale Zahnmedizin und Versorgungsforschung an der Charité – Universitätsmedizin Berlin. Dort forschte er im Bereich der Auswertung von radiologischen Daten mittels künstlicher Intelligenz und führte umfangreiche Datenauswertungen mit Python und R durch. Im IOP-Expertenkreis bringt er seine klinische Erfahrung und sein Wissen im Bereich digitaler Standards und Interoperabilität ein.</t>
         </is>
       </c>
-      <c r="C960" t="s">
-[...10 lines deleted...]
-      <c r="B961" t="inlineStr">
+      <c r="C968" t="s">
+        <v>810</v>
+      </c>
+      <c r="D968">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" t="s">
+        <v>811</v>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Das Ziel der Studie ist die Evaluation einer Neuen Versorgungsform (NVF), welche bedürftige Personen mit Hilfe einer Kombination aus telefonischen Kurzkontakten und E-Mental-Health-Angeboten bei der hinreichend zeitnahen Aufnahme einer indizierten ambulanten Richtlinienpsychotherapie unterstützt und diese Personen während nicht-vermeidbarer Wartezeiten zu einem systematischen Training gesundheitsstabilisierender Kompetenzen anleitet.
 Mit Hilfe von 6 (QUATEMAR-Standard) bzw. 12 Telefonkontakten (QUATEMAR-Intensiv) sowie innovativen digitalen Angeboten unterstützen approbierte Psychotherapeuten bei der Suche nach einem Therapieplatz und der Stabilisierung der psychischen Gesundheit. Die Telefonkontakte folgen einem modular aufgebauten Manual, welches patientenzentriert-adaptiv die Themen: Remoralisierung, motivationale und instrumentelle Hilfestellung bei der Therapieplatzsuche, Förderung der Problemlösekompetenz, Förderung der Emotionsregulationskompetenz und störungsspezifische Selbsthilfe adressiert. Die auf diese Inhalte abgestimmte und vom Therapeuten für den einzelnen Patienten patientenzentriert zusammenstellbare QUATEMAR-App unterstützt diese Interventionen mit Hilfe von individuell aufbereiteten und leicht verständlich dargebotenen Informationen sowie mit motivationsoptimierten Anleitungen zu kompetenzfördernden Übungen.</t>
         </is>
       </c>
-      <c r="C961"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="C969"/>
+      <c r="D969">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" t="s">
+        <v>812</v>
+      </c>
+      <c r="B970" t="inlineStr">
         <is>
           <t>Dieses Dokument legt Anforderungen an ein Qualitätsmanagementsystem fest, wenn eine Organisation a) ihre Fähigkeit darlegen muss, fortlaufend Produkte oder Dienstleistungen bereitstellen zu können, die die Anforderungen der Kunden und die zutreffenden gesetzlichen und behördlichen Anforderungen erfüllen, und b) danach strebt, die Kundenzufriedenheit durch wirksame Anwendung des Systems zu erhöhen, einschließlich der Prozesse zur fortlaufenden Verbesserung des Systems und der Zusicherung der Einhaltung von Anforderungen der Kunden und von zutreffenden gesetzlichen und behördlichen Anforderungen. Alle in diesem Dokument festgelegten Anforderungen sind allgemeiner Natur und auf alle Organisationen anwendbar, unabhängig von deren Art und Größe und von der Art der von ihr bereitgestellten Produkte.</t>
         </is>
       </c>
-      <c r="C962" s="3">
+      <c r="C970" s="3">
         <v>42308</v>
       </c>
-      <c r="D962">
-[...7 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="D970">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" t="s">
+        <v>813</v>
+      </c>
+      <c r="B971" t="inlineStr">
         <is>
           <t>Seit 2008 bin ich im Bereich eHealth tätig. In diesem Zeitraum wirkte ich in nationalen und internationalen eHealth-Projekten zur Konzeption und Spezifikation von Infrastrukturen zum Austausch von personenbezogenen, medizinischen Daten mit. Einschlägiges Wissen baute ich in den Gebieten der elektronischen Patientenakte, der Elektronischen Fallakte, des Identity &amp; Access Management und den zugehörigen Standards auf. Aktuell arbeite ich als IT-Architekt im Produktteam Patient bei der gematik, welches die bundesweit verfügbare elektronische Patientenakte verantwortet.</t>
         </is>
       </c>
-      <c r="C963" t="s">
-[...10 lines deleted...]
-      <c r="B964" t="inlineStr">
+      <c r="C971" t="s">
+        <v>814</v>
+      </c>
+      <c r="D971">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" t="s">
+        <v>815</v>
+      </c>
+      <c r="B972" t="inlineStr">
         <is>
           <t>Ralf Franke ist seit über 35 Jahren im Bereich der SWEntwicklung im dt. Gesundheitswesen (vorwiegend für PVS/AIS) als Entwickler / Entwicklungsleiter tätig. Dabei unterstützte er aktuelle Standardisierungsverfahren durch aktive Mitarbeit in verschiedenen Gremien und Organisationen wie zuletzt HL7 und IHE Deutschland. Als Vorstandsmitglied im Qualitätsring Medizinische Software e.V. (QMS) arbeitete er an den xDTSchnittstellen mit und war Mitbegründer des Gerätedatenträger GDT). Unter seiner Mitarbeit entstanden diverse Spezifikationen u.a. der VHitG-Arztbrief (CDA), elektronische KBV- Muster (FHIR) und der Gerätedatenträger (xDT) des QMS.</t>
         </is>
       </c>
-      <c r="C964" t="s">
-[...10 lines deleted...]
-      <c r="B965" t="inlineStr">
+      <c r="C972" t="s">
+        <v>816</v>
+      </c>
+      <c r="D972">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" t="s">
+        <v>817</v>
+      </c>
+      <c r="B973" t="inlineStr">
         <is>
           <t>Bei Medtronic leite ich ein Team von Software und Data Ingenieuren, das relevante Informationen aus den Daten von aktiven medizinischen Produkten (z.B. Herzschrittmacher, Insulin-Pumpen) extrahiert. Seit dem Beginn meines Berufslebens war es allzeit ein Teil meiner Arbeit aus (physiologischen) Signalen und Daten relevante und verwertbare Information zu gewinnen. Zu Beginn war dies, in einer Gruppe von Kardiologen im Klinikum rechts der Isar in München, die Identifizierung von Patienten, die ein erhöhtes Risiko für einen plötzlichen Herztod hatten. In den letzten 14 Jahren bei Medtronic habe ich mich vor allem auf die Verarbeitung der Daten konzentriert, die in unseren Produkten gemessen und gesammelt werden. Anhand dieser Daten können die Benutzer unserer Produkte (Ärzte und Patiente) Einblicke erhalten, die zu einer verbesserten Patiententherapie und einer effizienteren Patientenversorgung führen.</t>
         </is>
       </c>
-      <c r="C965" t="inlineStr">
+      <c r="C973" t="inlineStr">
         <is>
           <t>Verarbeitung und Analyse von medizinischen Geräte- und Produktdaten (Kardiologie, Diabetes, Neurologie); Implementierung von Software gemäß EN62304 (Medical Device Software Lifecycle) und CE Zertifizierung MDD/AIMDD und MDR</t>
         </is>
       </c>
-      <c r="D965">
-[...7 lines deleted...]
-      <c r="B966" t="inlineStr">
+      <c r="D973">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" t="s">
+        <v>818</v>
+      </c>
+      <c r="B974" t="inlineStr">
         <is>
           <t>Gesamtziel des Projektes ist die Implementierung eines regionalen telemedizinischen Netzwerks zur Sicherstellung der station&amp;auml;ren p&amp;auml;diatrischen Versorgung in l&amp;auml;ndlichen Regionen in Mecklenburg-Vorpommern und Nord-Brandenburg. Nachhaltigkeit spielt in diesem Projekt eine wichtige Rolle, es wird angestrebt, dass 1) die w&amp;auml;hrend der Projektlaufzeit aufgebauten Strukturen und Funktionalit&amp;auml;ten nach Projektende weiter existieren und 2) das Konzept in anderen Regionen und/oder Settings erweitert werden kann. Dazu werden detaillierte Prozessanalysen zur Nutzung und Organisation der telemedizinischen Funktionalit&amp;auml;ten, eine gesundheits&amp;ouml;konomische Analyse und eine juristische Expertise durchgef&amp;uuml;hrt.
 Die prim&amp;auml;re Forschungsfrage lautet, ob ein telep&amp;auml;diatrisches Netzwerk mit den Funktionalit&amp;auml;ten 1) telemedizinische Triage, 2) telemedizinisches spezial-fach&amp;auml;rztliches Konsil und 3) telemedizinische Facharztfunktionalit&amp;auml;t/Virtueller Hintergrunddienst die regionale p&amp;auml;diatrische Versorgung sicherstellen und unterst&amp;uuml;tzen kann.</t>
         </is>
       </c>
-      <c r="C966"/>
-[...8 lines deleted...]
-      <c r="B967" t="inlineStr">
+      <c r="C974"/>
+      <c r="D974">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" t="s">
+        <v>819</v>
+      </c>
+      <c r="B975" t="inlineStr">
         <is>
           <t>RADIUS ist eine Online-Intervention für die ambulante Behandlung von Patienten mit einer Alkoholabhängigkeit mittels Face-to-Face Psychotherapie nach CRA (Community Reinforcement Approach, Meyers &amp; Smith, 2011) unmittelbar nach einer qualifizierten Entzugsbehandlung. 
 Durch die Konfrontation mit den eigenen dysfunktionalen bzw. symptomatischen Verhalten wird die Verhaltensveränderung im Rahmen der Psychotherapie bei geringerer Sitzungsdauer begünstigt. Dabei wird die Trinkmenge und die Anzahl der Trinktage signifikant reduziert und die Abstinenz über mindestens drei Monate, also die Hochrisikophase für Rückfälle, stabilisiert.</t>
         </is>
       </c>
-      <c r="C967"/>
-[...8 lines deleted...]
-      <c r="B968" t="inlineStr">
+      <c r="C975"/>
+      <c r="D975">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" t="s">
+        <v>820</v>
+      </c>
+      <c r="B976" t="inlineStr">
         <is>
           <t>Reto Wettstein absolvierte bis 2016 ein Bachelorstudium der Angewandten Informatik mit Schwerpunkt Neuroinformatik an der Universität Zürich. Anschließend schloss er 2018 ein Masterstudium der Medizinischen Informatik an der Universität Heidelberg ab. Seit 2019 spielt er eine zentrale Rolle beim Aufbau des Medizinischen Datenintegrationszentrums am Universitätsklinikum Heidelberg und übernahm von 2022 bis 2024 dessen stellvertretende Leitung. Darüber hinaus war er aktives Mitglied der Arbeitsgruppe Interoperabilität der Medizininformatik-Initiative und engagierte sich in den Taskforces "Übergreifende Schnittstellen" und "Prozessmodellierung". Außerdem entwickelt er bis heute maßgeblich am Data Sharing Framework mit, insbesondere an der standortübergreifenden Prozessimplementierung für Reporting, Machbarkeitsanfragen und Datenbereitstellung im Rahmen der Medizininformatik-Initiative. 2025 schloss Reto Wettstein seine Promotion am Universitätsklinikum Heidelberg ab, wobei er sich auf den Einsatz von Wearables in der medizinischen Forschung und Versorgung, insbesondere in der Kardiologie, spezialisierte. Seit 2025 ist er bei der vitagroup AG als Solution Architect eHealth im Bereich der Health Intelligence Platform (HIP) tätig.</t>
         </is>
       </c>
-      <c r="C968" t="inlineStr">
+      <c r="C976" t="inlineStr">
         <is>
           <t>Syntaktische Interoperabilität (HL7 v2, HL7 FHIR und openEHR), Prozessmodellierung und Prozessinteroperabilität (BPMN 2.0), Integrating the Healthcare Enterprise (IHE), Wearables</t>
         </is>
       </c>
-      <c r="D968">
-[...7 lines deleted...]
-      <c r="B969" t="inlineStr">
+      <c r="D976">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" t="s">
+        <v>821</v>
+      </c>
+      <c r="B977" t="inlineStr">
         <is>
           <t>RheMIT ist eine Dokumentationssoftware für die Rheumatologie, welche die rheumatologische Versorgung unterstützen und eine effektive und standardisierte Dokumentation im RahmenvonVersorgungsverträgen, Innovationsfonds-Projekten, Studien sowie in epidemiologischen Forschungsvorhaben in der internistischen und pädiatrischen Rheumatologie ermöglichen soll. Perspektivisch soll RheMIT zum zentralen Dokumentationssystem in der Rheumatologieund zur zentralenKomponenteeiner übergreifenden Rheuma-IT-Strukturwerden.</t>
         </is>
       </c>
-      <c r="C969"/>
-[...8 lines deleted...]
-      <c r="B970" t="inlineStr">
+      <c r="C977"/>
+      <c r="D977">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" t="s">
+        <v>822</v>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Die eHealthData-Richtilinie ist ein Konzept zur Entwicklung einerSCIPHOX unterstützende XML-Schnittstelle, die nicht den Patienten sodern das zuübertragende Informationsbojekt im Fokus hat. Zu der ehd-Schnittstellenfamilie gehören die folgenden Schnittstellen:
 - Schnittstelle für die EBM-Stammdatenlieferungen (SDEBM),
 - Schnittstelle zur Stammdatei Arzneimittelvereinbarungen (SDARV),
 - Schnittstelle zur Stammdatei Datenannahmestelle (SDDA),
 - Schnittstelle zur Stammdatei Heilmittel (SDHM),
 - Schnittstelle zur Stammdatei Heilmittel Anlage (SDHMA),
 - Schnittstelle zur Stammdatei Internationale Klassifikation der Krankheiten (SDICD),
 - Schnittstelle zur Stammdatei Kodierhilfe (SDKH),
 - Schnittstelle zur Stammdatei Kodier-Regelwerk (SDKRW),
 - Schnittstelle zur Stammdatei Kostenträger (SDKT),
 - Schnittstelle für QS-Dialyse-Berichtersteller,
 - Schnittstelle für QS Hörgeräteversorgung,
 - Schnittstelle für QS Hörgeräteversorgung Kinder,
 - Schnittstelle für QS Holmium-Laser-Therapie,
 - Schnittstelle für QS Kapselendoskopie,
 - Schnittstelle für QS Molekulargenetik und
 - Schnittstelle für QS Zervix-Zytologie.</t>
         </is>
       </c>
-      <c r="C970">
+      <c r="C978">
         <v>1</v>
       </c>
-      <c r="D970">
+      <c r="D978">
         <v>15</v>
       </c>
     </row>
-    <row r="971">
-[...3 lines deleted...]
-      <c r="B971" t="inlineStr">
+    <row r="979">
+      <c r="A979" t="s">
+        <v>823</v>
+      </c>
+      <c r="B979" t="inlineStr">
         <is>
           <t>Rico Tetmeyer studierte Informatik mit dem Schwerpunkt Medizinische Informatik. Seit 2009 ist er bei der Firma medatixx tätig. In seinen verschiedenen Rollen, zunächst als Entwickler und später als Entwicklungsleiter, beschäftigt er sich seit über zehn Jahren sowohl mit der Implementierung von interoperablen Lösungen, als auch mit Standardisierungsverfahren im Bereich der Gesundheits-IT. Seit vielen Jahren bringt er sich als Experte in der AG Interoperabilität des Bundesverbands Gesundheits-IT – bvitg e.V. ein. Hier begleitet er Kommentierungs- sowie Konsentierungsverfahren zu Interoperabilitätsvorhaben und unterstützt den Verband im Austausch mit anderen Gremien aus Politik, Selbstverwaltung und Fachgesellschaften.</t>
         </is>
       </c>
-      <c r="C971" t="s">
-[...10 lines deleted...]
-      <c r="B972" t="inlineStr">
+      <c r="C979" t="s">
+        <v>523</v>
+      </c>
+      <c r="D979">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" t="s">
+        <v>824</v>
+      </c>
+      <c r="B980" t="inlineStr">
         <is>
           <t>Das Dokument legt Leitlinien für das Behandeln von Risiken fest, denen von Organisationen ausgesetzt sind. Die Anwendung dieser Leitlinien kann an jede Organisation und deren Kontext angepasst werden. Das Dokument bietet einen allgemeinen Ansatz für das Behandeln jeglicher Art von Risiko, ist nicht industrie- oder sektorspezifisch und kann während der gesamten Lebensdauer der Organisation genutzt und auf alle Aktivitäten einschließlich der Entscheidungsfindung auf allen Ebenen angewendet werden.</t>
         </is>
       </c>
-      <c r="C972" s="3">
+      <c r="C980" s="3">
         <v>43373</v>
       </c>
-      <c r="D972">
-[...7 lines deleted...]
-      <c r="B973" t="inlineStr">
+      <c r="D980">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981" t="s">
+        <v>825</v>
+      </c>
+      <c r="B981" t="inlineStr">
         <is>
           <t>Robert Fruth ist als Senior Project Certification Lead bei der Doctolib GmbH tätig und verfügt über besondere Expertise im Bereich der Qualitätssicherung. Er hat einen Master in Informatik und ist zertifizierter Test-, Anforderungs- und Projektmanager. Bei Doctolib fungiert er als interner Berater für alle zertifizierungsrelevanten Themen im ambulanten Bereich. Darüber hinaus ist er ein erfahrener FHIR-Profiler. Er war maßgeblich an der Implementierung des MIO Mutterpasses beteiligt.</t>
         </is>
       </c>
-      <c r="C973" t="s">
-[...10 lines deleted...]
-      <c r="B974" t="inlineStr">
+      <c r="C981" t="s">
+        <v>826</v>
+      </c>
+      <c r="D981">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982" t="s">
+        <v>827</v>
+      </c>
+      <c r="B982" t="inlineStr">
         <is>
           <t>Als Unternehmer und Mentor bin ich Enthusiast in den Bereichen Gesundheitswesen und IT (eHealth) und engagiert im Bereich eHealth – von CIS bis Telemedizin und Apps, außerdem tätig im öffentlichen Gesundheitswesen auf Landesebene (und ehrenamtlich), fundiert in internationaler Gesundheitskommunikation (PR, PA), langjährige Erfahrung und Erfolgsbilanz in eHealth und Gesundheitswesen-IT, interessiert an nachhaltiger Kommunikation wie CSR.</t>
         </is>
       </c>
-      <c r="C974" t="inlineStr">
+      <c r="C982" t="inlineStr">
         <is>
           <t>•semantische Standards •Krankenhausinformationssysteme •Kommunikationsstandards (IHE, HL7, FHIR, usw.)•Patientenportale •Online-Terminbuchung •Telematikinfrastruktur (ePA und KIM) •Arzt-Patientenkommunikation •Patientenaufklärung, Anamnese•Organisationsmanagement
 •Abbildung von medizinischen, logistischen und kaufmännischen Prozessen (use-cases) durch Einsatz von Interoperabilität•IT- und Kommunikations-Standards im Gesundheitswesen•Mehrfachverwendbarkeit von granularen strukturellen Datenformate•semantische &amp;amp; syntaktische Standards, Terminologien•internationale Klinische und Labor Datenmodellierung•Medizininformatik, SNOMED, LOINC, FHIR, ...•Integration von Subsystemen in Primärsystem, Healthcare IT, Prozessdesign in der Patientenversorgung•Web Standards und Protokolle (REST/HTTP, SOAP, XML, JSON, RDF, TLS, ISO/OSI); HL7 FHIR•Telematikinfrastruktur; Medizinproduktentwicklung nach IEC 62304; Sichere Entwicklungsprozesse (SDLC)</t>
         </is>
       </c>
-      <c r="D974">
-[...7 lines deleted...]
-      <c r="B975" t="inlineStr">
+      <c r="D982">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983" t="s">
+        <v>828</v>
+      </c>
+      <c r="B983" t="inlineStr">
         <is>
           <t>Robert Mützner absolvierte sein Studium der Medizinischen Informatik an der Fachhochschule Dortmund. Seit seiner Studienzeit beschäftigte er sich insbesondere mit medizinischen Terminologien und Standardisierung im Gesundheitswesen. In Forschungsprojekten war er maßgeblich an der Entwicklung eines CTS2-Terminologieservers beteiligt, welcher von 2014 bis 2022 national bei der ELGA in Österreich eingesetzt wurde. Seine Terminologie-Expertise hat Robert Mützner durch seine Dissertation erweitert, in welcher er im Bereich wissensbasierte kontextsensitiv-reaktive Anwendungen in klinischen Systemen forschte. Seit 2019 beschäftigt er sich mit unterschiedlichen Thematiken im Bereich eHealth als Softwarearchitekt bei der Kassenärztlichen Vereinigung Westfalen-Lippe.</t>
         </is>
       </c>
-      <c r="C975" t="s">
-[...10 lines deleted...]
-      <c r="B976" t="inlineStr">
+      <c r="C983" t="s">
+        <v>829</v>
+      </c>
+      <c r="D983">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984" t="s">
+        <v>830</v>
+      </c>
+      <c r="B984" t="inlineStr">
         <is>
           <t>Als niedergelassene Zahnärztin arbeite ich seit 2005 in der eigenen voll digitalisierten Praxis und engagiere mich seit 2009 auch in der zahnärztlichen Selbstverwaltung. Seit 2021 bin ich Vizepräsidentin der Bundeszahnärztekammer und u.a. für die Themen Digitalisierung und Telematikinfrastruktur verantwortlich.</t>
         </is>
       </c>
-      <c r="C976" t="s">
-[...13 lines deleted...]
-      <c r="C977" t="inlineStr">
+      <c r="C984" t="s">
+        <v>831</v>
+      </c>
+      <c r="D984">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985" t="s">
+        <v>832</v>
+      </c>
+      <c r="B985" t="s">
+        <v>833</v>
+      </c>
+      <c r="C985" t="inlineStr">
         <is>
           <t>Agiles Projektmanagment (SCRUM, Kanban); Krankenhausinformationssysteme (Klinische Prozesse &amp;amp; Dokumentation); Informationsmanagement im Gesundheitswesen; Interoperabilität &amp;amp; HL7 Standards (v2, v3, FHIR); FHIR Profilierung</t>
         </is>
       </c>
-      <c r="D977">
-[...7 lines deleted...]
-      <c r="B978" t="inlineStr">
+      <c r="D985">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986" t="s">
+        <v>834</v>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Das samedi Patientenkonto ermöglicht eine schnelle und einfache Arztsuche, Online-Terminbuchung und übersichtliche Terminverwaltung für Patienten. Personenbezogene Gesundheitsdaten können hochsicher gespeichert und zwischen Patienten und ihren Ärzten freigegeben werden. Das Patientenkonto gewährleistet damit eine sichere Vernetzung sowiedas Schreiben von sicheren Nachrichten zwischen der medizinischen Institution bzw. dem Arzt und den Patienten.</t>
         </is>
       </c>
-      <c r="C978"/>
-[...8 lines deleted...]
-      <c r="B979" t="inlineStr">
+      <c r="C986"/>
+      <c r="D986">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" t="s">
+        <v>835</v>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>samedi ist eine Web-Softwarelösung (SaaS) zur gemeinsamen Patientenkoordination im Gesundheitswesen vom Online-Arzttermin über die Zuweisung und Fallsteuerung bis zu Managed-Care-Lösungen zwischen den Arztpraxen, Kliniken, medizinischen Dienstleistern, Patienten und Kostenträgern. Die Software bietet eine umfassende fach- und sektorenübergreifende Lösung, mit der zum Beispiel Terminbuchungen für Patienten im ambulanten Bereich online ermöglicht werden.</t>
         </is>
       </c>
-      <c r="C979"/>
-[...8 lines deleted...]
-      <c r="B980" t="inlineStr">
+      <c r="C987"/>
+      <c r="D987">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" t="s">
+        <v>836</v>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Sanja Berger ist Healthcare IT Spezialistin, Business Analystin und Projektleiterin bei der Deutschen Gesetzlichen Unfallversicherung e.V. (DGUV). Sie verantwortet unter anderem die Leitung des FHIR Projektes, das die Einführung und Umsetzung des FHIR-Standards für den strukturierten Datenaustausch zwischen Leistungserbringern und Unfallversicherungsträgern organisiert. Ihr Fokus liegt darauf, semantische und syntaktische Standards anzuwenden, um eine größtmögliche Interoperabilität zu gewährleisten. Sanja bringt umfangreiche Expertise in der Digitalisierung der gesetzlichen Unfallversicherung ein, um Prozesse effizienter zu gestalten und die Versorgung nachhaltig zu verbessern.</t>
         </is>
       </c>
-      <c r="C980" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Spezifikation, Konzeption und Implementierung des interoperablen Datenaustauschs zwischen Leistungserbringern und Unfallversicherungsträgern unter Anwendung etablierter Standards des deutschen Gesundheitswesens (z.B. HL7 FHIR, HL7 v2, IHE, KIM), einschließlich der Sicherstellung semantischer und syntaktischer Interoperabilität.Expertise zu Strukturen, Prozessen und Datenaustauschverfahren innerhalb der gesetzlichen Unfallversicherung, insbesondere in den Verfahren DALE-UV, eRezept, §300 AMA und §301.</t>
         </is>
       </c>
-      <c r="D980">
-[...7 lines deleted...]
-      <c r="B981" t="inlineStr">
+      <c r="D988">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989" t="s">
+        <v>837</v>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Sascha Lüdemann ist seit 38 Jahren als IT Berater und Softwareentwicker und seit mehr als 20 Jahren im Bereich medizinischer Informationssysteme aktiv. Seit 2010 verantwortet er bei Sonic Healthcare Germany den Bereich eHealth und die Entwicklung zahlreicher medizinischer Softwarelösungen unter anderem das Order-Entry System star.net Labor. Seit fast 12 Jahren ist Herr Lüdemann an der Pflege und Weiterentwicklung des LDT Standards beteiligt und hat verschiedene Arbeitsgruppen im Bereich der Einführung von Standards u.a. LOINC in den Deutschen Laboren begleitet.Als Mitglied der Arbeitsgruppe IT beim Branchenverband ALM e.V. beschäftigt er sich kontinuierlich mit IT spezifischen Aufgabenstellungen aus den Bereichen Kommunikationswege und Standards, Anbindung verschiedener Softwarelösungen an Meldeportale, Zertifizierungen und Kommentierungen von Verordnungen und Datenschutzfragen.</t>
         </is>
       </c>
-      <c r="C981" t="s">
-[...10 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="C989" t="s">
+        <v>838</v>
+      </c>
+      <c r="D989">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990" t="s">
+        <v>839</v>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>Sascha Wiskandt, ist seit 2022 bei der GWQ ServicePlus AG und verantwortet dort in seiner Funktion als Member of Executive Board das Unit Information Management. Zu seinem Unit gehören die Themen Business Analytics, Information Services, Application and Infrastructure Services und Application Development.
 Vor 2022 war Herr Wiskandt 17 Jahre lang in der Beratung tätig, wo er als Verantwortlicher der Themenbereich Krankenversicherung mit Fokus auf die gesetzliche Krankenversicherung aufgebaut hat.
 Darüber hinaus war Herr Wiskandt als Projektleiter, Developer, BI-Architekt und Scrum Master für Kunden aus dem Umfeld der Krankenversicherung tätig, wo er bei der Konzeption und dem Design von Integrations- und DataWarehouse-Lösungen unterstützt hat.
 Im Rahmen der immer zunehmenden regulatorischen Anforderungen in der Krankenversicherung in Bezug auf Datenherkunft und –nutzung hat er sich auf Themen wie Data Governance, Data Lineage und Standardisierung von Schnittstellen spezialisiert.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>IBM Data Science Professional CertificateDS0101EN, Introduction to Data ScienceDS0720EN: Data Science and Machine Learning Capstone ProjectDigital Health für Einsteiger, OpenHPIEDI Diagnostics und ManagementEAIETL/ Data Warehouse</t>
         </is>
       </c>
-      <c r="D982">
-[...7 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="D990">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991" t="s">
+        <v>840</v>
+      </c>
+      <c r="B991" t="inlineStr">
         <is>
           <t>Der Gesetzgeber hat im § 370a Absatz 5 des Fünften Buches Sozialgesetzbuch (SGB V) festgelegt: "Die Kassenärztliche Bundesvereinigung (KBV) hat die erforderlichen technischen Festlegungen zu treffen, damit nach § 75 Absatz 1a zu vermittelnde Termine von den Vertragsärzten unter Verwendung von informationstechnischen Systemen in der vertragsärztlichen Versorgung an die Terminservicestellen übermittelt werden können. Die Festlegungen sind auf der Plattform nach § 385 Absatz 1 Satz 2 Nummer 5 zu veröffentlichen.
 Die KBV hat die kv.digital GmbH mit der Umsetzung der Schnittstelle beauftragt. Die Schnittstelle ist als HL7 FHIR v4.0.1 R4 (https://hl7.org/fhir/R4/index.html) umgesetzt. Die Übermittlung der Daten erfolgt ausschließlich im XML Format. Das Dokumentenpaket besteht aus der Spezifikation der Schnittstelle "Terminsynchronisation" mit dazugehöriger Technischer Anlage und der Spezifikation für die optional durch die Hersteller umzusetzende Push-Funktionalität. Damit wird das Bereitstellen von Terminen für die Terminservicestellen (116117 Terminservice) im Kontext der Vorgaben des § 75 Absatz 1a SGB V direkt aus den digitalen Kalendersystemen der Praxen ermöglicht. Über die Schnittstelle werden die Daten zum Status des bereitgestellten Termins per Pull- oder optionaler Push-Funktionalität synchronisiert. Alle Daten und Statusänderungen zu über den 116117 Terminservice gebuchten Terminen können zeitnah dem Kalendersystem der Praxis übergeben werden. Das KIG hat am 15.08.2025 nach eingehender Prüfung der Unterlagen das Einvernehmen zur Schnittstelle "Terminsynchronisation" gegeben.</t>
         </is>
       </c>
-      <c r="C983" s="6">
+      <c r="C991" s="6">
         <v>1.0</v>
       </c>
-      <c r="D983">
-[...7 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="D991">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992" t="s">
+        <v>841</v>
+      </c>
+      <c r="B992" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung SDEBM ist der Standard, mit welchem die essentiellen Inhalte des EBM-Katalog zur Einbindung in Softwaresysteme bereitgestellt wird.</t>
         </is>
       </c>
-      <c r="C984">
+      <c r="C992">
         <v>1</v>
       </c>
-      <c r="D984">
+      <c r="D992">
         <v>1</v>
       </c>
     </row>
-    <row r="985">
-[...3 lines deleted...]
-      <c r="B985" t="inlineStr">
+    <row r="993">
+      <c r="A993" t="s">
+        <v>842</v>
+      </c>
+      <c r="B993" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP Asthma ist der Standard zum Austausch der elektronischen Dokumentationen des Disease Management Programms Asthma bronchiale. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise Häufigkeit von Asthma-Symptomen, aktueller Peak-Flow-Wert usw. abgebildet. Die Dokumentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikationsbezogener Risikofaktoren und Kontrolluntersuchungen dienen. Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C985">
+      <c r="C993">
         <v>4</v>
       </c>
-      <c r="D985">
-[...7 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="D993">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994" t="s">
+        <v>843</v>
+      </c>
+      <c r="B994" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP Brustkrebs ist der Standard zum Austausch der elektronischen Dokumentationen des Disease Management Programms Brustkrebs. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise Betroffene Brust, aktueller Behandlungsstatus bezogen auf das operative Vorgehen usw. abgebildet. Die Dokumentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikationsbezogener Risikofaktoren und Kontrolluntersuchungen dienen.
 Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C986">
+      <c r="C994">
         <v>4</v>
       </c>
-      <c r="D986">
-[...7 lines deleted...]
-      <c r="B987" t="inlineStr">
+      <c r="D994">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995" t="s">
+        <v>844</v>
+      </c>
+      <c r="B995" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP COPD ist der Standard zum Austausch der elektronischen Dokumentationen des Disease Management Programms Chronic Obstructive Pulmonary Disease. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise Aktueller FEV1-Wert, Klinische Einschätzung des Osteoporoserisikos durchgeführt usw. abgebildet. Die Dokumentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikationsbezogener Risikofaktoren und Kontrolluntersuchungen dienen. Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C987">
+      <c r="C995">
         <v>4</v>
       </c>
-      <c r="D987">
-[...7 lines deleted...]
-      <c r="B988" t="inlineStr">
+      <c r="D995">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996" t="s">
+        <v>845</v>
+      </c>
+      <c r="B996" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP DM1 ist der Standard zum Austausch der elektroni-schen Dokumentationen des Disease Management Programms Diabetes mellitus Typ 1. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise HbA1c-Wert, eGFR usw. abgebildet. Die Dokumentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikations-bezogener Risikofaktoren und Kontrolluntersuchungen dienen.
  Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C988">
+      <c r="C996">
         <v>5</v>
       </c>
-      <c r="D988">
-[...7 lines deleted...]
-      <c r="B989" t="inlineStr">
+      <c r="D996">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997" t="s">
+        <v>846</v>
+      </c>
+      <c r="B997" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP DM2 ist der Standard zum Austausch der elektroni-schen Dokumentationen des Disease Management Programms Diabetes mellitus Typ 2. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise HbA1c-Wert, eGFR usw. abgebildet. Die Dokumentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikations-bezogener Risikofaktoren und Kontrolluntersuchungen dienen. Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C989">
+      <c r="C997">
         <v>6</v>
       </c>
-      <c r="D989">
-[...7 lines deleted...]
-      <c r="B990" t="inlineStr">
+      <c r="D997">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998" t="s">
+        <v>847</v>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Die Schnittstellenbeschreibung eDMP KHK ist der Standard zum Austausch der elektroni-schen Dokumentationen des Disease Management Programms Koronare Herzkrankheit. Mit der Dokumentation werden die vom Gemeinsamen Bundesausschuss (G-BA) festgelegten Daten wie beispielsweise Serum-Elektrolyte, LDL-Cholesterin usw. abgebildet. Die Doku-mentation bildet somit für den Nutzer (z.B. Arzt und Patienten) den Verlauf der Erkrankung ab und kann als Checkliste bezüglich medikamentöser und nicht-medikamentöser Maßnahmen, indikationsbezogener Risikofaktoren und Kontrolluntersuchungen dienen.
 Die Daten der elektronischen Dokumentationen werden von den Datenannahmestellen, den Kassenärztlichen Vereinigung und den Krankenkassen auch zur Erstellung von Feedback-Berichten, der Durchführung zur Qualitätssicherung oder für die Programmevaluation genutzt bzw. bilden hierzu die Grundlage.</t>
         </is>
       </c>
-      <c r="C990">
+      <c r="C998">
         <v>4</v>
       </c>
-      <c r="D990">
-[...144 lines deleted...]
-      </c>
       <c r="D998">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Der Gesetzgeber hat im § 370a Abs. 2 des Fünften Buches Sozialgesetzbuch (SGB V) festgelegt: "Die Kassenärztliche Bundesvereinigung ermöglicht die Nutzung der in dem elektronischen System nach Absatz 1 bereitgestellten Informationen durch Dritte. Hierzu veröffentlicht sie eine Schnittstelle auf Basis international anerkannter Standards und beantragt deren Aufnahme auf die Plattform nach § 385 Absatz 1 Satz 2 Nummer 5." Der Umfang der bereitzustellenden Informationen wurde durch das Digital-Gesetz vom 22. März 2024 dahingehend ergänzt, dass die KBV Dritten es ermöglichen muss, neben der Vermittlung von Terminen für telemedizinische Angebote auch Behandlungstermine vermitteln zu können. Damit wird es möglich, Termine, die über den 116117 Terminservice bereitgestellt werden, nicht mehr nur über die eigenen Kanäle (Terminservicestellen der KVen, Webseite www.116117.de, 116117.app, Kollegenbuchung des 116117 Terminservice) zu buchen, sondern auch über Anwendungen, die die sogenannten Dritten (Nutzer der Schnittstelle) ihren Nutzern (Versicherten) bereitstellen. Dabei kann es sich um mobile Apps oder Web-Anwendungen handeln. Nutzer der Schnittstelle können z.B. Krankenversicherungen, private Unternehmen oder auch gemeinnützige Organisationen sein. Die Möglichkeit zur Terminbuchung haben nur gesetzlich Versicherte. Die Software der Nutzer der Schnittstelle nutzt die hier beschriebene Schnittstelle, um Behandlungstermine oder Termine für telemedizinische Leistungen zu suchen, anzuzeigen, zu buchen und ggf. auch abzusagen. Die Schnittstelle ist als HL7 FHIR v4.0.1 R4 (https://hl7.org/fhir/R4/index.html) umgesetzt. Die Übermittlung der Daten erfolgt ausschließlich im XML Format (Content-Type application/xml oder application/xml+fhir). Bevor die Schnittstelle genutzt werden kann, muss der Nutzer der Schnittstelle für seine Software ein Zertifizierungsverfahren bei der KBV durchlaufen.</t>
-[...3 lines deleted...]
-        <v>1.1</v>
+          <t>Die Schnittstelle Hautkrebs-Screening (eHKS) ist ein Standard zum strukturierten Austausch von Dokumentationen des Hautkrebs-Screenings. Die Schnittstelle bildet die in der Krebsfrüherkennungs-Richtlinie des Gemeinsamen Bundesausschusses festgelegten Daten ab. Dabei wird differenziert zwischen den Angaben zur Untersuchung zwischen Dermatologen und Nicht-Dermatologen. Die Daten werden von der Arztpraxis an die jeweils zuständige Kassenärztliche Vereinigung übermittelt und von der KV entsprechend weiterverarbeitet.</t>
+        </is>
+      </c>
+      <c r="C999">
+        <v>2</v>
       </c>
       <c r="D999">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Die Schnittstellenbeschreibung SDARV ist ein Standard zur Bereitstellung der Inhalte aus den regionalen kollektivvertraglichen Arzneimittelvereinbarungen. Die Vertragsärzte müssen im Rahmen der Arzneimittelverordnung auf die in ihrem KV-Bereich regionalen geltenden Regelungen zur Verordnung zugreifen können und diese bei der Verordnung beachten.</t>
+          <t>Die Schnittstelle QS Holmium-Laser-Therapie ist ein Standard zum strukturierten Austausch der jährlichen Statistik entsprechend QS-Vereinbarung Holmium-Laser-Therapie von einem Arztinformationssystem an die Datenannahmestelle. Die Schnittstelle bildet dabei die vereinbarten Daten der Vereinbarung von Qualitätssicherungsmaßnahmen nach § 135 Abs. 2 SGB V zu Nicht-medikamentösen, lokalen Verfahren zur Behandlung des benignen Prostatasyndroms (bPS) mittels Holmium-Laser ab.</t>
         </is>
       </c>
       <c r="C1000">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1000">
         <v>1</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>850</v>
+      </c>
+      <c r="B1001" t="inlineStr">
+        <is>
+          <t>Die Schnittstelle QS Hörgeräteversorgung ist ein Standard zum strukturierten Austausch der Daten, welche im Rahmen der QS Hörgeräteversorgung dokumentiert werden müssen. Die Schnittstelle bildet dabei die vereinbarten Daten der Vereinbarung von Qualitätssicherungsmaßnahmen nach § 135 Abs. 2 SGB V zur Hörgeräteversorgung ab. Arztpraxen übermitteln die QS-Daten an die jeweils zuständige Kassenärztliche Vereinigung, welche diese Daten entsprechend weiterverarbeitet.</t>
+        </is>
       </c>
       <c r="C1001">
         <v>1</v>
       </c>
       <c r="D1001">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B475" r:id="rId1" location="" display="https://www.beuth.de/de/norm/--/7657747"/>
-[...2 lines deleted...]
-    <hyperlink ref="B748" r:id="rId4" location="" display="https://www.beuth.de/de/norm/--/106267286"/>
+    <hyperlink ref="B478" r:id="rId1" location="" display="https://www.beuth.de/de/norm/--/7657747"/>
+    <hyperlink ref="B479" r:id="rId2" location="" display="https://www.beuth.de/de/norm/--/138162109"/>
+    <hyperlink ref="B480" r:id="rId3" location="" display="https://www.beuth.de/de/norm/--/64365466"/>
+    <hyperlink ref="B756" r:id="rId4" location="" display="https://www.beuth.de/de/norm/--/106267286"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>RSM\Rsmgematiksolr\Utility\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>